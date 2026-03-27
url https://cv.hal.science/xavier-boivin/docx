--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -66,137 +66,424 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Autre publication scientifique (3)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La relation humain-animal domestique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Tallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05546228v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">From the study of beef cattle docility to relational practices: An ethologist on the planet HUMANITIES AND SOCIAL SCIENCES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04217538v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’élevage des veaux laitiers par les mères ou par des vaches nourrices. Regards croisés sur le bien-être animal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Hellec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadège Aigueperse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Madeleine Mialon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, 4p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04289917v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bien-être animal, bien-être humain. Mise en perspective de l'approche One Welfare en production porcine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Ramonet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée de la recherche porcine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 57, pp.1-6, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04935798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -206,17032 +493,17032 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chickens may perceive humans as social buffers and attend to human-given cues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vitor Hugo Bessa Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Calesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucille Dumontier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Cornilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">54ème Colloque de la Société Française pour l'Etude du Comportement Animal (SFECA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05123064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chickens perceive humans as social buffers and might follow human-given cues</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quelle contribution apporte l'analyse des pratiques relationnelles humains-animaux dans le développement d'un système d'élevage One welfare ? Illustration en élevage bovins allaitants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gael Barbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Mirabito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Delanoue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Lardy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. Animal Welfare Science Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Uppsala, Sweden</w:t>
+              <w:t xml:space="preserve">54ème colloque de la Société Française pour l'Etude du Comportement Animal (SFECA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFECA, Jun 2025, Nanterre, France. pp.59</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05105050v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05246122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelle contribution apporte l'analyse des pratiques relationnelles humains-animaux dans le développement d'un système d'élevage One welfare ? Illustration en élevage bovins allaitants</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Chickens perceive humans as social buffers and might follow human-given cues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc Mirabito</w:t>
+                <w:t xml:space="preserve">Vitor Hugo Bessa Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elsa Delanoue</w:t>
+                <w:t xml:space="preserve">Elise Calesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Lardy</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Lucille Dumontier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Cornilleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Lemarchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">54ème colloque de la Société Française pour l'Etude du Comportement Animal (SFECA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SFECA, Jun 2025, Nanterre, France. pp.59</w:t>
+              <w:t xml:space="preserve">8. Animal Welfare Science Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Uppsala, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05246122v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05105050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chickens may perceive humans as social buffers and attend to human-given cues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vitor Hugo Bessa Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Calesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucille Dumontier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Cornilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">58. Congress of the international society for applied ethology (ISAE) - A good life for all animals</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2025, Utrecht, Netherlands. pp.157</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05223857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Machine vision technology for automatic behaviour assessment of young bulls in pens</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Do artificial rearing conditions of female lambs have an impact on their future maternal abilities in rangeland?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Manceau</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">L.A. Merle</w:t>
+                <w:t xml:space="preserve">Gael Barbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadège Aigueperse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Lamarque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. European Conference on Precision Livestock Farming</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Bologne, Italy. pp.1276 - 1280</w:t>
+              <w:t xml:space="preserve">53ème colloque de la Société Française de l’Étude du Comportement Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFECA, May 2024, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04725190v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04618897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Animaux et humains en élevage, mieux se comprendre pour un bien-être mutuel Une thématique de recherche transversale du département Phase</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Assessing fattening young bulls’ welfare: revised indicators to make things easier to do without losing reliability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Cheype</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Mounaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Manceau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Delahaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d'Animation Scientifique du département Phase (JAS Phase 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Département physiologie animale et systèmes d’élevage, Nov 2024, Chasseneuil-du-Poitou, France. pp.7-8</w:t>
+              <w:t xml:space="preserve">27. Rencontres autour des recherches sur les ruminants (3R 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut de l'Elevage - INRAE, Dec 2024, Paris, France. pp.353-357</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04808471v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04918356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les relations homme-animal dans les élevages de demain</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne Aupiais</w:t>
+                <w:t xml:space="preserve">Animaux et humains en élevage, mieux se comprendre pour un bien-être mutuel Une thématique de recherche transversale du département Phase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Tallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Lansade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WEBINAIRE INRAE ACTA Cycle de conférence Imaginons l’agriculture de 2035. Une seule santé bien-être. 2021.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Agreenium INRAE ACTA, Dec 2024, Webinaire, France</w:t>
+              <w:t xml:space="preserve">Journées d'Animation Scientifique du département Phase (JAS Phase 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Département physiologie animale et systèmes d’élevage, Nov 2024, Chasseneuil-du-Poitou, France. pp.7-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04851999v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04808471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">One Health - One Welfare: two evolving concepts put into perspective</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christine Fourichon</w:t>
+                <w:t xml:space="preserve">Les relations homme-animal dans les élevages de demain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Aupiais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27. Rencontres autour des recherches sur les ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut de l'Elevage - INRAE, Dec 2024, Paris, France. pp.440-450</w:t>
+              <w:t xml:space="preserve">WEBINAIRE INRAE ACTA Cycle de conférence Imaginons l’agriculture de 2035. Une seule santé bien-être. 2021.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Agreenium INRAE ACTA, Dec 2024, Webinaire, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04918670v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04851999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement d'un outil opérationnel d'évaluation et de gestion du bien-être des ovins et des caprins en élevages en France</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Maxime Legris</w:t>
+                <w:t xml:space="preserve">One Health - One Welfare: two evolving concepts put into perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Fourichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Mounaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Beaudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germán Cano-Sancho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3R2024 : 27èmes Rencontres autour des Recherches sur les Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut de l'élevage [IDELE], INRAE, Dec 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">27. Rencontres autour des recherches sur les ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut de l'Elevage - INRAE, Dec 2024, Paris, France. pp.440-450</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05109055v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04918670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La vache nourrice : un substitut maternel pour les veaux ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Aigueperse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurine Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Madeleine Mialon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Hellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire scientifique du métaprogramme SANBA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INRAE, Oct 2024, Paris La Villette, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04746359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of an operational tool for assessing and managing the welfare of sheep and goats on farms in France</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Développement d'un outil opérationnel d'évaluation et de gestion du bien-être des ovins et des caprins en élevages en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Aupiais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Marois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renée de Cremoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uranie Jean-Louis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Legris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27. Rencontres autour des recherches sur les ruminants (3R 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut de l'Elevage - INRAE, Dec 2024, Paris, France. pp.362-365</w:t>
+              <w:t xml:space="preserve">3R2024 : 27èmes Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut de l'élevage [IDELE], INRAE, Dec 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04830702v1</w:t>
+                <w:t xml:space="preserve">hal-05109055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La domestication, une histoire de la relation humains-animaux- regard d’un éthologiste dans le monde des SHS</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Machine vision technology for automatic behaviour assessment of young bulls in pens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Cheype</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Manceau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Dugué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L.A. Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">réunion annuelle du comité consultatif du CNR BEA: Thème relations humains-animaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre National de Référence Bien-être Animal, Oct 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">11. European Conference on Precision Livestock Farming</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Bologne, Italy. pp.1276 - 1280</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04808425v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04725190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do artificial rearing conditions of female lambs have an impact on their future maternal abilities in rangeland?</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nadège Aigueperse</w:t>
+                <w:t xml:space="preserve">Development of an operational tool for assessing and managing the welfare of sheep and goats on farms in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Aupiais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Marois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renée de Cremoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Durand</w:t>
+                <w:t xml:space="preserve">Uranie Jean-Louis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Margot Lamarque</w:t>
+                <w:t xml:space="preserve">Maxime Legris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">53ème colloque de la Société Française de l’Étude du Comportement Animal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SFECA, May 2024, Albi, France</w:t>
+              <w:t xml:space="preserve">27. Rencontres autour des recherches sur les ruminants (3R 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut de l'Elevage - INRAE, Dec 2024, Paris, France. pp.362-365</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04618897v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04830702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing fattening young bulls’ welfare: revised indicators to make things easier to do without losing reliability</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La domestication, une histoire de la relation humains-animaux- regard d’un éthologiste dans le monde des SHS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27. Rencontres autour des recherches sur les ruminants (3R 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut de l'Elevage - INRAE, Dec 2024, Paris, France. pp.353-357</w:t>
+              <w:t xml:space="preserve">réunion annuelle du comité consultatif du CNR BEA: Thème relations humains-animaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre National de Référence Bien-être Animal, Oct 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04918356v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04808425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automatic behaviour assessment of young bulls in pen using machine vision technology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure-Anne Merle</w:t>
+                <w:t xml:space="preserve">Adrien Cheype</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Manceau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Dugué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Dugué</w:t>
+                <w:t xml:space="preserve">L.-A. Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">56th ISAE Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2023, Tallin, Estonia</w:t>
+              <w:t xml:space="preserve">Book of Abstracts of the 74. Annual Meeting of the European Federation of Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EAAP, Aug 2023, Lyon, France. pp.770</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04217657v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04341961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automatic behaviour assessment of young bulls in pen using machine vision technology</w:t>
+                <w:t xml:space="preserve">. Interventions de maréchalerie chez le cheval : caractérisation des interactions humain-cheval lors d’une séance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrien Cheype</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">C. Dugué</w:t>
+                <w:t xml:space="preserve">Claire Neveux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L.-A. Merle</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Emilie Audabram</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Iselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Book of Abstracts of the 74. Annual Meeting of the European Federation of Animal Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EAAP, Aug 2023, Lyon, France. pp.770</w:t>
+              <w:t xml:space="preserve">52ème Colloque SFECA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRAe-PRC, May 2023, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04341961v1</w:t>
+                <w:t xml:space="preserve">hal-04217616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interdisciplinarité et One Welfare</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Mounaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Ramonet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Delanoue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lipp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire One welfare.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, RMT ONE welfare. Lycée agricole de l 'aube, Mar 2023, Troyes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04216380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">. Interventions de maréchalerie chez le cheval : caractérisation des interactions humain-cheval lors d’une séance</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Automatic behaviour assessment of young bulls in pen using machine vision technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Audabram</w:t>
+                <w:t xml:space="preserve">Agathe Cheype</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rachel Iselin</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jérôme Manceau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure-Anne Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Dugué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">52ème Colloque SFECA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INRAe-PRC, May 2023, Tours, France</w:t>
+              <w:t xml:space="preserve">56th ISAE Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Tallin, Estonia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04217616v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04217657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robustesse comportementale individuelle et collective de jeunes ovins élevés sur parcours : quels impacts de l’expérience précoce et du génotype ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Aigueperse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Ginane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Parisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Guittard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëtan Bonnafe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">53ème Colloque de la SFECA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05308745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Behavioural adaptation to rangeland and performances of lambs differing in experience and genetics</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">One welfare : subir ou construire sa relation à l’animal d’élevage pour le bien-être des deux?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">73. EAAP Annual Meeting (European Association for Animal Production)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Porto, Portugal</w:t>
+              <w:t xml:space="preserve">Santé globale : quelle place pour les animaux dans les pratiques inspirées de One Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ecole Normale Lyon; Recherches Animalières Transdisciplinaires et Transséculaires (RAT), Sep 2022, Lyon (ENS Lyon), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03821077v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04182527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interdépendance entre Bien-être animal et bien-être humain : vision d'un éthologiste.</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Early experience and genetic predispositions: what impact on behavioural adaptation and performance of ewe lambs on pasture?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Madeleine Mialon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadège Aigueperse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Parisot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andre Guittard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée CCMSA. « Et si on passait par le travail ? »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CCMSA, Sep 2022, Bagnolet, France</w:t>
+              <w:t xml:space="preserve">26. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut de l'Elevage - INRAE, Dec 2022, Paris, France. pp.573-576</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04216369v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03963737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">51ème Colloque de la SFECA 31 mai -2 juin 2022</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Bruno Meunier</w:t>
+                <w:t xml:space="preserve">Automatic behaviour assessment of young bulls in pen using machine vision technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Mindus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Manceau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Dugué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure-Anne Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">51ème Colloque de la SFECA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UMRH centre INRAE Clermont-Auvergne-Rhône-Alpes, May 2022, Aubière, France</w:t>
+              <w:t xml:space="preserve">73rd EAAP Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04216492v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04217574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">One welfare : entre éthologie et ergonomie, entre travail prescrit et travail réel autour des pratiques relationnelles homme-animal d’élevage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joffrey Beaujouan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Cromer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Delanoue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Ramonet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">51. colloque de la Société Française d’Etude du Comportement Animal (SFECA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03843645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How behavioural robustness in sheep reared in rangeland can be impacted by early rearing conditions and genetics?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Aigueperse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Parisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andre Guittard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëtan Bonnafe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Douls</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">55th Congress of the ISAE 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Ohrid, Macedonia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03820015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le traitement du concept de One Welfare dans la littérature : enseignements d’une analyse bibliométrique</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">51ème Colloque de la SFECA 31 mai -2 juin 2022</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadège Aigueperse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaëlle Botreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26. Rencontres autour des Recherches sur les Ruminants (3R 2022)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ​Institut de l'élevage [IDELE]; INRAE, Dec 2022, Paris, France. pp.555-556</w:t>
+              <w:t xml:space="preserve">51ème Colloque de la SFECA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UMRH centre INRAE Clermont-Auvergne-Rhône-Alpes, May 2022, Aubière, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03941131v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04216492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La vache nourrice : un substitut maternel pour les veaux ?</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Interdépendance entre Bien-être animal et bien-être humain : vision d'un éthologiste.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">51. Colloque de la Société Française pour l'Etude du Comportement Animal (SFECA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SFECA, May 2022, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">Journée CCMSA. « Et si on passait par le travail ? »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CCMSA, Sep 2022, Bagnolet, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03821045v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04216369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la docilité des bovins au « One welfare »: subir ou construire sa relation à l’animal d’élevage ?</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Behavioural adaptation to rangeland and performances of lambs differing in experience and genetics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Ginane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadège Aigueperse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Parisot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andre Guittard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées GDR RESODIV La circulation des savoirs liés à l'agrobiodiversité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Cédric Sueur (éthologie / écologie, INEE), Sophie Caillon (Géographie / Ethnobiologie, INEE) et Vanesse Labeyrie (agronomie / agroécologie, CIRAD)., Sep 2022, Aubervillier, France</w:t>
+              <w:t xml:space="preserve">73. EAAP Annual Meeting (European Association for Animal Production)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04215853v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03821077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simplified welfare assessment method for young bulls in pens</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Agathe Cheype</w:t>
+                <w:t xml:space="preserve">Le traitement du concept de One Welfare dans la littérature : enseignements d’une analyse bibliométrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Delanoue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Amélie Rodien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Mounaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">73rd EAAP Congress: The coexistence of wildlife and livestock</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Porto, Portugal</w:t>
+              <w:t xml:space="preserve">26. Rencontres autour des Recherches sur les Ruminants (3R 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ​Institut de l'élevage [IDELE]; INRAE, Dec 2022, Paris, France. pp.555-556</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04217565v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03941131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">One welfare : subir ou construire sa relation à l’animal d’élevage pour le bien-être des deux?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La vache nourrice : un substitut maternel pour les veaux ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadège Aigueperse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurine Messager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Santé globale : quelle place pour les animaux dans les pratiques inspirées de One Health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ecole Normale Lyon; Recherches Animalières Transdisciplinaires et Transséculaires (RAT), Sep 2022, Lyon (ENS Lyon), France</w:t>
+              <w:t xml:space="preserve">51. Colloque de la Société Française pour l'Etude du Comportement Animal (SFECA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFECA, May 2022, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04182527v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03821045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early experience and genetic predispositions: what impact on behavioural adaptation and performance of ewe lambs on pasture?</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">De la docilité des bovins au « One welfare »: subir ou construire sa relation à l’animal d’élevage ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26. Rencontres autour des Recherches sur les Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut de l'Elevage - INRAE, Dec 2022, Paris, France. pp.573-576</w:t>
+              <w:t xml:space="preserve">Journées GDR RESODIV La circulation des savoirs liés à l'agrobiodiversité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cédric Sueur (éthologie / écologie, INEE), Sophie Caillon (Géographie / Ethnobiologie, INEE) et Vanesse Labeyrie (agronomie / agroécologie, CIRAD)., Sep 2022, Aubervillier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03963737v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04215853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automatic behaviour assessment of young bulls in pen using machine vision technology</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId95" w:history="1">
+                <w:t xml:space="preserve">Simplified welfare assessment method for young bulls in pens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Cheype</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Mounaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed El Jabri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Mindus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Laure-Anne Merle</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Aupiais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">73rd EAAP Congress</w:t>
+              <w:t xml:space="preserve">73rd EAAP Congress: The coexistence of wildlife and livestock</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04217574v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04217565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atelier sur les scenarii du future de l’élevage dans une perspective de One welfare</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">On-farm evaluation of human-pig relationship: developing a multidisciplinary tool for diagnosis and training</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Tallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Barbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ierry Bellec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Delion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire One welfare.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, RMT ONE welfare. Lycee agricole de Perigueux, Jul 2021, Périgueux, France</w:t>
+              <w:t xml:space="preserve">8th International Conference on the Assessment of Animal Welfare at Farm and Group level</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Cork (Online), Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04216388v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03581948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relation Humain - Animal en élevage demain : une relation subie ou construite sur ce que nous savons des animaux ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées LIT Expert</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03753623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les aspects théoriques de la construction de la relation humain-animal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Chaire bien-être animal au Sommet de l’élevage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Chaire Bien-être animal, Oct 2021, Cournon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04216498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractéristiques du nouveau-né, réactivité à l'isolement et affinité à l'homme contribuent à prédire l'adaptation des agneaux à l'allaitement artiifciel</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Atelier sur les scenarii du future de l’élevage dans une perspective de One welfare</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Lipp</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">50. Colloque de la Société Française pour l'Etude du Comportement Animal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2021, Marseille, France</w:t>
+              <w:t xml:space="preserve">Séminaire One welfare.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, RMT ONE welfare. Lycee agricole de Perigueux, Jul 2021, Périgueux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03424185v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04216388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On-farm evaluation of human-pig relationship: developing a multidisciplinary tool for diagnosis and training</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Xavier Boivin</w:t>
+                <w:t xml:space="preserve">Caractéristiques du nouveau-né, réactivité à l'isolement et affinité à l'homme contribuent à prédire l'adaptation des agneaux à l'allaitement artiifciel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Madeleine Mialon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mickaël Delion</w:t>
+                <w:t xml:space="preserve">Raymond Nowak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Falourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Marcon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Delval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International Conference on the Assessment of Animal Welfare at Farm and Group level</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2021, Cork (Online), Ireland</w:t>
+              <w:t xml:space="preserve">50. Colloque de la Société Française pour l'Etude du Comportement Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03581948v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03424185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La relation homme-animal sous le regard des éthologues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque final du projet Rhaporc</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2020, En ligne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02975353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Studying the reaction of young bulls towards humans using behavioural tests and monitoring tools</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Introduction de la journée : Vers un bien-être partagé entre l’Homme et l’animal ? Regards croisés de l’éthologie et de l’ergonomie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Mirabito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Vincent Prieur</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joffrey Beaujouan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Cromer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Annuel de la SFECA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Lille, France</w:t>
+              <w:t xml:space="preserve">Vers un bien-être partagé entre l’Homme et l’animal ? Regards croisés de l’éthologie et de l’ergonomie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02735643v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02129417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers un bien-être partagé entre l’Homme et l’animal ? Regards croisés de l’éthologie et de l’ergonomie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joffrey Beaujouan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Cromer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Mirabito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, clermont-ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02161563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction de la journée : Vers un bien-être partagé entre l’Homme et l’animal ? Regards croisés de l’éthologie et de l’ergonomie</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Studying the reaction of young bulls towards humans using behavioural tests and monitoring tools</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Damien Cromer</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Bacher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Prieur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vers un bien-être partagé entre l’Homme et l’animal ? Regards croisés de l’éthologie et de l’ergonomie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">Colloque Annuel de la SFECA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02129417v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02735643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Symposium Relation Homme-Animal - introduction</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Exploration des facteurs précoces de mortalité et de croissance des agneaux en allaitement artificiel en conditions contrôlées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Madeleine Mialon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Nowak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Falourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Marcon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Delval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">48. Colloque de la Société Française pour l'Étude du Comportement Animal (Sfeca)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Rennes, France</w:t>
+              <w:t xml:space="preserve">24. Rencontres autour des Recherches sur les Ruminants (3R)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02735143v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02736508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allaitement artificiel ovin et enrichissement social : un bénéfice potentiel de la présence de brebis adultes sur la santé et le bien-être du jeune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Nowak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Narjis Kraïmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Chaillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Cornilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Devaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24. Rencontres autour des Recherches sur les Ruminants (3R)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02738240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploration des facteurs précoces de mortalité et de croissance des agneaux en allaitement artificiel en conditions contrôlées</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Symposium Relation Homme-Animal - introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Grandgeorge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24. Rencontres autour des Recherches sur les Ruminants (3R)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">48. Colloque de la Société Française pour l'Étude du Comportement Animal (Sfeca)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02736508v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02735143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Améliorer la relation homme animal en élevage au bénéfice de l’homme et de ses animaux</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ethique de l’élevage des herbivores au pâturage : questions d’autonomie et de bien-être pour l’animal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Costes-Thiré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Ginane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Deiss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Madeleine Mialon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Valérie Courboulay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque RMT bien-être animal, « Bien-être animal : de la théorie à la pratique »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2017, Rennes, France</w:t>
+              <w:t xml:space="preserve">47. Colloque de la Société Française pour l'Etude du Comportement Animal (SFECA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Gif-sur-Yvette, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02734726v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02734552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des agneaux à l'allaitement artificiel en bonne santé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Madeleine Mialon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Nowak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Marc Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Kling-Eveillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. Edition Tech-Ovin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Bellac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03617845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pratiques et représentations des éleveurs ovins viande envers leurs agneaux mis en allaitement artificiel et leur mortalité</w:t>
+                <w:t xml:space="preserve">Améliorer la relation homme animal en élevage au bénéfice de l’homme et de ses animaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marc Gautier</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Florence Kling-Eveillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Courboulay</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque RMT bien-être animal, « Bien-être animal : de la théorie à la pratique »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Dec 2017, rennes, France</w:t>
+              <w:t xml:space="preserve">, Dec 2017, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02734728v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02734726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment aborder la question socialement vive du bien-être animal en formation agricole initiale ? Une dynamique multidisciplinaire au sein du RMT Bien-être Animal</w:t>
+                <w:t xml:space="preserve">Pratiques et représentations des éleveurs ovins viande envers leurs agneaux mis en allaitement artificiel et leur mortalité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Malarange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Jarousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">colloque RMT bien-être animal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2017, Rennes, France</w:t>
+              <w:t xml:space="preserve">Colloque RMT bien-être animal, « Bien-être animal : de la théorie à la pratique »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2017, rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02733781v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02734728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ethique de l’élevage des herbivores au pâturage : questions d’autonomie et de bien-être pour l’animal</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comment aborder la question socialement vive du bien-être animal en formation agricole initiale ? Une dynamique multidisciplinaire au sein du RMT Bien-être Animal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Mounaix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">47. Colloque de la Société Française pour l'Etude du Comportement Animal (SFECA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Gif-sur-Yvette, France</w:t>
+              <w:t xml:space="preserve">colloque RMT bien-être animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2017, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02734552v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02733781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réflexion sur le bien-être animal</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">sheep welfare in winter pasturing: first results in French temperate conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Madeleine Mialon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Brulé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Pottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Boissy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comité d’éthique INRA-CIRAD Réflexion sur le Bien-être animal »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Paris, France</w:t>
+              <w:t xml:space="preserve">CommeSteps to sustainable livestock Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2016, Bristol, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02796856v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02738578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parlons ensemble des relations homme-herbivores</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Assemblée Générale de la Pastorale Pyrénéenne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2016, Aspet, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02800917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact de la mise en allaitement artificiel sur la santé, le comportement et les performances des agneaux</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Réflexion sur le bien-être animal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23. Rencontres autour des Recherches sur les Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2016, Paris, France</w:t>
+              <w:t xml:space="preserve">Comité d’éthique INRA-CIRAD Réflexion sur le Bien-être animal »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01602290v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02796856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelle valence ont les caresses dans l'expression d'une relation d'affinité entre l'agneau et son soigneur ? Etude comportementale et neurobiologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Nowak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Guesdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryse Meurisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Cornilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque National de la SFECA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française pour l'Etude du Comportement Animal (SFECA). FRA., Mar 2016, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02743672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les réponses de discrimination/généralisation des agneaux face à un homme inconnu dépendent-elles des pratiques d'élevage ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact de la mise en allaitement artificiel sur la santé, le comportement et les performances des agneaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Madeleine Mialon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Nowak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Eric Delval</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denys Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Boissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque SFECA - Société Française pour l’Etude du Comportement Animal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2016, Caen, France</w:t>
+              <w:t xml:space="preserve">23. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01936465v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01602290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">sheep welfare in winter pasturing: first results in French temperate conditions</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les réponses de discrimination/généralisation des agneaux face à un homme inconnu dépendent-elles des pratiques d'élevage ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Destrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Coulon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Deiss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Delval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CommeSteps to sustainable livestock Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2016, Bristol, France</w:t>
+              <w:t xml:space="preserve">Colloque SFECA - Société Française pour l’Etude du Comportement Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2016, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02738578v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01936465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comportement animal, docilité et pratiques relationnelles</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Validation d’une méthode d’évaluation du bien-être des ovins en ferme et comparaison de deux types de conduites hivernales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Brule-Aupiais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Madeleine Mialon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Pottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danièle Ribaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium Institut Nationale de Medecine Agricole : « Actualités Santé Sécurité en Elevage : éthologie, organisation du travail, zoonoses ».</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Tours, France</w:t>
+              <w:t xml:space="preserve">22. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02739327v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02739804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation d’une méthode d’évaluation du bien-être des ovins en ferme et comparaison de deux types de conduites hivernales</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Danièle Ribaud</w:t>
+                <w:t xml:space="preserve">Décrire et appréhender les pratiques relationnelles des éleveurs avec leurs bovins allaitants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendoline Elluin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Hostiou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Dasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22. Rencontres autour des Recherches sur les Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2015, Paris, France</w:t>
+              <w:t xml:space="preserve">4èmes Rencontres nationales Ttravail en élevage : des acteurs du développement, de la recherche et de la formation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, RMT Travail en Elevage, Réseau Mixte Technologique "Travail en élevage", Nov 2015, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02739804v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01940762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Décrire et appréhender les pratiques relationnelles des éleveurs avec leurs bovins allaitants</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comportement animal, docilité et pratiques relationnelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4èmes Rencontres nationales Ttravail en élevage : des acteurs du développement, de la recherche et de la formation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, RMT Travail en Elevage, Réseau Mixte Technologique "Travail en élevage", Nov 2015, Dijon, France</w:t>
+              <w:t xml:space="preserve">Symposium Institut Nationale de Medecine Agricole : « Actualités Santé Sécurité en Elevage : éthologie, organisation du travail, zoonoses ».</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01940762v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02739327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Importance de la relation homme-animal et des pratiques relationnelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comité scientifique Bien-être animal. Deplhinarium du Parc Asterix</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Plailly, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02794675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mise en place d’une évaluation nationale du comportement des bovins allaitants à partir de données recueillies en ferme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Venot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Guerrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lajudie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Leudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22. Rencontres autour des Recherches sur les Ruminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02744229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un parmi les autres face à l’homme : entre individualisme et grégarisme chez les ovins domestiques</w:t>
+                <w:t xml:space="preserve">Humans and farm animals at work: a multidisciplinary approach to study'relational practices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Alain Boissy</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Kling-Eveillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SYMPOSIUM « Interactions homme-animal », Colloque SFECA Université Paris Ouest. Actes du44e colloque de la Société Française pour l’Etude du comportement Animal.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2014, Nanterre, France</w:t>
+              <w:t xml:space="preserve">6. International Conference on the Assessment of Animal Welfare at Farm and Group Level (WAFL 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02739440v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02739526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Humans and farm animals at work: a multidisciplinary approach to study'relational practices</w:t>
+                <w:t xml:space="preserve">Un parmi les autres face à l’homme : entre individualisme et grégarisme chez les ovins domestiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Florence Kling-Eveillard</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Foulquie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Hazard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Daubord</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Boissy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. International Conference on the Assessment of Animal Welfare at Farm and Group Level (WAFL 2014)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">SYMPOSIUM « Interactions homme-animal », Colloque SFECA Université Paris Ouest. Actes du44e colloque de la Société Française pour l’Etude du comportement Animal.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02739526v1</w:t>
+                <w:t xml:space="preserve">hal-02739440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du troupeau à l’individu : importance de la relation et des pratiques relationnelles</w:t>
+                <w:t xml:space="preserve">L’amour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forum panprofessionnel. Statut de l’animal : pourquoi une nouvelle approche ?,Congrés AFVAC.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Cnit la défense Paris, France</w:t>
+              <w:t xml:space="preserve">Courts de science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02738539v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02739439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’amour</w:t>
+                <w:t xml:space="preserve">Du troupeau à l’individu : importance de la relation et des pratiques relationnelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Courts de science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">Forum panprofessionnel. Statut de l’animal : pourquoi une nouvelle approche ?,Congrés AFVAC.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Cnit la défense Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02739439v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02738539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating the human-animal interactions from the animal's perspective</w:t>
+                <w:t xml:space="preserve">Investigating human-animal interactions from the animal’s perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference of the Danish Centre for Animal Welfare (DCAW)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2013, Copenhague, Denmark. 30 p</w:t>
+              <w:t xml:space="preserve">Seminaire SRUC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Roslin, United Kingdom. 43 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02745813v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02803865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une expérience négative dans le jeune âge modifie la sensibilité émotionnelle de l’animal, ses capacités cognitives et ses compétences sociales</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Caresser les jeunes herbivores pour les apaiser : quelle perception par l’animal?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. Journées d'Animation Scientifique du département Phase (JAS Phase 2013)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UAR Département Physiologie Animale et Systèmes d'Elevage (0558)., Oct 2013, Paris, France</w:t>
+              <w:t xml:space="preserve">2. Symposium International d’éthologie vétérinaire : “Capacités Cognitives et Interactions Homme-Animal”. SEEVAD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2013, Marcy l’Etoile, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01173647v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02744590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caresser les jeunes herbivores pour les apaiser : quelle perception par l’animal?</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Affinité pour l’Homme et attachement à la mère chez les ovins : similarités révélées par une approche comparative multidisciplinaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Nowak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Archer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Chaillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Cognie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Cornilleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. Symposium International d’éthologie vétérinaire : “Capacités Cognitives et Interactions Homme-Animal”. SEEVAD</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2013, Marcy l’Etoile, France</w:t>
+              <w:t xml:space="preserve">5. Journées d'Animation Scientifique du département Phase (JAS Phase 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UAR Département Physiologie Animale et Systèmes d'Elevage (0558)., Oct 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02744590v1</w:t>
+                <w:t xml:space="preserve">hal-01210702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Affinité pour l’Homme et attachement à la mère chez les ovins : similarités révélées par une approche comparative multidisciplinaire</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La reconnaissance de l’animal par la science et la pensée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. Journées d'Animation Scientifique du département Phase (JAS Phase 2013)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UAR Département Physiologie Animale et Systèmes d'Elevage (0558)., Oct 2013, Paris, France</w:t>
+              <w:t xml:space="preserve">Ecolo Ethik : réflexion sur le statut de l'animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Sénat, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01210702v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02807136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Parlons ensemble de relation homme-animal »</w:t>
+                <w:t xml:space="preserve">Docilité des bovins et relation homme-animal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gérard Dautel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence Journée de manipulation-contention. MSA. Lycee agricole de Neuvy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Moulins, France</w:t>
+              <w:t xml:space="preserve">MSA Chambéry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Chambéry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02803287v1</w:t>
+                <w:t xml:space="preserve">hal-02810780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Participation au débat suivant la projection du film &amp;quot;Même pas mal, le film qui fait du bien aux éleveurs</w:t>
+                <w:t xml:space="preserve">Caresser les jeunes agneaux : anthropomorphisme, empathie ou réel bénéfice pour l’animal ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Coulon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Hild</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Andanson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Ravel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">projection du film "Même pas mal, le film qui fait du bien aux éleveurs"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Les ancizes, France</w:t>
+              <w:t xml:space="preserve">5. Journées d'Animation Scientifique du département Phase (JAS Phase 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UAR Département Physiologie Animale et Systèmes d'Elevage (0558)., Oct 2013, Paris, France. 26 diapositives</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02802660v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01210701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le comportement animal : une composante de la productivité ? Un éclairage sur la réactivité sociale des ovins</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Participation au débat suivant la projection du film &amp;quot;Même pas mal, le film qui fait du bien aux éleveurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Groupe Filières Ovines et Caprines</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2013, Toulouse, France</w:t>
+              <w:t xml:space="preserve">projection du film "Même pas mal, le film qui fait du bien aux éleveurs"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Les ancizes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01605616v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02802660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La reconnaissance de l’animal par la science et la pensée</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le comportement animal : une composante de la productivité ? Un éclairage sur la réactivité sociale des ovins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Boissy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Coulon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Delval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Nowak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecolo Ethik : réflexion sur le statut de l'animal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Sénat, France</w:t>
+              <w:t xml:space="preserve">Groupe Filières Ovines et Caprines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2013, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02807136v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01605616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caresser les jeunes agneaux : anthropomorphisme, empathie ou réel bénéfice pour l’animal ?</w:t>
+                <w:t xml:space="preserve">« Parlons ensemble de relation homme-animal »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Ravel</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gérard Dautel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. Journées d'Animation Scientifique du département Phase (JAS Phase 2013)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UAR Département Physiologie Animale et Systèmes d'Elevage (0558)., Oct 2013, Paris, France. 26 diapositives</w:t>
+              <w:t xml:space="preserve">Conférence Journée de manipulation-contention. MSA. Lycee agricole de Neuvy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Moulins, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01210701v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02803287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Docilité des bovins et relation homme-animal</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Une expérience négative dans le jeune âge modifie la sensibilité émotionnelle de l’animal, ses capacités cognitives et ses compétences sociales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Boissy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Leterrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Lumineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Belzung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Destrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MSA Chambéry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Chambéry, France</w:t>
+              <w:t xml:space="preserve">5. Journées d'Animation Scientifique du département Phase (JAS Phase 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UAR Département Physiologie Animale et Systèmes d'Elevage (0558)., Oct 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02810780v1</w:t>
+                <w:t xml:space="preserve">hal-01173647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of sheep welfare on pasture: Preliminary results</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Investigating the human-animal interactions from the animal's perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alain Boissy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual meeting of the Welfare Quality Network</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Lille, France</w:t>
+              <w:t xml:space="preserve">Conference of the Danish Centre for Animal Welfare (DCAW)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2013, Copenhague, Denmark. 30 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02745665v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02745813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Social attachment in sheep: similarities and differences between intra- and interspecies relationships. Plenary talk</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Positive affects in lambs: appeasing effects of stroking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Hild</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie M. Coulon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Briand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Nowak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Raymond Nowak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">46th Congress of the International Society for Applied Ethology (ISAE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Vienna, Austria</w:t>
+              <w:t xml:space="preserve">Joint meeting of the 33rd International Ethological Conference (IEC) &amp; the Association for the Study of Animal Behaviour (ASAB)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Council of Ethologists (ICE).; Association for the Study of Animal Behaviour (ASAB)., Aug 2013, Newcastle, United Kingdom. 242 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02745601v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02744787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Positive affects in lambs: appeasing effects of stroking</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Raymond Nowak</w:t>
+                <w:t xml:space="preserve">Le projet EmoFarm : une approche expérimentale de la relation entre émotions et bien-être.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Arnould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Belzung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Calandreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Chaillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Joint meeting of the 33rd International Ethological Conference (IEC) &amp; the Association for the Study of Animal Behaviour (ASAB)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Council of Ethologists (ICE).; Association for the Study of Animal Behaviour (ASAB)., Aug 2013, Newcastle, United Kingdom. 242 p</w:t>
+              <w:t xml:space="preserve">Séminaire du réseau AgriBEA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2013, Ivry, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02744787v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01173661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le projet EmoFarm : une approche expérimentale de la relation entre émotions et bien-être.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Catherine Belzung</w:t>
+                <w:t xml:space="preserve">Assessment of sheep welfare on pasture: Preliminary results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Madeleine Mialon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Brulé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Pottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Boissy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire du réseau AgriBEA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2013, Ivry, France. 1 p</w:t>
+              <w:t xml:space="preserve">Annual meeting of the Welfare Quality Network</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01173661v1</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02745665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating human-animal interactions from the animal’s perspective</w:t>
+                <w:t xml:space="preserve">Social attachment in sheep: similarities and differences between intra- and interspecies relationships. Plenary talk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Nowak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Seminaire SRUC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Roslin, United Kingdom. 43 p</w:t>
+              <w:t xml:space="preserve">46th Congress of the International Society for Applied Ethology (ISAE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02803865v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02745601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How lambs perceived regular human stroking ? Behaviour, cortisol and heart rate variability analyses</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alain Boissy</w:t>
+                <w:t xml:space="preserve">Preliminary assessment of sheep welfare on pasture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Madeleine Mialon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Verney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Brule</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Pottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">46. International Congress of the International Society for Applied Ethology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Vienna, Austria</w:t>
+              <w:t xml:space="preserve">63. Annual meeting of the European Association for Animal Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Association for Animal Production (EAAP). ITA., Aug 2012, Bratislava, Slovakia. 396 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02746264v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02745428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La domestication</w:t>
+                <w:t xml:space="preserve">Hommes et animaux d’élevage au travail: vers une approche plurididisciplinaire des pratiques relationelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Courts de science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">Plénière du RMT BEA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02803452v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02803867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quels enjeux bien-être animal pour l'élevage de demain? Enjeux de relation homme-animal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12. Rencontres Nationales de la Charte des Bonnes Pratiques d’Elevage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Molsheim, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02744460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hommes et animaux d’élevage au travail: vers une approche plurididisciplinaire des pratiques relationelles</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">How lambs perceived regular human stroking ? Behaviour, cortisol and heart rate variability analyses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie M. Coulon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Peyrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Andanson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine C. Ravel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Boissy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plénière du RMT BEA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Rennes, France</w:t>
+              <w:t xml:space="preserve">46. International Congress of the International Society for Applied Ethology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02803867v1</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02746264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pratiques d’élevage et les relations homme-animal</w:t>
+                <w:t xml:space="preserve">La domestication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cycle de conférence du musée Lecocq</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Clemront-Ferrand, France</w:t>
+              <w:t xml:space="preserve">Courts de science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02806630v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02803452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les animaux sont-ils des bêtes ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bar des Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Cournon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02804742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preliminary assessment of sheep welfare on pasture</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pratiques d’élevage et les relations homme-animal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">63. Annual meeting of the European Association for Animal Production</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Association for Animal Production (EAAP). ITA., Aug 2012, Bratislava, Slovakia. 396 p</w:t>
+              <w:t xml:space="preserve">Cycle de conférence du musée Lecocq</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Clemront-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02745428v1</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02806630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How do I feel when you stroke me? Animal/human relationship: behavioral and neuronal studies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exposure to negative events induces chronic stress and increases emotional reactivity in sheep</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Destrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Deiss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Leterrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanessa Guesdon</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alain Boissy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">43. European Brain and Behaviour Society Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Brain and Behaviour Society (EBBS). Labo/service de l'auteur, Leiden, NLD., Sep 2011, Séville, Spain</w:t>
+              <w:t xml:space="preserve">45. Congress of the International Society for Applied Ethology (ISAE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2011, Indianapolis, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02749495v1</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02745979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interactions homme-animal : de la docilité à la relation homme-animal d'élevage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Congrès III. Intercompréhension - de l'Intraspécifique à l'Interspécifique -</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2011, Landaul, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02744411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un stress chronique chez les ovins exacerbe leur réactivité émotionnelle et leur perception négative de l'environnement</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Evaluation du bien-être de brebis au pâturage : reproductibilité intra- et inter-observateur des mesures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Madeleine Mialon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Brule</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Gaborit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Davoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Ribaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de l'école doctorale de l'Université de Clermont-Ferrand</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Clermont Auvergne (UCA). FRA., Apr 2011, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">18. Rencontres Recherches Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2011, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01190381v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02750435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perception positive du soigneur par l'animal : Approche comportementale et physiologique comparée entre l'agneau et le porcelet</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Emotional state and long-term exposure to unpredictable and aversive events of sheep</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Destrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Deiss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Leterrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanessa Guesdon</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alain Boissy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque de la Société Française pour l'Etude du Comportement Animal (SFECA) "L'animal dans tous ses sens"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2011, Tours, France</w:t>
+              <w:t xml:space="preserve">45th Congress of the International Society for Applied Ethology (ISAE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2011, Indianapolis, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02748942v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01925076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relation hétérospécifique soigneur-agneau : la caresse une nécessité pour apaiser un jeune animal stressé ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Guesdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lévy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Chaillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Keller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryse Meurisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque de la Société Française pour l'Etude du Comportement Animal (SFECA) "L'animal dans tous ses sens"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2011, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02749641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation du bien-être de brebis au pâturage : reproductibilité intra- et inter-observateur des mesures</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">D. Ribaud</w:t>
+                <w:t xml:space="preserve">Perception positive du soigneur par l'animal : Approche comportementale et physiologique comparée entre l'agneau et le porcelet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Guesdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Tallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lévy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Chaillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18. Rencontres Recherches Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2011, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque de la Société Française pour l'Etude du Comportement Animal (SFECA) "L'animal dans tous ses sens"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02750435v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02748942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emotional state and long-term exposure to unpredictable and aversive events of sheep</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId146" w:history="1">
+                <w:t xml:space="preserve">Un stress chronique chez les ovins exacerbe leur réactivité émotionnelle et leur perception négative de l'environnement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Destrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Deiss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Leterrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Boissy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">45th Congress of the International Society for Applied Ethology (ISAE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2011, Indianapolis, United States</w:t>
+              <w:t xml:space="preserve">Journées de l'école doctorale de l'Université de Clermont-Ferrand</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Clermont Auvergne (UCA). FRA., Apr 2011, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01925076v1</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01190381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elevage, abattage et corrida : de quoi les bovins ont-ils peur ?</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">How do I feel when you stroke me? Animal/human relationship: behavioral and neuronal studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Guesdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Nowak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Chaillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryse Meurisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Cornilleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. Congrès Zoopsy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, Liege, Belgique. 222 p</w:t>
+              <w:t xml:space="preserve">43. European Brain and Behaviour Society Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Brain and Behaviour Society (EBBS). Labo/service de l'auteur, Leiden, NLD., Sep 2011, Séville, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02746043v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02749495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A la recherche d'indicateurs psycho-physiologiques de l'affinité des agneaux pour leur soigneur...</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId141" w:history="1">
+                <w:t xml:space="preserve">Elevage, abattage et corrida : de quoi les bovins ont-ils peur ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Bourguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Terlouw</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Boissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque de la Société Française pour l'Etude du Comportement Animal (SFECA) ''L'animal dans tous ses sens''</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2011, Tours, France</w:t>
+              <w:t xml:space="preserve">11. Congrès Zoopsy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Liege, Belgique. 222 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02749364v1</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02746043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exposure to negative events induces chronic stress and increases emotional reactivity in sheep</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId141" w:history="1">
+                <w:t xml:space="preserve">A la recherche d'indicateurs psycho-physiologiques de l'affinité des agneaux pour leur soigneur...</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie M. Coulon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Nowak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Andanson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Guy Marnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Boissy</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">45. Congress of the International Society for Applied Ethology (ISAE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2011, Indianapolis, United States</w:t>
+              <w:t xml:space="preserve">Colloque de la Société Française pour l'Etude du Comportement Animal (SFECA) ''L'animal dans tous ses sens''</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02745979v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02749364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Améliorer les relations homme-animal pour le bien-être de l’animal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INRA - Colloque Sommet de l'Elevage 2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2010, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02756143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Environmental factors influencing responses of calves to human contact</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Benhajali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Castanier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Egal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">44. congress of the International Society for Applied Ethology (ISAE°</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2010, Uppsala, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02752724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A multimedia-based cognitive-behavioural intervention program improves attitudes and handling behaviours of stockpeople in livestock farming</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marko Ruis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grahame Coleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susanne Waiblinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ines Windschnurer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BSAS Annual Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2010, Belfast, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02754644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic relationships between temperament traits of Limousine calves</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Farms, farmers and handling stress in beef cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mediterranean Regional Meeting of the International Society for Applied Ethology</w:t>
+              <w:t xml:space="preserve">1st Mediterranean Regional Meeting of the International Society for Applied Ethology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2009, Cervia, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01193528v1</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02751132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Touching/stroking farm mammals during human-animal interactions: what does it mean for them ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Genetic relationships between temperament traits of Limousine calves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haifa Benhajali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Phocas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Pellegrini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Sapa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Susanne Waiblinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">31. International Ethological Conference</w:t>
+              <w:t xml:space="preserve">XXXI International Ethological Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2009, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02755598v1</w:t>
+                <w:t xml:space="preserve">hal-01193577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On-farm assessment and genetic improvement of calf temperament.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">H. Benhajali</w:t>
+                <w:t xml:space="preserve">Touching/stroking farm mammals during human-animal interactions: what does it mean for them ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Schmied</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Tallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ines Windschnurer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Phocas</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Susanne Waiblinger</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">43rd Congress of the International Society for Applied Ethology, 6-10 July 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2009, Cairns, pp.Inconnu</w:t>
+              <w:t xml:space="preserve">31. International Ethological Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2009, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02814747v1</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02755598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Docility in beef cattle breeding: how scientists and breeders match their view?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId247" w:history="1">
+                <w:t xml:space="preserve">On-farm assessment and genetic improvement of calf temperament.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Benhajali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Phocas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Pellegrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Sapa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Boulesteix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Knowing Animals</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2009, Florence, Italy</w:t>
+              <w:t xml:space="preserve">43rd Congress of the International Society for Applied Ethology, 6-10 July 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2009, Cairns, pp.Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01193534v1</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02814747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A human can reduce lambs' distress behaviours in a minimal sized group</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alain Boissy</w:t>
+                <w:t xml:space="preserve">Docility in beef cattle breeding: how scientists and breeders match their view?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Pellegrini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haifa Benhajali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Sapa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Phocas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXXI International Ethological Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2009, Rennes, France</w:t>
+              <w:t xml:space="preserve">Knowing Animals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2009, Florence, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02753166v1</w:t>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01193534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic relationships across four criteria of Limousin calf temperament in restrained or unrestrained conditions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Haifa Ben Haj Ali</w:t>
+                <w:t xml:space="preserve">A human can reduce lambs' distress behaviours in a minimal sized group</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Rault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Boissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">60. Annual Meeting of the European Association for Animal Production (EAAP), 2427 August 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2009, Barcelona, Spain</w:t>
+              <w:t xml:space="preserve">XXXI International Ethological Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2009, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01193343v1</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02753166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Attachement, socialisation et rentabilité</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Genetic relationships across four criteria of Limousin calf temperament in restrained or unrestrained conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haifa Ben Haj Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Sapa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Pellegrini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Lajudie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrés Zoopsy. l'attachement.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2009, Lyon, France</w:t>
+              <w:t xml:space="preserve">60. Annual Meeting of the European Association for Animal Production (EAAP), 2427 August 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2009, Barcelona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01860870v1</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01193343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évaluation génétique en ferme de la docilité chez les bovins de race limousine</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId246" w:history="1">
+                <w:t xml:space="preserve">Genetic relationships between temperament traits of Limousine calves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Benhajali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Phocas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Pellegrini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Sapa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. Journées d’Animation Scientifique du Département de Physiologie Animale et Systèmes d’Elevage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2009, Tours, France</w:t>
+              <w:t xml:space="preserve">Mediterranean Regional Meeting of the International Society for Applied Ethology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Cervia, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01193469v1</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01193528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A multimedia-based cognitive-behavioural intervention programme improves the attitude of stockpeople to handling pigs</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Attachement, socialisation et rentabilité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">43rd Congress of the International Society for Applied Ethology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2009, Cairns, Australia. 1 pp</w:t>
+              <w:t xml:space="preserve">Congrés Zoopsy. l'attachement.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02819683v1</w:t>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01860870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quel critère de sélection en ferme pour améliorer la docilité des veaux Limousins ?</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId248" w:history="1">
+                <w:t xml:space="preserve">Évaluation génétique en ferme de la docilité chez les bovins de race limousine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haïfa Benhajali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Phocas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Sapa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Pellegrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">P. Lajudie</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lajudie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16èmes Rencontres Recherches Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2009, Paris, France</w:t>
+              <w:t xml:space="preserve">3. Journées d’Animation Scientifique du Département de Physiologie Animale et Systèmes d’Elevage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2009, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01193412v1</w:t>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01193469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic relationships between temperament traits of Limousine calves</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Haifa Benhajali</w:t>
+                <w:t xml:space="preserve">A multimedia-based cognitive-behavioural intervention programme improves the attitude of stockpeople to handling pigs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marko Ruis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grahame Coleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Phocas</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean Sapa</w:t>
+                <w:t xml:space="preserve">Susanne Waiblinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXXI International Ethological Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2009, Rennes, France</w:t>
+              <w:t xml:space="preserve">43rd Congress of the International Society for Applied Ethology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2009, Cairns, Australia. 1 pp</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01193577v1</w:t>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02819683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Farms, farmers and handling stress in beef cattle</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quel critère de sélection en ferme pour améliorer la docilité des veaux Limousins ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Benhajali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Sapa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Pellegrini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Lajudie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st Mediterranean Regional Meeting of the International Society for Applied Ethology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2009, Cervia, Italy</w:t>
+              <w:t xml:space="preserve">16èmes Rencontres Recherches Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2009, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02751132v1</w:t>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01193412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Socialisation to humans in farm ungulate herbivores</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An investigation of the fear responses of beef heifers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Mazurek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Earley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.A. Crowe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.C. Mcgee</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ethology Group, Research Institute of Animal Production</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2008, Prague, Czech Republic. 23 diapositives</w:t>
+              <w:t xml:space="preserve">42. Congress of the International Society for Applied Ethology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2008, Dublin, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02814246v1</w:t>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02752614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An investigation of the fear responses of beef heifers</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Socialisation to humans in farm ungulate herbivores</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">M.C. Mcgee</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">42. Congress of the International Society for Applied Ethology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2008, Dublin, Ireland</w:t>
+              <w:t xml:space="preserve">Ethology Group, Research Institute of Animal Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2008, Prague, Czech Republic. 23 diapositives</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02752614v1</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02814246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of breed on behavioural and physiological responsiveness of lambs following gentling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Caroprese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Sevi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Annicchiarico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Zezza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">42. Congress of the International Society for Applied Ethology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2008, Dublin, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02754077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The response of beef Limousine calves to humans during weighing reveals farmers' profiles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Are responses of beef cattle to a human approaching the feed-barrier related to ease of handling?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ines Windschnurer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Waiblinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Boulesteix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th International Workshop on the Assessment of Animal Welfare at Farm and Group Level</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2008, Ghent, Belgium</w:t>
+              <w:t xml:space="preserve">42. Congress of the International Society for Applied Ethology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2008, Dublin, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02753304v1</w:t>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02758363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maternal impact on beef calves’ responses to humans</w:t>
+                <w:t xml:space="preserve">The response of beef Limousine calves to humans during weighing reveals farmers' profiles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francois Gilard</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A. Juzeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Prevost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilbert Trillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Godet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">42. Congress of the International Society for Applied Ethology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2008, Dublin, Ireland</w:t>
+              <w:t xml:space="preserve">4th International Workshop on the Assessment of Animal Welfare at Farm and Group Level</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, Ghent, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02752800v1</w:t>
+                <w:t xml:space="preserve">hal-02753304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are responses of beef cattle to a human approaching the feed-barrier related to ease of handling?</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Maternal impact on beef calves’ responses to humans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Gilard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Egal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">42. Congress of the International Society for Applied Ethology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2008, Dublin, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02758363v1</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02752800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les facteurs de variation de la relation homme - animal en élevage bovin</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Importance de la séparation mère-jeune sur l'effet des contacts précoces entre les veaux Salers et l'homme dans leurs réponses ultérieures à la manipulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Gilard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14. Rencontres autour des Recherches sur les Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2007, Paris, France</w:t>
+              <w:t xml:space="preserve">2. Journées d'Animation Scientifique du Département de Physiologie Animale et Systèmes d'Élevage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2007, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02752336v1</w:t>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02757565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Importance de la séparation mère-jeune sur l'effet des contacts précoces entre les veaux Salers et l'homme dans leurs réponses ultérieures à la manipulation</w:t>
+                <w:t xml:space="preserve">EurSafe2007 - Sustainable Food Production and Ethics.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Waiblinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Brule</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. L'Hotellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Phocas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. Journées d'Animation Scientifique du Département de Physiologie Animale et Systèmes d'Élevage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2007, Tours, France</w:t>
+              <w:t xml:space="preserve">7th Congress of the European Society for Agriculture and Food Ethics September 1315 2007 - Vienna</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02757565v1</w:t>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02752685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">EurSafe2007 - Sustainable Food Production and Ethics.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les facteurs de variation de la relation homme - animal en élevage bovin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Mounaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Brule</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th Congress of the European Society for Agriculture and Food Ethics September 1315 2007 - Vienna</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Austria</w:t>
+              <w:t xml:space="preserve">14. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2007, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02752685v1</w:t>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02752336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Considering the farmer-animal relationship in the development of sustainable husbandry systems for cattle production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susanne Waiblinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Brule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. L'Hotellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Phocas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. Congress of the European Society for Agricultural and Food Ethics (EurSAFE 2007)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2007, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02752133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Avoidance towards humans in two genetic populations of pheasants</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Mignon-Grasteau</w:t>
+                <w:t xml:space="preserve">Succion non nutritive, système opioïdergique et relation homme-animal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Nowak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Mayot</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Camille Liaigre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Tallet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">40. International Congress of the ISAE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2006, Bristol, United Kingdom</w:t>
+              <w:t xml:space="preserve">1. Journées de Restitution des Projets financés sur Crédits Incitatifs en 2004 et 2005 - Département de Physiologie Animale et Système d'Élevage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2006, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02754168v1</w:t>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02758560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paramètres génétiques du comportement et relations avec les performances zootechniques en race limousine</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Avoidance towards humans in two genetic populations of pheasants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Leterrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Damange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Mignon-Grasteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Mayot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13. Rencontres autour des Recherches sur les Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2006, Paris, France</w:t>
+              <w:t xml:space="preserve">40. International Congress of the ISAE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2006, Bristol, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02755891v1</w:t>
+                <w:t xml:space="preserve">hal-02754168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Importance de la succion non nutritive pour l'établissement d'un lien entre l'agneau nouveau-né et l'homme</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">S. Giraud</w:t>
+                <w:t xml:space="preserve">Paramètres génétiques du comportement et relations avec les performances zootechniques en race limousine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Sapa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Raymond Nowak</w:t>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Phocas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque de la Société Française pour l'Etude du Comportement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2005, Rennes, France</w:t>
+              <w:t xml:space="preserve">13. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2006, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01409351v1</w:t>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02755891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lambs'affinity towards a human results from attraction rather than familiarisation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Importance de la succion non nutritive pour l'établissement d'un lien entre l'agneau nouveau-né et l'homme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Tallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Val-Laillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Nowak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">40. International Society for Applied Ethology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2006, Bristol, United Kingdom</w:t>
+              <w:t xml:space="preserve">Colloque de la Société Française pour l'Etude du Comportement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2005, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02751312v1</w:t>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01409351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is the way we feed lambs important for the development of an affinity to their caregiver ?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lambs'affinity towards a human results from attraction rather than familiarisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Veissier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">40. International Congress of the ISAE</w:t>
+              <w:t xml:space="preserve">40. International Society for Applied Ethology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2006, Bristol, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02750960v1</w:t>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02751312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Socialisation intra et inter spécifique chez les bovins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Boissy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales des GTV</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2006, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02756137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing the human-animal relationship : Principles, problems and perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susanne Waiblinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vivi Pedersen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria-Vittoria Tosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew M. Janczak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Joint East and West Central Europe ISAE Regional Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2006, Celle, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02756025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measuring beef calves' responses to human during the weighing process on farm : A methodological study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Is the way we feed lambs important for the development of an affinity to their caregiver ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Tallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gilbert Trillat</w:t>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Veissier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Joint East and West Central Europe ISAE Regional Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2006, Celle, Germany</w:t>
+              <w:t xml:space="preserve">40. International Congress of the ISAE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2006, Bristol, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02751564v1</w:t>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02750960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mécanismes d'établissement de l'affinité des agneaux pour l'homme: implication potentielle du conditionnement alimentaire</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Measuring beef calves' responses to human during the weighing process on farm : A methodological study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilbert Trillat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque de la Société Française pour l'Etude du Comportement Animal (SFECA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2006, Lac de Bairon, France. 1 p</w:t>
+              <w:t xml:space="preserve">Joint East and West Central Europe ISAE Regional Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2006, Celle, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02811589v1</w:t>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02751564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Succion non nutritive, système opioïdergique et relation homme-animal</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mécanismes d'établissement de l'affinité des agneaux pour l'homme: implication potentielle du conditionnement alimentaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Tallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Veissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. Journées de Restitution des Projets financés sur Crédits Incitatifs en 2004 et 2005 - Département de Physiologie Animale et Système d'Élevage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2006, Tours, France</w:t>
+              <w:t xml:space="preserve">Colloque de la Société Française pour l'Etude du Comportement Animal (SFECA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2006, Lac de Bairon, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02758560v1</w:t>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02811589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farms, farmers and handling stress in Limousine beef cattle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Marcantognini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Boulesteix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Brule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. International Workshop WAFL-05</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2005, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02761851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Affinity of lambs to their stockperson does not depend only on food conditioning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Veissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">39. International Congress of the International Society for Applied Ethology (ISAE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2005, Kanagawa, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02758960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Implication des opiacés endogènes dans la mise en place du lien entre l'agneau et son soigneur : Bases neurobiologiques de l'attachement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Nowak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Liaigre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Journées d'Animation Scientifique du Département de Physiologie Animale et Systèmes d'Élevage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2005, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02761597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude des réactions d'évitement vis-à-vis de l'homme dans deux populations de faisans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Damange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Mignon-Grasteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mayot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Thémé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Journées d'Animation Scientifique du Département de Physiologie Animale et Systèmes d'Elevage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2005, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02763632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Action &amp;quot;Handling Stress&amp;quot; au sein du projet Welfare Quality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Journées d'Animation Scientifique du Département de Physiologie Animale et Systèmes d'Elevage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2005, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02759164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mécanismes comportementaux d'établissement de l'affinité des agneaux d'allaitement artificiel pour leur soigneur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Veissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Journées d'Animation Scientifique du Département de Physiologie Animale et Système d'Elevage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2005, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02761079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hand feeding and gentling: how do they contribute to the development of lambs affinity for their stockperson?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Veissier</w:t>
+                <w:t xml:space="preserve">Behavioural reactions of dairy cows to stocking at different regions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Schmied</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susanne Waiblinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">38. International Congress of the ISAE (International Society for Applied Ethology)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2004, Helsinki, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02759589v1</w:t>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02760506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Generalisation process from a familiar stockperson to an unfamiliar one in artificially reared lambs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Boissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Desprès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">38. International Congress of the ISAE (International Society for Applied Ethology)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2004, Helsinki, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02761467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Behavioural reactions of dairy cows to stocking at different regions</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Susanne Waiblinger</w:t>
+                <w:t xml:space="preserve">Hand feeding and gentling: how do they contribute to the development of lambs affinity for their stockperson?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Tallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Veissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">38. International Congress of the ISAE (International Society for Applied Ethology)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2004, Helsinki, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId328" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02760506v1</w:t>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02759589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of handling during neonatal period or at weaning on manageability and reactivity of foals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Lansade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.F. Bouissou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">54. Annual Meeting of the European Association for Animal Production</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2003, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02759367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Docile limousine cows are not poor mothers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Le Neindre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Grignard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Trillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Boissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Ménissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. World Congress on Genetics Applied to Livestock Production</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2002, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02763507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetics of fear and fearfulness in domestic herbivores</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jacques J. Bouix</w:t>
+                <w:t xml:space="preserve">La recherche sur le comportement du cheval en France et à l'étranger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Clement</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Bassecoulard-Zitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Haussberger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.F. Bouissou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Le Neindre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. World congress on genetics applied to livestock production</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2002, Montpellier, France</w:t>
+              <w:t xml:space="preserve">3. Rendez-vous éthologique du haras de la Cense</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, Rochefort-en-Yvelines, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId336" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02761531v1</w:t>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02759345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La recherche sur le comportement du cheval en France et à l'étranger</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">M.F. Bouissou</w:t>
+                <w:t xml:space="preserve">Genetics of fear and fearfulness in domestic herbivores</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Boissy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Fisher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques J. Bouix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Le Neindre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. Rendez-vous éthologique du haras de la Cense</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, Rochefort-en-Yvelines, France</w:t>
+              <w:t xml:space="preserve">7. World congress on genetics applied to livestock production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2002, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02759345v1</w:t>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02761531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Developing positive human-farm ungulate relationships, the other side of the coin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.G. Jago</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C.C. Krohn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Le Neindre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">35. International Congress of the ISAE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2001, Davis, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02761185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réactivité comportementale et indicateurs de qualité de la viande chez le taurillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Boissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Trillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Sapa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. Rencontres autour des Recherches sur les Ruminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02770123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extra contact with the stockperson modifies veal calves' responses to humans, handling and their productivity</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Early contact with peers or a stockperson influences later emotivity and social behaviour of dairy calves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Boissy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Gaultier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Garel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Le Neindre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">33. Congress of the International Society for Applied Ethology</w:t>
+              <w:t xml:space="preserve">33. International Congress of the International Society for Applied Ethology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 1999, Lillehammer, Norway</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02767713v1</w:t>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02768223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effect of the social environment and human contact on veal calves' responses to humans</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">J. Lensink</w:t>
+                <w:t xml:space="preserve">Le contexte social influence la réactivité des bovins à l'Homme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Grignard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Boissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">M. Pyykkönen</w:t>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Le Neindre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">33. Congress of the International Society for Applied Ethology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 1999, Lillehammer, Norway</w:t>
+              <w:t xml:space="preserve">31. Colloque SFECA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 1999, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId350" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02767123v1</w:t>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02765471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are docility and temperament identical concepts to describe the reactivity of cattle to human ?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">L. Grignard</w:t>
+                <w:t xml:space="preserve">Extra contact with the stockperson modifies veal calves' responses to humans, handling and their productivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Lensink</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Veissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre Le Neindre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">33. International Congress of the International Society for Applied Ethology</w:t>
+              <w:t xml:space="preserve">33. Congress of the International Society for Applied Ethology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 1999, Lillehammer, Norway</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId353" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02768776v1</w:t>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02767713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le contexte social influence la réactivité des bovins à l'Homme</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alain Boissy</w:t>
+                <w:t xml:space="preserve">The effect of the social environment and human contact on veal calves' responses to humans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Raussi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Lensink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre Le Neindre</w:t>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Veissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Pyykkönen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">31. Colloque SFECA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 1999, Nice, France</w:t>
+              <w:t xml:space="preserve">33. Congress of the International Society for Applied Ethology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 1999, Lillehammer, Norway</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId354" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02765471v1</w:t>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02767123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early contact with peers or a stockperson influences later emotivity and social behaviour of dairy calves</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Are docility and temperament identical concepts to describe the reactivity of cattle to human ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Grignard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Boissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId356" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Le Neindre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">33. International Congress of the International Society for Applied Ethology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 1999, Lillehammer, Norway</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId355" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02768223v1</w:t>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02768776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation de la réactivité des bovins à l'homme</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId334" w:history="1">
+                <w:t xml:space="preserve">Does the social environment influence cattle's reactions in the docility test ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Grignard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Boissy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Le Neindre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">30. Colloque Annuel de la Société Française pour l'Etude du Comportement Animal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 1998, Louvain-La-Neuve, Belgique</w:t>
+              <w:t xml:space="preserve">32. Congress of the International Society for Applied Ethology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 1998, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId358" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02765834v1</w:t>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02766225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Herbivores, caretakers and range management</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evaluation de la réactivité des bovins à l'homme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Grignard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Boissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId360" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Le Neindre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop on the Potential for and Consequences of Extensification of Beef and Sheep Production on the Grasslands of the EC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 1998, Aberdeen, United Kingdom</w:t>
+              <w:t xml:space="preserve">30. Colloque Annuel de la Société Française pour l'Etude du Comportement Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 1998, Louvain-La-Neuve, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId359" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02767231v1</w:t>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02765834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does the social environment influence cattle's reactions in the docility test ?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId141" w:history="1">
+                <w:t xml:space="preserve">Herbivores, caretakers and range management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Boissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Chupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Le Neindre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">32. Congress of the International Society for Applied Ethology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 1998, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">Workshop on the Potential for and Consequences of Extensification of Beef and Sheep Production on the Grasslands of the EC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 1998, Aberdeen, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId361" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02766225v1</w:t>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02767231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comportement des bovins limousins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Le Neindre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Grignard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Trillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Ménissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Sapa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 1997, Lanaud, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02768898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Importance du mode d'élevage dans le jeune âge ou lors du sevrage sur l'établissement des relations homme-animal chez les bovins allaitants et chez les caprins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Le Neindre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. Rencontres autour des Recherches sur les Ruminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 1996, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02766676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How do cattle's preferences vary according to forage accessibility ?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Importance de la qualité des contacts entre l'homme et les veaux au sevrage sur leur réaction ultérieure à la manipulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId366" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">M. Petit</w:t>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Le Neindre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Garel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Chupin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. International symposium on the nutrition of herbivores</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 1995, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">27. Colloque annuel de la Société Française d'Etude du Comportement Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 1995, Theix, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId364" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02846429v1</w:t>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02776184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Importance de la qualité des contacts entre l'homme et les veaux au sevrage sur leur réaction ultérieure à la manipulation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">How do cattle's preferences vary according to forage accessibility ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">J.M. Chupin</w:t>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27. Colloque annuel de la Société Française d'Etude du Comportement Animal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 1995, Theix, France</w:t>
+              <w:t xml:space="preserve">4. International symposium on the nutrition of herbivores</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 1995, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId367" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02776184v1</w:t>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02846429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les effets des systèmes d'élevage et de la variabilité génétique sur la docilité des bovins</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Influence of gentling at early weaning on the goat kid's later reaction to human presence and handling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B.O. Braastad</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées internationales Salers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 1994, Salers, France</w:t>
+              <w:t xml:space="preserve">28. International congress of the International Society for Applied Ethology (ISAE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 1994, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId368" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02776679v1</w:t>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02778394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of gentling at early weaning on the goat kid's later reaction to human presence and handling</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Les effets des systèmes d'élevage et de la variabilité génétique sur la docilité des bovins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Le Neindre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilbert Trillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Sapa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Ménissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.N. Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28. International congress of the International Society for Applied Ethology (ISAE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 1994, Denmark</w:t>
+              <w:t xml:space="preserve">Journées internationales Salers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 1994, Salers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId370" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02778394v1</w:t>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02776679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La reconfiguration de l'environnement lors du sevrage chez le veau allaité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Veissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Boissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Le Neindre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25. Colloque annuel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 1993, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02772861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effects of husbandry systems and of the genetic variability on the ease of handling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Le Neindre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Trillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Sapa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Ménissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.N. Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CEC Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 1992, Folum, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02777401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -17241,11485 +17528,13355 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chickens perceive humans as social buffers and may follow human-given cues: A pilot study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vitor Hugo Bessa Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Calesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucille Dumontier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Cornilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Poultry Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 104 (7), pp.105203. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.psj.2025.105203⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05104838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">One Health - One Welfare : deux concepts évolutifs mis en perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Fourichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Mounaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Beaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">German Cano-Sancho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INRAE Productions Animales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 38 (2), pp.9190. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20870/productions-animales.2025.38.2.9190⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId379" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05209371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">BeBoP : Evaluer le bien-être des taurillons : des indicateurs revus pour gagner en faisabilité sans perdre en fiabilité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agathe Cheype</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Mounaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Manceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Delahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Innovations Agronomiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 107, pp.113-122. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.17180/ciag-2025-vol107-art09⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05373252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cow factors to address when performing avoidance distance tests at the feeding rack</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Veissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Rimbaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nancy Rebout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 19 (4), pp.101461. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.animal.2025.101461⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05153379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">One Welfare : un objet frontière pour embarquer scientifiques et acteurs vers un objectif commun de bien-être animal, bien-être humain et respect de l’environnement en élevage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Delanoue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lipp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joanna Litt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Mirabito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INRAE Productions Animales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 38 (4), pp.9406. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.20870/productions-animales.2025.38.4.9406⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05462114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapports humains-animaux en élevage : regard croisé de l’ergonomie et l’éthologie appliquée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joffrey Beaujouan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Cromer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INRAE Productions Animales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 37 (4), pp.8023. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.20870/productions-animales.2024.37.4.8023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04853605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Human-computer interactions with farm animals—enhancing welfare through precision livestock farming and artificial intelligence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suresh Neethirajan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stacey Scott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Mancini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elizabeth Strand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Veterinary Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 11, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fvets.2024.1490851⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04808220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are early-life lambs’ characteristics and behavioural reactivity related to later survival and growth performance during artificial feeding?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Madeleine Mialon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Nowak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Falourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Marcon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Lardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 262, pp.105918. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.applanim.2023.105918⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04104440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freins et leviers à la mise en place d’une démarche d’amélioration du bien-être animal au sein d’un élevage - Synthèse des travaux d’un atelier participatif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Ramonet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Couzy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Innovations Agronomiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 87, pp.54-60. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.17180/ciag-2023-vol87-art06⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04099041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RHAPORC - Améliorer la relation homme animal en élevage porcin au bénéfice de l’homme et de ses animaux.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Courboulay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Bellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Delion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Innovations Agronomiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 85, pp.323-334. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.17180/ciag-2022-vol85-art25⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03784093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Association between breeding bulls’ reactivity to humans or handling and their daily behaviour and growth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L.M. Bacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId410" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Prieur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Veissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 16 (7), pp.100568. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.animal.2022.100568⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03786599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does the avoidance distance test at the feed barrier have scientific validity for evaluating reactivity to humans in Limousin breeding bulls?</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Romain Lardy</w:t>
+                <w:t xml:space="preserve">Bilan et perspectives de l'école technique INRAE « Éthologie et bien-être en expérimentation animale »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Aubin-Houzelstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Boissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Chalmet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Clémot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Livestock Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Cahier des Techniques de l'INRA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 104, pp.27-49</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId414" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03296054v1</w:t>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04625635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From human–animal relation practice research to the development of the livestock farmer's activity: an ergonomics–applied ethology interaction</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Damien Cromer</w:t>
+                <w:t xml:space="preserve">Does the avoidance distance test at the feed barrier have scientific validity for evaluating reactivity to humans in Limousin breeding bulls?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Bacher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Prieur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Lardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.animal.2021.100395⟩</w:t>
+              <w:t xml:space="preserve">Livestock Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 249, pp.104535. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.livsci.2021.104535⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">halshs-03469481v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03296054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Short- and mid-term effects on performance, health and qualitative behavioural assessment of Romane lambs in different milk feeding conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId419" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Madeleine M Mialon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId420" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Boissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Delval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 15 (3), pp.1-11. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId422" w:history="1">
+            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.animal.2020.100157⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03382806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bilan et perspectives de l'école technique INRAE « Éthologie et bien-être en expérimentation animale »</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alain Boissy</w:t>
+                <w:t xml:space="preserve">From human–animal relation practice research to the development of the livestock farmer's activity: an ergonomics–applied ethology interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joffrey Beaujouan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Cromer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahier des Techniques de l'INRA</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 15 (12), pp.100395. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.animal.2021.100395⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04625635v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03469481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farmers’ representations of the effects of precision livestock farming on human-animal relationships</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Kling-Eveillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Courboulay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId429" w:history="1">
+            <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Creach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Livestock Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId433" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.livsci.2020.104057⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId430" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02566414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId431" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatial distance and reactivity traits alter the positive perception of brushing by ewes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. R. Tamioso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Boissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herve Chandeze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Andanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 14 (1), pp.150-160. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S1751731119001435⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId434" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02620085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Power of a Positive Human–Animal Relationship for Animal Welfare</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId436" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Loup Rault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susanne Waiblinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Hemsworth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Veterinary Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 7, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fvets.2020.590867⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId438" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03104083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of good practices of handling training on beef cattle welfare and stockpeople attitudes and behaviors</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Franciely de Oliveira Costa</w:t>
+                <w:t xml:space="preserve">Evaluation of beef herd responses to unfamiliar humans and potential influencing factors: An exploratory survey on French farms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Destrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monique de L. Carvalhal</w:t>
+                <w:t xml:space="preserve">Emmanuelle Haslin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendoline Elluin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Hostiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Livestock Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 216, pp.24-31. </w:t>
+              <w:t xml:space="preserve">, 2018, 212, pp.7 - 13. </w:t>
             </w:r>
             <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.livsci.2018.06.019⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.livsci.2018.03.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId439" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01860013v1</w:t>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01913578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What stockperson behavior during weighing reveals about the relationship between humans and suckling beef cattle: A preliminary study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Destrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Haslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 209, pp.8 - 13. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId447" w:history="1">
+            <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.applanim.2018.10.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01921676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId448" w:history="1">
+            <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are there facial indicators of positive emotions in birds? A first exploration in Japanese quail</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of good practices of handling training on beef cattle welfare and stockpeople attitudes and behaviors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria C. Ceballos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aline Bertin</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Christine Leterrier</w:t>
+                <w:t xml:space="preserve">Aline C. Sant'Anna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franciely de Oliveira Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique de L. Carvalhal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Behavioural Processes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.beproc.2018.06.015⟩</w:t>
+              <w:t xml:space="preserve">Livestock Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 216, pp.24-31. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId452" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.livsci.2018.06.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId448" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02620929v1</w:t>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01860013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId451" w:history="1">
+            <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Looking forward to interacting with their caretakers: dolphins' anticipatory behaviour indicates motivation to participate in specific events</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Are there facial indicators of positive emotions in birds? A first exploration in Japanese quail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabienne Delfour</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Aline Bertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Cornilleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Lemarchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Boissy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Leterrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 202, pp.85-93. </w:t>
+              <w:t xml:space="preserve">Behavioural Processes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 157, pp.470-473. </w:t>
             </w:r>
             <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.applanim.2018.01.015⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.beproc.2018.06.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId451" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02625142v1</w:t>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02620929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inducing positive emotions : Behavioural and cardiac responses to human and brushing in ewes selected for high vs low social reactivity</w:t>
+                <w:t xml:space="preserve">Looking forward to interacting with their caretakers: dolphins' anticipatory behaviour indicates motivation to participate in specific events</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Priscilla Regina Tamioso</w:t>
+                <w:t xml:space="preserve">Isabella Clegg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carla Forte Maiolino Molento</w:t>
+                <w:t xml:space="preserve">Heiko Rödel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId433" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Delfour</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 208, pp.56-65. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.applanim.2018.08.001⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 202, pp.85-93. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId460" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.applanim.2018.01.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02626309v1</w:t>
+                <w:t xml:space="preserve">hal-02625142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId460" w:history="1">
+            <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of beef herd responses to unfamiliar humans and potential influencing factors: An exploratory survey on French farms</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Hostiou</w:t>
+                <w:t xml:space="preserve">Inducing positive emotions : Behavioural and cardiac responses to human and brushing in ewes selected for high vs low social reactivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId462" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscilla Regina Tamioso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId463" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carla Forte Maiolino Molento</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herve Chandeze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Andanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Livestock Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 208, pp.56-65. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.applanim.2018.08.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.livsci.2018.03.011⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01913578v1</w:t>
+                <w:t xml:space="preserve">hal-02626309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId462" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La conscience animale : une expertise scientifique collective de l'Inra</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Xavier Boivin</w:t>
+                <w:t xml:space="preserve">Impact of precision livestock farming on work and human-animal interactions on dairy farms. A review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Hostiou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId466" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocelyn Fagon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Chauvat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId468" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Turlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Kling-Eveillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La revue française de la recherche en viandes et produits carnés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 33, 7 p</w:t>
+              <w:t xml:space="preserve">Biotechnologie, Agronomie, Société et Environnement / Biotechnology, Agronomy, Society and Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 21 (4), pp.268-275</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-02629323v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId465" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01644053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId465" w:history="1">
+            <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of precision livestock farming on work and human-animal interactions on dairy farms. A review</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Florence Kling-Eveillard</w:t>
+                <w:t xml:space="preserve">La conscience animale : une expertise scientifique collective de l'Inra</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Le Neindre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId470" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Dunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Boissy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biotechnologie, Agronomie, Société et Environnement / Biotechnology, Agronomy, Society and Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 21 (4), pp.268-275</w:t>
+              <w:t xml:space="preserve">La revue française de la recherche en viandes et produits carnés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 33, 7 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-01644053v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId469" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02629323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId469" w:history="1">
+            <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inducing positive emotions : behavioral and cardiac responses to human and brushing in ewes selected for low vs hight social reactivity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId470" w:history="1">
+            <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscillia Regina Tamioso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId458" w:history="1">
+            <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carla Forte Maiolino Molento</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herve Chandeze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Andanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physiology &amp; behavior</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId469" w:history="1">
+            <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01603405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId471" w:history="1">
+            <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Does emotional reactivity influence behavioral and cardiac responses of ewes submitted to brushing ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId470" w:history="1">
+            <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscillia Regina Tamioso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Boissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herve Chandeze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Andanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Behavioural Processes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId471" w:history="1">
+            <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01605635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId472" w:history="1">
+            <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Positive perception of human stroking by lambs: Qualitative behaviour assessment confirms previous interpretation of quantitative data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId473" w:history="1">
+            <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Serrapica</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId474" w:history="1">
+            <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ada Braghieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId475" w:history="1">
+            <w:hyperlink r:id="rId478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabio Napolitano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 187, pp.31-37. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId476" w:history="1">
+            <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.applanim.2016.11.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId472" w:history="1">
+            <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01605100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId477" w:history="1">
+            <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Behavioral evidence of heterospecific bonding between the lamb and the human caregiver and mapping of associated brain network</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Maryse Meurisse</w:t>
+                <w:t xml:space="preserve">A prospective exploration of farm, farmer, and animal characteristics in human-animal relationships: An epidemiological survey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice de Boyer Des Roches</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Veissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId482" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Gilot-Fromont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Mounier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychoneuroendocrinology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.psyneuen.2016.05.020⟩</w:t>
+              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 99, pp.1-13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId483" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3168/jds.2015-10633⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId477" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01406210v1</w:t>
+            <w:hyperlink r:id="rId480" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01345817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId479" w:history="1">
+            <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A prospective exploration of farm, farmer, and animal characteristics in human-animal relationships: An epidemiological survey</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Veissier</w:t>
+                <w:t xml:space="preserve">Behavioral evidence of heterospecific bonding between the lamb and the human caregiver and mapping of associated brain network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Guesdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Nowak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryse Meurisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId481" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Cornilleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3168/jds.2015-10633⟩</w:t>
+              <w:t xml:space="preserve">Psychoneuroendocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 71, pp.159-169. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId485" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psyneuen.2016.05.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId479" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01345817v1</w:t>
+            <w:hyperlink r:id="rId486" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId484" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01406210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId483" w:history="1">
+            <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do lambs perceive regular human stroking as pleasant? Behavior and heart rate variability analyses</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alain Boissy</w:t>
+                <w:t xml:space="preserve">Daughters are more strongly attached to their mother than sons: a possible mechanism for early social segregation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId488" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Chaillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Cornilleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId489" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Porte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0118617⟩</w:t>
+              <w:t xml:space="preserve">Animal Behaviour</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 102, pp.33-43. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId490" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.anbehav.2015.01.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId483" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01130510v2</w:t>
+            <w:hyperlink r:id="rId487" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01130495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId486" w:history="1">
+            <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daughters are more strongly attached to their mother than sons: a possible mechanism for early social segregation</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Chantal Porte</w:t>
+                <w:t xml:space="preserve">Filial attachment in sheep: Similarities and differences between ewe-lamb and human-lamb relationships</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Nowak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Behaviour</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.anbehav.2015.01.003⟩</w:t>
+              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 164, pp.12-28. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId492" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.applanim.2014.09.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-01130495v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId491" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01130508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId490" w:history="1">
+            <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Filial attachment in sheep: Similarities and differences between ewe-lamb and human-lamb relationships</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId103" w:history="1">
+                <w:t xml:space="preserve">Do lambs perceive regular human stroking as pleasant? Behavior and heart rate variability analyses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Coulon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Nowak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Peyrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId494" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Chandeze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Boissy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.applanim.2014.09.013⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10 (2), pp.1-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId495" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0118617⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-01130508v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId493" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01130510v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId492" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évaluation du bien-être des ovins au pâturage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Madeleine Mialon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Brulé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Pottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Boissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin des G.T.V.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, spécial, pp.109-114</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId492" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02636075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId493" w:history="1">
+            <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthodes d'évaluation du bien-être animal en élevage, pendant le transport et à l'abattoir</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sandy Bensoussan</w:t>
+                <w:t xml:space="preserve">Behavioural and physiological reactions of piglets to gentle tactile interactions vary according to their previous experience with humans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Tallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId498" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kardiatou Sy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId499" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armelle Prunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Nowak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Boissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.17180/1zwe-fb33⟩</w:t>
+              <w:t xml:space="preserve">Livestock Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 167, pp.331-341. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId500" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.livsci.2014.06.025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId493" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04690507v1</w:t>
+            <w:hyperlink r:id="rId497" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01129853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId497" w:history="1">
+            <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Behavioural and physiological reactions of piglets to gentle tactile interactions vary according to their previous experience with humans</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alain Boissy</w:t>
+                <w:t xml:space="preserve">Méthodes d'évaluation du bien-être animal en élevage, pendant le transport et à l'abattoir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Courboulay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Kling-Eveillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Frotin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId503" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandy Bensoussan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Livestock Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.livsci.2014.06.025⟩</w:t>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 34, pp.175-187. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId504" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17180/1zwe-fb33⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId497" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01129853v1</w:t>
+            <w:hyperlink r:id="rId501" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04690507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId501" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long-term exposure to unpredictable and uncontrollable aversive events alters fearfulness in sheep</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Destrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Deiss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Leterrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Boissy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 7 (3), pp.476-484. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId502" w:history="1">
+            <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1017/S1751731112001796⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId501" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01129691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId503" w:history="1">
+            <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The valence of the long-lasting emotional experiences with various handlers modulates discrimination and generalization of individual humans in sheep1</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alain Boissy</w:t>
+                <w:t xml:space="preserve">Human-lamb bonding: Oxytocin, cortisol and behavioural responses of lambs to human contacts and social separation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Coulon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Nowak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Andanson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Ravel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Guy Marnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Animal Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2527/jas.2012-5654⟩</w:t>
+              <w:t xml:space="preserve">Psychoneuroendocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 38 (4), pp.499 - 508. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId508" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psyneuen.2012.07.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId503" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01921783v1</w:t>
+            <w:hyperlink r:id="rId509" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId507" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01129767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId505" w:history="1">
+            <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human-lamb bonding: Oxytocin, cortisol and behavioural responses of lambs to human contacts and social separation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Guy Marnet</w:t>
+                <w:t xml:space="preserve">The valence of the long-lasting emotional experiences with various handlers modulates discrimination and generalization of individual humans in sheep1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Destrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie M. Coulon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Deiss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Delval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Boissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychoneuroendocrinology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.psyneuen.2012.07.008⟩</w:t>
+              <w:t xml:space="preserve">Journal of Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 91 (11), pp.5418 - 5426. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId511" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2527/jas.2012-5654⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId507" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01129767v1</w:t>
+            <w:hyperlink r:id="rId510" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01921783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId508" w:history="1">
+            <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hommes et animaux d'élevage au travail : vers une approche pluridisciplinaire des pratiques relationnelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId495" w:history="1">
+            <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandy Bensoussan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId509" w:history="1">
+            <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nausicaa L'Hotellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId510" w:history="1">
+            <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Bignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId511" w:history="1">
+            <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Brives</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INRA Productions Animales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 25 (2), pp.159-168</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId508" w:history="1">
+            <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01210319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId512" w:history="1">
+            <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of affinity to the stockperson in lambs from two breeds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId513" w:history="1">
+            <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariangela Caroprese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId475" w:history="1">
+            <w:hyperlink r:id="rId478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabio Napolitano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId514" w:history="1">
+            <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marzia Albenzio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId515" w:history="1">
+            <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanni Annicchiarico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physiology &amp; behavior</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 105 (2), pp.251-256. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId520" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.physbeh.2011.08.027⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId516" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02650493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId517" w:history="1">
+            <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Separation distress in artificially-reared lambs depends on human presence and the number of conspecifics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId436" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Loup Rault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Boissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 132 (1), pp.42-50. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId518" w:history="1">
+            <w:hyperlink r:id="rId522" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.applanim.2011.02.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId519" w:history="1">
+            <w:hyperlink r:id="rId523" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId517" w:history="1">
+            <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02644193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId520" w:history="1">
+            <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Consistency and stability of behavioural fear responses of heifers to different fear-eliciting situations involving humans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId521" w:history="1">
+            <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Mazurek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId522" w:history="1">
+            <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Mcgee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId523" w:history="1">
+            <w:hyperlink r:id="rId527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Crowe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId524" w:history="1">
+            <w:hyperlink r:id="rId528" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Prendiville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 131 (1-2), pp.21-28. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId525" w:history="1">
+            <w:hyperlink r:id="rId529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.applanim.2011.01.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId526" w:history="1">
+            <w:hyperlink r:id="rId530" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId520" w:history="1">
+            <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02645299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId527" w:history="1">
+            <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of different on-farm measures of beef cattle temperament for use in genetic evaluation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Benhajali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Sapa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Pellegrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Boulesteix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Animal Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 88 (11), pp.3529-3537. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId528" w:history="1">
+            <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2527/jas.2010-3132⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId527" w:history="1">
+            <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01193395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId529" w:history="1">
+            <w:hyperlink r:id="rId533" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of previous stroking on reactions to a veterinary procedure Behaviour and heart rate of dairy cows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Schmied</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId530" w:history="1">
+            <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Scala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susanne Waiblinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Interaction Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 11 (3), pp.467-481. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId531" w:history="1">
+            <w:hyperlink r:id="rId535" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1075/is.11.3.08sch⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId529" w:history="1">
+            <w:hyperlink r:id="rId533" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02659781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId532" w:history="1">
+            <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effect of early human contact and the separation method from the dam on responses of beef calves to humans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Gilard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Egal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 120 (3-4), pp.132-139. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId533" w:history="1">
+            <w:hyperlink r:id="rId537" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.applanim.2009.05.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId534" w:history="1">
+            <w:hyperlink r:id="rId538" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId532" w:history="1">
+            <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02662305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId535" w:history="1">
+            <w:hyperlink r:id="rId539" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How does the method used to feed lambs modulate their affinity to their human caregiver?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Veissier</w:t>
+                <w:t xml:space="preserve">La relation homme – animal ou comment utiliser le comportement des bovins pour les manipuler ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Le Nouveau Praticien Vétérinaire. Elevages et Santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 3 (12), pp.17-22</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId537" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02666393v1</w:t>
+            <w:hyperlink r:id="rId539" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02653851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId538" w:history="1">
+            <w:hyperlink r:id="rId540" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La relation homme – animal ou comment utiliser le comportement des bovins pour les manipuler ?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Luc Mounier</w:t>
+                <w:t xml:space="preserve">How does the method used to feed lambs modulate their affinity to their human caregiver?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Tallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Veissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Nouveau Praticien Vétérinaire. Elevages et Santé</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 119 (1-2), pp.56-65. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId541" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.applanim.2009.03.012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId538" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02653851v1</w:t>
+            <w:hyperlink r:id="rId542" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId540" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02666393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId539" w:history="1">
+            <w:hyperlink r:id="rId543" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reliability of an avoidance distance test for the assessment of animals’ responsiveness to humans and a preliminary investigation of its association with farmers’ attitudes on bull fattening farms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ines Windschnurer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susanne Waiblinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 117 (3-4), pp.117-127. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId540" w:history="1">
+            <w:hyperlink r:id="rId544" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.applanim.2008.12.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId541" w:history="1">
+            <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId539" w:history="1">
+            <w:hyperlink r:id="rId543" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02668386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId542" w:history="1">
+            <w:hyperlink r:id="rId546" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temporal association between food distribution and human caregiver presence and the development of affinity to humans in lambs</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Veissier</w:t>
+                <w:t xml:space="preserve">Stroking of different body regions by a human: Effects on behaviour and heart rate of dairy cows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Schmied</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susanne Waiblinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId547" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Theresa Scharl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId548" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Friedrich Leisch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Developmental Psychobiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/dev.20254⟩</w:t>
+              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 109, pp.25-38. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId549" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.applanim.2007.01.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId544" w:history="1">
+            <w:hyperlink r:id="rId550" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId542" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02656630v1</w:t>
+            <w:hyperlink r:id="rId546" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02666542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId545" w:history="1">
+            <w:hyperlink r:id="rId551" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reliability and inter-test relationship of tests for on-farm assessment of dairy cows’ relationship to humans</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Claudia Schmied</w:t>
+                <w:t xml:space="preserve">Comparison of the effects of two different handling methods on the subsequent behaviour of Anglo-Arabian foals toward humans and handling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId552" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Ligout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId553" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-France Bouissou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Susanne Waiblinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 114, pp.37-53. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.applanim.2008.01.017⟩</w:t>
+              <w:t xml:space="preserve">, 2008, 113 (1-3), pp.175-188. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId554" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.applanim.2007.12.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId547" w:history="1">
+            <w:hyperlink r:id="rId555" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId545" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02668194v1</w:t>
+            <w:hyperlink r:id="rId551" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02665013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId548" w:history="1">
+            <w:hyperlink r:id="rId556" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stroking different body regions of dairy cows: effects on avoidance and approach behavior toward humans</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId250" w:history="1">
+                <w:t xml:space="preserve">Reliability and inter-test relationship of tests for on-farm assessment of dairy cows’ relationship to humans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ines Windschnurer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Schmied</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susanne Waiblinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3168/jds.2007-0360⟩</w:t>
+              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 114, pp.37-53. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId557" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.applanim.2008.01.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId548" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02667128v1</w:t>
+            <w:hyperlink r:id="rId558" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId556" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02668194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId550" w:history="1">
+            <w:hyperlink r:id="rId559" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stroking of different body regions by a human: Effects on behaviour and heart rate of dairy cows</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Friedrich Leisch</w:t>
+                <w:t xml:space="preserve">Temporal association between food distribution and human caregiver presence and the development of affinity to humans in lambs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Tallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Veissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.applanim.2007.01.013⟩</w:t>
+              <w:t xml:space="preserve">Developmental Psychobiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 50 (2), pp.147-159. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId560" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/dev.20254⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId554" w:history="1">
+            <w:hyperlink r:id="rId561" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId550" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02666542v1</w:t>
+            <w:hyperlink r:id="rId559" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02656630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId555" w:history="1">
+            <w:hyperlink r:id="rId562" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of the effects of two different handling methods on the subsequent behaviour of Anglo-Arabian foals toward humans and handling</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marie-France Bouissou</w:t>
+                <w:t xml:space="preserve">Stroking different body regions of dairy cows: effects on avoidance and approach behavior toward humans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Schmied</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susanne Waiblinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.applanim.2007.12.004⟩</w:t>
+              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 91 (2), pp.596-605. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId563" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3168/jds.2007-0360⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId559" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02665013v1</w:t>
+            <w:hyperlink r:id="rId562" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02667128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId560" w:history="1">
+            <w:hyperlink r:id="rId564" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Docilité chez la vache Limousine : le facteur &amp;quot;éleveur&amp;quot; et la relation homme-animal. Observations comportementales et confidences d'éleveurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Juzeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Prevost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Trillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId561" w:history="1">
+            <w:hyperlink r:id="rId565" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bovins Limousins</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 170, pp.27-30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId560" w:history="1">
+            <w:hyperlink r:id="rId564" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02655179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId562" w:history="1">
+            <w:hyperlink r:id="rId566" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Attitudes of farmers towards Limousin cattle and their handling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId563" w:history="1">
+            <w:hyperlink r:id="rId567" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Marcantognini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId564" w:history="1">
+            <w:hyperlink r:id="rId568" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Boulesteix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId561" w:history="1">
+            <w:hyperlink r:id="rId565" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Brulé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal Welfare Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 16 (2), pp.147-151</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId562" w:history="1">
+            <w:hyperlink r:id="rId566" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02663075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId565" w:history="1">
+            <w:hyperlink r:id="rId569" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temperament in preweanling horses: Development of reactions to humans and novelty, and startle responses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Lansade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.F. Bouissou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Developmental Psychobiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 49 (5), pp.501-513. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId566" w:history="1">
+            <w:hyperlink r:id="rId570" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/dev.20233⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId565" w:history="1">
+            <w:hyperlink r:id="rId569" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02657556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId567" w:history="1">
+            <w:hyperlink r:id="rId571" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does the use of a device to measure heart rate affect the behavioural responses of lambs to humans?</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Etude des réactions d'évitement vis à vis de l'homme dans deux populations de faisans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Damange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Mignon-Grasteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Mayot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Thémé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 99 (1-2), pp.106-117</w:t>
+              <w:t xml:space="preserve">Gibier et Chasse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 213, pp.6-10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId567" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02655781v1</w:t>
+            <w:hyperlink r:id="rId571" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02666697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId568" w:history="1">
+            <w:hyperlink r:id="rId572" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude des réactions d'évitement vis à vis de l'homme dans deux populations de faisans</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La docilité : Un nouvel indicateur de sélection animale pour une agriculture durable ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId573" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Hochereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId515" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Brives</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gibier et Chasse</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Entreprises et Histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 2006/4 (45), pp.169-173. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId574" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/eh.045.0169⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId568" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02666697v1</w:t>
+            <w:hyperlink r:id="rId572" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02659870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId569" w:history="1">
+            <w:hyperlink r:id="rId575" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic correlations between temperament and breeding traits in Limousin heifers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florence Phocas</w:t>
+                <w:t xml:space="preserve">Non nutritive sucking: one of the major determinants of filial love</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Val-Laillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Nowak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId576" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/ASC200696⟩</w:t>
+              <w:t xml:space="preserve">Developmental Psychobiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 48 (3), pp.220-232. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId577" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/dev.20142⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId569" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02661838v1</w:t>
+            <w:hyperlink r:id="rId575" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01367877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId571" w:history="1">
+            <w:hyperlink r:id="rId578" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing the human-animal relationship in farmed species: A critical review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susanne Waiblinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vivi Pedersen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria-Vittoria Tosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew M. Janczak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 101 (3-4), pp.185-242</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId571" w:history="1">
+            <w:hyperlink r:id="rId578" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02666151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId572" w:history="1">
+            <w:hyperlink r:id="rId579" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La docilité : Un nouvel indicateur de sélection animale pour une agriculture durable ?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">François Hochereau</w:t>
+                <w:t xml:space="preserve">Genetic correlations between temperament and breeding traits in Limousin heifers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Phocas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId511" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Sapa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilbert Trillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Boissy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Entreprises et Histoire</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/eh.045.0169⟩</w:t>
+              <w:t xml:space="preserve">Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 82 (6), pp.805-811. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId580" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/ASC200696⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId572" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02659870v1</w:t>
+            <w:hyperlink r:id="rId579" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02661838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId575" w:history="1">
+            <w:hyperlink r:id="rId581" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non nutritive sucking: one of the major determinants of filial love</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Does the use of a device to measure heart rate affect the behavioural responses of lambs to humans?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Veissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Developmental Psychobiology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 99 (1-2), pp.106-117</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId575" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01367877v1</w:t>
+            <w:hyperlink r:id="rId581" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02655781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId578" w:history="1">
+            <w:hyperlink r:id="rId582" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A note on the consistency and specificity of lambs' responses to a stockperson and to their photograph in an arena test</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Veissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 98 (3-4), pp.308-314</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId578" w:history="1">
+            <w:hyperlink r:id="rId582" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02653618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId579" w:history="1">
+            <w:hyperlink r:id="rId583" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Human contact and feeding as rewards for the lamb’s affinity to their stockperson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Veissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 94, pp.59-73. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId580" w:history="1">
+            <w:hyperlink r:id="rId584" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.applanim.2005.02.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId579" w:history="1">
+            <w:hyperlink r:id="rId583" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02677461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId581" w:history="1">
+            <w:hyperlink r:id="rId585" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enquête auprès des éleveurs/sélectionneurs de Limousines sur les facteurs déterminant la facilité de manipulation de leurs animaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId563" w:history="1">
+            <w:hyperlink r:id="rId567" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Marcantognini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Trillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId561" w:history="1">
+            <w:hyperlink r:id="rId565" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Brulé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bovins Limousins</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 165, pp.27-31</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId581" w:history="1">
+            <w:hyperlink r:id="rId585" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02679923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId582" w:history="1">
+            <w:hyperlink r:id="rId586" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of handling at weaning on manageability and reactivity of foals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Lansade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId583" w:history="1">
+            <w:hyperlink r:id="rId587" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.F. Bouissou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 87 (1-2), pp.131-149. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId584" w:history="1">
+            <w:hyperlink r:id="rId588" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.applanim.2003.12.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId585" w:history="1">
+            <w:hyperlink r:id="rId589" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId582" w:history="1">
+            <w:hyperlink r:id="rId586" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02679166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId586" w:history="1">
+            <w:hyperlink r:id="rId590" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stockmanship and farm animal welfare</w:t>
+                <w:t xml:space="preserve">Eleveur et grands herbivores : une relation à entretenir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Le Neindre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Boissy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Lensink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilbert Trillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Welfare Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 12, pp.479-492</w:t>
+              <w:t xml:space="preserve">Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 16 (2), pp.101-115</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-02669403v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId590" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02681870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId587" w:history="1">
+            <w:hyperlink r:id="rId591" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The presence of the dam during handling prevents the socialization of young calves to humans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C.C. Krohn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.G. Jago</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 80 (4), pp.263-275</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId587" w:history="1">
+            <w:hyperlink r:id="rId591" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02679398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId588" w:history="1">
+            <w:hyperlink r:id="rId592" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eleveur et grands herbivores : une relation à entretenir</w:t>
+                <w:t xml:space="preserve">Stockmanship and farm animal welfare</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Lensink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Tallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Veissier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Productions Animales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 16 (2), pp.101-115</w:t>
+              <w:t xml:space="preserve">Animal Welfare Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 12, pp.479-492</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-02681870v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId592" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02669403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId589" w:history="1">
+            <w:hyperlink r:id="rId593" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maternal presence limits the effects of early bottle feeding and petting on lambs' socialisation to the stockperson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Boissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Nowak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId590" w:history="1">
+            <w:hyperlink r:id="rId594" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId591" w:history="1">
+            <w:hyperlink r:id="rId595" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Tournadre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 77, pp.311-328. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId592" w:history="1">
+            <w:hyperlink r:id="rId596" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S0168-1591(02)00084-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId597" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId593" w:history="1">
-              <w:r>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId589" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02681000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId594" w:history="1">
+            <w:hyperlink r:id="rId598" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reactions of calves to handling depend on housing condition and previous experience with humans</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">S. Raussi</w:t>
+                <w:t xml:space="preserve">Behavioral research and its application to livestock transport and policy: A European perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Le Neindre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Terlouw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId352" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Veissier</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Boissy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId599" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernardus Johan Lensink</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, 70 (3), pp.187-199</w:t>
+              <w:t xml:space="preserve">Journal of Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 79, pp.E159-E165</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-02672359v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId598" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02676120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId596" w:history="1">
+            <w:hyperlink r:id="rId600" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The presence of the dam affects the efficiency of gentling and feeding on the early establishment of the stockperson-lamb relationship</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Do beef cattle react consistently to different handling situations ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Grignard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">A. Terrazas Garcia</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Boissy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Le Neindre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2001, 72, pp.89-103</w:t>
+              <w:t xml:space="preserve">, 2001, 71 (4), pp.263-276</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId596" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02671602v1</w:t>
+            <w:hyperlink r:id="rId600" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02674004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId598" w:history="1">
+            <w:hyperlink r:id="rId601" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effect of early handling on the socialisation of young calves to humans</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">J.G. Jago</w:t>
+                <w:t xml:space="preserve">Reactions of calves to handling depend on housing condition and previous experience with humans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId602" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B.J. Lensink</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Raussi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Pyykkönen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Veissier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2001, 74 (4), pp.121-133. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2001, 70 (3), pp.187-199</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId600" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02674259v1</w:t>
+            <w:hyperlink r:id="rId601" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02672359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId601" w:history="1">
+            <w:hyperlink r:id="rId603" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Behavioral research and its application to livestock transport and policy: A European perspective</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The presence of the dam affects the efficiency of gentling and feeding on the early establishment of the stockperson-lamb relationship</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Bernardus Johan Lensink</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Nowak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId604" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Terrazas Garcia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Animal Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, 79, pp.E159-E165</w:t>
+              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 72, pp.89-103</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-02676120v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId603" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02671602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId603" w:history="1">
+            <w:hyperlink r:id="rId605" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do beef cattle react consistently to different handling situations ?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">L. Grignard</w:t>
+                <w:t xml:space="preserve">The effect of early handling on the socialisation of young calves to humans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C.C. Krohn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.G. Jago</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre Le Neindre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2001, 71 (4), pp.263-276</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2001, 74 (4), pp.121-133. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId606" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0168-1591(01)00161-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId603" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02674004v1</w:t>
+            <w:hyperlink r:id="rId607" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId605" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02674259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId604" w:history="1">
+            <w:hyperlink r:id="rId608" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The social environment influences the behavioural responses of beef cattle to handling</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hand-feeding and gentling influence early-weaned lambs'attachment responses to their stockperson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId357" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId595" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Tournadre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Le Neindre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2000, 68 (1), pp.1-11</w:t>
+              <w:t xml:space="preserve">Journal of Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 78 (4), pp.879-884</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId604" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02697518v1</w:t>
+            <w:hyperlink r:id="rId608" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02694319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId605" w:history="1">
+            <w:hyperlink r:id="rId609" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reducing veal calves'reactivity to people by providing additional human contact</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">B.J. Lensink</w:t>
+                <w:t xml:space="preserve">The social environment influences the behavioural responses of beef cattle to handling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Grignard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Boissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId606" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Garel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Le Neindre</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Veissier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Animal Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2000, 78 (5), pp.1213-1218</w:t>
+              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 68 (1), pp.1-11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId605" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02691838v1</w:t>
+            <w:hyperlink r:id="rId609" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02697518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId607" w:history="1">
+            <w:hyperlink r:id="rId610" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The impact of gentle contacts on ease of handling, welfare, and growth of calves and on quality of veal meat</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId595" w:history="1">
+                <w:t xml:space="preserve">Reducing veal calves'reactivity to people by providing additional human contact</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId602" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B.J. Lensink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId347" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId606" w:history="1">
+            <w:hyperlink r:id="rId611" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pradel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Le Neindre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Veissier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Animal Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2000, 78, pp.1219-1226</w:t>
+              <w:t xml:space="preserve">, 2000, 78 (5), pp.1213-1218</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId607" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02691722v1</w:t>
+            <w:hyperlink r:id="rId610" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02691838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId608" w:history="1">
+            <w:hyperlink r:id="rId612" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hand-feeding and gentling influence early-weaned lambs'attachment responses to their stockperson</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The impact of gentle contacts on ease of handling, welfare, and growth of calves and on quality of veal meat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId602" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B.J. Lensink</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId591" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId611" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pradel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Le Neindre</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Animal Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2000, 78 (4), pp.879-884</w:t>
+              <w:t xml:space="preserve">, 2000, 78, pp.1219-1226</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId608" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02694319v1</w:t>
+            <w:hyperlink r:id="rId612" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02691722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId609" w:history="1">
+            <w:hyperlink r:id="rId613" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is gentling by people rewarding for beef calves ?</w:t>
+                <w:t xml:space="preserve">Beef calves react differently to different handlers according to the test situation and their previous interactions with their caretaker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId610" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId614" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Mante</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Le Neindre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1998, 61, pp.1-12</w:t>
+              <w:t xml:space="preserve">, 1998, 55 (3-4), pp.245-257</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId609" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02688767v1</w:t>
+            <w:hyperlink r:id="rId613" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02695010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId611" w:history="1">
+            <w:hyperlink r:id="rId615" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beef calves react differently to different handlers according to the test situation and their previous interactions with their caretaker</w:t>
+                <w:t xml:space="preserve">Is gentling by people rewarding for beef calves ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId612" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId616" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Durier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Le Neindre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1998, 55 (3-4), pp.245-257</w:t>
+              <w:t xml:space="preserve">, 1998, 61, pp.1-12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId611" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02695010v1</w:t>
+            <w:hyperlink r:id="rId615" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02688767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId613" w:history="1">
+            <w:hyperlink r:id="rId617" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Discrimination between shepherds by lambs reared under artificial conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Nowak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Desprès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId591" w:history="1">
+            <w:hyperlink r:id="rId595" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Tournadre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Le Neindre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Animal Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1997, 75, pp.2892-2898</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId613" w:history="1">
+            <w:hyperlink r:id="rId617" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02683782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId614" w:history="1">
+            <w:hyperlink r:id="rId618" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Handling of extensively kept animals</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId333" w:history="1">
+                <w:t xml:space="preserve">Réactions des bovins limousins lors des manipulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Le Neindre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alain Boissy</w:t>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilbert Trillat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1996, 49, pp.73-81</w:t>
+              <w:t xml:space="preserve">Comptes Rendus de l'Académie d'Agriculture de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 82 (2), pp.71-80</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId614" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02686182v1</w:t>
+            <w:hyperlink r:id="rId618" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02687693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId615" w:history="1">
+            <w:hyperlink r:id="rId619" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of handling during temporary isoation after early weaning on goat kids' later response to humans</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Handling of extensively kept animals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Le Neindre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId371" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">B.O. Braastad</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Boissy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1996, 48, pp.61-71</w:t>
+              <w:t xml:space="preserve">, 1996, 49, pp.73-81</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId615" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02684986v1</w:t>
+            <w:hyperlink r:id="rId619" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02686182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId616" w:history="1">
+            <w:hyperlink r:id="rId620" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réactions des bovins limousins lors des manipulations</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effects of handling during temporary isoation after early weaning on goat kids' later response to humans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gilbert Trillat</w:t>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B.O. Braastad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus de l'Académie d'Agriculture de France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1996, 82 (2), pp.71-80</w:t>
+              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 48, pp.61-71</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId616" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02687693v1</w:t>
+            <w:hyperlink r:id="rId620" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02684986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId617" w:history="1">
+            <w:hyperlink r:id="rId621" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'intelligence vient aux vaches. Les facultés cognitives des bovins sont gravement sous-estimées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Veissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Boissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Le Neindre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Recherche</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1995, 282, pp.42-44</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId617" w:history="1">
+            <w:hyperlink r:id="rId621" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02702398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId618" w:history="1">
+            <w:hyperlink r:id="rId622" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How do cattle's preferences vary according to forage accessibility ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId619" w:history="1">
+            <w:hyperlink r:id="rId623" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales de zootechnie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1995, 44 (Suppl1), pp.321-321</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId618" w:history="1">
+            <w:hyperlink r:id="rId622" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00889478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId620" w:history="1">
+            <w:hyperlink r:id="rId624" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How do cattle's preferences vary according to forage accessibility ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales de zootechnie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1995, 44, pp.321</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId620" w:history="1">
+            <w:hyperlink r:id="rId624" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02702877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId621" w:history="1">
+            <w:hyperlink r:id="rId625" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of breed and rearing management on cattle reactions during human handling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Le Neindre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Chupin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1994, 39, pp.115-122</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId621" w:history="1">
+            <w:hyperlink r:id="rId625" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02704619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId622" w:history="1">
+            <w:hyperlink r:id="rId626" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of breed and early management on ease of handling and open-field behaviour of cattle</w:t>
+                <w:t xml:space="preserve">Establishment of cattle-human relationships</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Le Neindre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Chupin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gilbert Trillat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1992, 32 (4), pp.313-323</w:t>
+              <w:t xml:space="preserve">, 1992, 32 (4), pp.325-335</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId622" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02704345v1</w:t>
+            <w:hyperlink r:id="rId626" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02710496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId623" w:history="1">
+            <w:hyperlink r:id="rId627" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Establishment of cattle-human relationships</w:t>
+                <w:t xml:space="preserve">Influence of breed and early management on ease of handling and open-field behaviour of cattle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Le Neindre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Chupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Garel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilbert Trillat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1992, 32 (4), pp.325-335</w:t>
+              <w:t xml:space="preserve">, 1992, 32 (4), pp.313-323</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId623" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02710496v1</w:t>
+            <w:hyperlink r:id="rId627" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02704345v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rapport (17)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId628" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thematic factsheet - Environmental enrichment for goats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId629" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Veissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaëlle Botreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Ginane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId630" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Vilain Rørvang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">EURCAW - Ruminants &amp; Equines. 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId628" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04648168v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId631" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thematic factsheet - Environmental enrichment for equines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId629" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Veissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaëlle Botreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Ginane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId630" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Vilain Rørvang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">EURCAW - Ruminants &amp; Equines. 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId631" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04648170v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId632" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thematic factsheet - Environmental enrichment for cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId629" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Veissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaëlle Botreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Ginane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId630" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Vilain Rørvang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">EURCAW - Ruminants &amp; Equines. 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId632" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04648163v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId633" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thematic factsheet - Environmental enrichment for sheep</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId629" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Veissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaëlle Botreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Ginane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId630" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Vilain Rørvang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">EURCAW - Ruminants &amp; Equines. 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId633" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04648165v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId634" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">New prototype and report for industry on GPS-generated phenotypes for behavioural adaptations to extensive grazing systems; artificial rearing adaptation phenotypes; lamb vigour scores linked to lamb survival; new foetal and neonatal survival phenotypes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId635" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georgios Arsenos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId636" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angeliki Argyriadou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId637" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sotiria Vouraki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId638" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vasileia Fotiadou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Hazard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">European Union H2020 Program - Smarter Deliverable 2.4. 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId634" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04155620v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId639" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Savoirs d’éleveurs, bien-être animal et santé – SEBEA Métaprogramme SANBA. Bilan de fin de projet : période 2020 – 2022</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Hellec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadège Aigueperse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Boissy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">INRAE. 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId639" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04675682v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId640" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Évaluation du risque de morsure par les chiens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId641" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId642" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Bouvresse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId643" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Díaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId644" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Diederich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Saisine n° 2015-SA-0158, Anses. 2020, 199 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId640" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-03882777v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId645" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avis du 25/04/2019 de l’Anses relatif à des Protocoles d’échantillonnage pour la surveillance des bonnes pratiques d’étourdissement des porcs en abattoir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId646" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Juin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Le Neindre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId647" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Lupo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId648" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId649" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Saegerman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[0] Autosaisine n° 2015-SA-0087, Anses. 2019, 133 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId645" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-03673932v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId650" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Animal consciousness. Summary of the multidisciplinary assesment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Le Neindre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Boissy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Calandreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[0] INRA. 2017, 8 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId650" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01736385v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId651" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La conscience animale. Résumé de l'expertise scientifique collective. Résumé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Le Neindre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Boissy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Calandreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] INRA. 2017, 8 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId651" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01736383v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId652" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Animal consciousness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Le Neindre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Boissy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Calandreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[0] European Food Safety Authority. 2017, 165 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId652" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01594939v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId653" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comité scientifique du Parc Asterix</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[0] 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId653" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02792985v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId654" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Animal-based indicators for welfare assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Veissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Mounier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Boissy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId655" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Meunier-Salaün</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Technical Report] 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId654" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02796770v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId656" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Use of animal based measures for the assessment of dairy cow welfare ANIBAM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId657" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bodil Højlund Nielsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId658" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandra Angelucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId659" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandra Scalvenzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId660" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Björn Forkman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId661" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Fusi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[0] 2014, 340 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId656" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02798024v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId662" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comité scientifique du Parc Asterix</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[0] 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId662" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02792123v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId663" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Label SFECA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[0] 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId663" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02809151v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId664" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caresser les agneaux participe à leur bien-être</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[0] 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId664" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02806155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Cours (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId624" w:history="1">
+            <w:hyperlink r:id="rId665" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formation &amp;quot;Perfectionnement des formateurs manipulation - contention des bovins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Aupiais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId625" w:history="1">
+            <w:hyperlink r:id="rId666" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gael Barbier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">École thématique. les pratiques relationelles humain-bovins. Modeles de comprehension et focus groups d'explicitations, France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId624" w:history="1">
+            <w:hyperlink r:id="rId665" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04851477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId626" w:history="1">
+            <w:hyperlink r:id="rId667" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ethologie et relation homme-animal -Le point de vue de l’animal d’élevage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">École d'ingénieur. module Bien Etre Animal de la spécialisation Filières Animales Durables., Gradignan, France. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId626" w:history="1">
+            <w:hyperlink r:id="rId667" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04216821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId627" w:history="1">
+            <w:hyperlink r:id="rId668" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Journée de formation Centre de lusignan : Réflexions partagées sur la relation homme – animal. Comprendre comment les interventions de l’animalier peuvent avoir une influence sur l’animal : comportement, production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId628" w:history="1">
+            <w:hyperlink r:id="rId669" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Barrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId629" w:history="1">
+            <w:hyperlink r:id="rId670" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice F. Reigner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">(Réflexions partagées sur la relation homme – animal), 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId627" w:history="1">
+            <w:hyperlink r:id="rId668" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02792732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -28729,349 +30886,349 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId630" w:history="1">
+            <w:hyperlink r:id="rId671" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Welfare issues in goat farming and management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId631" w:history="1">
+            <w:hyperlink r:id="rId672" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Aupiais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId632" w:history="1">
+            <w:hyperlink r:id="rId673" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renée de Crémoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId633" w:history="1">
+            <w:hyperlink r:id="rId674" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Fatet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Silvana Mattiello; Monica Battini. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Welfare of Goats</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer, In press</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId630" w:history="1">
+            <w:hyperlink r:id="rId671" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04449010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId634" w:history="1">
+            <w:hyperlink r:id="rId675" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les Relations humain-animal : éthologie animale et humaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Grandgeorge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Darmaillacq, Anne-Sophie and Lévy, Frédéric (eds.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Éthologie animale : Une Approche biologique du comportement [2ème Édition]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, De Boeck, pp.241-262, 2019, 9782807320376</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId634" w:history="1">
+            <w:hyperlink r:id="rId675" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02379238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId635" w:history="1">
+            <w:hyperlink r:id="rId676" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Animal experience of domestication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal Welfare in a Changing World</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CABI, 292 p., 2018, 978-1-78639-245-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId635" w:history="1">
+            <w:hyperlink r:id="rId676" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02785606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId636" w:history="1">
+            <w:hyperlink r:id="rId677" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conséquences de l’élevage de précision sur le travail, les compétences et les relations homme-animal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Hostiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyn Fagon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -29079,6263 +31236,4193 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Chauvat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Turlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId637" w:history="1">
+            <w:hyperlink r:id="rId678" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Kling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Elevage de précision</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, France Agricole / Dunod, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId636" w:history="1">
+            <w:hyperlink r:id="rId677" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01535365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId638" w:history="1">
+            <w:hyperlink r:id="rId679" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La place de la relation Homme/animal dans l’élevage d’aujourd’hui ou de demain</w:t>
+                <w:t xml:space="preserve">De la docilité à la relation homme-animal d'élevage. Le point de vue de l'animal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les filières animales françaises. Caractéristiques, enjeux et perspectives</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Editions Tec &amp; Doc Lavoisier, 527 p., 2014, Collection Synthèse Agricole, 978-2-7430-1509-1</w:t>
+              <w:t xml:space="preserve">Les animaux : deux ou trois choses que nous savons d’eux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId680" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hermann Editeurs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 312 p., 2014, Colloque de Cerisy, 978 27 05 688 561</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId638" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02792723v1</w:t>
+            <w:hyperlink r:id="rId679" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02795805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId639" w:history="1">
+            <w:hyperlink r:id="rId681" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la docilité à la relation homme-animal d'élevage. Le point de vue de l'animal</w:t>
+                <w:t xml:space="preserve">La place de la relation Homme/animal dans l’élevage d’aujourd’hui ou de demain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les animaux : deux ou trois choses que nous savons d’eux</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, 312 p., 2014, Colloque de Cerisy, 978 27 05 688 561</w:t>
+              <w:t xml:space="preserve">Les filières animales françaises. Caractéristiques, enjeux et perspectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions Tec &amp; Doc Lavoisier, 527 p., 2014, Collection Synthèse Agricole, 978-2-7430-1509-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId639" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02795805v1</w:t>
+            <w:hyperlink r:id="rId681" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02792723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId641" w:history="1">
+            <w:hyperlink r:id="rId682" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Human contact</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId642" w:history="1">
+            <w:hyperlink r:id="rId683" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul H. Hemsworth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal Welfare, 2nd Edition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CAB International, 2011, 978 1 84593 659 4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId641" w:history="1">
+            <w:hyperlink r:id="rId682" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02808908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId643" w:history="1">
+            <w:hyperlink r:id="rId684" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diversité des comportements sociaux chez les mammifères domestiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Boissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lévy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Nowak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ethologie appliquée. Comportements animaux et humains, questions de société</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions Quae, 2009, Synthèses (Quae), 978-2-7592-0191-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId643" w:history="1">
+            <w:hyperlink r:id="rId684" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02816434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId644" w:history="1">
+            <w:hyperlink r:id="rId685" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of period, type and duration of handling on manageability, reactivity and learning ability of horses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Lansade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.F. Bouissou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Horse behaviour and welfare</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 122, Wageningen Academic Publishers, 2007, Publication - European Association for Animal Production (EAAP), 978-90-8686-033-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId644" w:history="1">
+            <w:hyperlink r:id="rId685" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02811687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId645" w:history="1">
+            <w:hyperlink r:id="rId686" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tenir compte du monde sensoriel et social des bovins pour comprendre et construire leur relation avec l'homme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Boissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Manipulations et interventions sur les bovins</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Educagri Editions, 2006, 2-84444-478-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId645" w:history="1">
+            <w:hyperlink r:id="rId686" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02815667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId646" w:history="1">
+            <w:hyperlink r:id="rId687" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The stockperson as a social partner to the animal? A stake for animal welfare</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Le Neindre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal Bioethics. Principles and Teaching Methods</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Wageningen Academic Publishers, 2005, 978-90-76998-58-9. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId647" w:history="1">
+            <w:hyperlink r:id="rId688" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3920/978-90-8686-545-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId646" w:history="1">
+            <w:hyperlink r:id="rId687" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02834209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId648" w:history="1">
+            <w:hyperlink r:id="rId689" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ethogramm des sozialen Leckens beim Rind : Untersuchungen in einer Mutterkuhherde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Schmied</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susanne Waiblinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aktuelle arbeiten zur artgemäßen Tierhaltung 2005</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 441, KTBL, 2005, KTBL-Schrift, 978-3-7843-2189-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId648" w:history="1">
+            <w:hyperlink r:id="rId689" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02832979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId649" w:history="1">
+            <w:hyperlink r:id="rId690" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imitation des sozialen Leckens durch den Menshen : Auswirkungen auf die Kuh-Mensch Beziehung</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Susanne Waiblinger</w:t>
+                <w:t xml:space="preserve">The role of humans in the management of organic herds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId691" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Vaarst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId692" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Wemelsfelder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId693" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Seabrook</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId694" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Idel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aktuelle arbeiten zur artgemäßen Tierhaltung 2004</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 437, KTBL, 2004, KTBL-Schrift, 978-3-7843-2183-7</w:t>
+              <w:t xml:space="preserve">Animal health and welfare in organic agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CABI Publishing, 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId649" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02833930v1</w:t>
+            <w:hyperlink r:id="rId690" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02829054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId650" w:history="1">
+            <w:hyperlink r:id="rId695" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The role of humans in the management of organic herds</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">M. Seabrook</w:t>
+                <w:t xml:space="preserve">Imitation des sozialen Leckens durch den Menshen : Auswirkungen auf die Kuh-Mensch Beziehung</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Schmied</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susanne Waiblinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Idel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal health and welfare in organic agriculture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CABI Publishing, 2004</w:t>
+              <w:t xml:space="preserve">Aktuelle arbeiten zur artgemäßen Tierhaltung 2004</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 437, KTBL, 2004, KTBL-Schrift, 978-3-7843-2183-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId650" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02829054v1</w:t>
+            <w:hyperlink r:id="rId695" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02833930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId655" w:history="1">
+            <w:hyperlink r:id="rId696" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la relation mère-jeune à la relation homme-animal : l'exemple de l'agneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Nowak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'éthologie appliquée aujourd'hui, vol 1 : Bien-être, élevages et expérimentation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions ED, 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId655" w:history="1">
+            <w:hyperlink r:id="rId696" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02827404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId656" w:history="1">
+            <w:hyperlink r:id="rId697" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'importance de l'éleveur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId595" w:history="1">
+            <w:hyperlink r:id="rId602" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B.J. Lensink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Veissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le veau de boucherie : Concilier bien-être animal et production</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INRA Editions, 2003, 2-7380-1053-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId656" w:history="1">
+            <w:hyperlink r:id="rId697" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02831123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId657" w:history="1">
+            <w:hyperlink r:id="rId698" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recherches sur l'établissement des relations entre l'éleveur et les herbivores de rente</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Le Neindre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Trillat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'homme et l'animal : Un débat de société</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INRA Editions, 1999, Un Point sur.. - INRA, 2-7380-0858-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId657" w:history="1">
+            <w:hyperlink r:id="rId698" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02840578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId658" w:history="1">
+            <w:hyperlink r:id="rId699" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les ruminants et l'homme : un vieux lien qu'il faut entretenir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Le Neindre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Trillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Chupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId659" w:history="1">
+            <w:hyperlink r:id="rId700" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Poindron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Boissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comportement et adaptation des animaux domestiques aux contraintes de l'élevage : bases techniques du bien-être animal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INRA, 1994</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId658" w:history="1">
+            <w:hyperlink r:id="rId699" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02848959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId660" w:history="1">
+            <w:hyperlink r:id="rId701" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of early environment on behaviour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Le Neindre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Veissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Boissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Farm animals and the environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CAB International, 1993</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId660" w:history="1">
+            <w:hyperlink r:id="rId701" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02844637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rapport (17)</w:t>
+        <w:t xml:space="preserve">Ouvrages (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId661" w:history="1">
+            <w:hyperlink r:id="rId702" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thematic factsheet - Environmental enrichment for cattle</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Maria Vilain Rørvang</w:t>
+                <w:t xml:space="preserve">Understanding, Assessing and Improving Farm Animal Welfare</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Mounier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Boissy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice de Boyer Des Roches</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId703" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Guatteo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId704" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Duvaux-Ponter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">EURCAW - Ruminants &amp; Equines. 2024</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04648163v1</w:t>
+              <w:t xml:space="preserve">CABI; Quae, 2024, 978-1-80062-802-1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId705" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1079/9781800628045.0000⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId702" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04791470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId664" w:history="1">
+            <w:hyperlink r:id="rId706" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thematic factsheet - Environmental enrichment for equines</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Maria Vilain Rørvang</w:t>
+                <w:t xml:space="preserve">Manipulation et interventions en élevage ovin et caprins.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId707" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Rigal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId708" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Dirand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId709" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Montmeas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId710" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">EURCAW - Ruminants &amp; Equines. 2024</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04648170v1</w:t>
+              <w:t xml:space="preserve">Educagri, Deuxième Edition, pp.231, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId706" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02800307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId665" w:history="1">
+            <w:hyperlink r:id="rId711" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thematic factsheet - Environmental enrichment for sheep</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Maria Vilain Rørvang</w:t>
+                <w:t xml:space="preserve">Bien-être des gros bovins en élevage et qualité des produits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Boissy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Le Neindre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilbert Trillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">EURCAW - Ruminants &amp; Equines. 2024</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04648165v1</w:t>
+              <w:t xml:space="preserve">7 p., 1999</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId711" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02841868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId666" w:history="1">
+            <w:hyperlink r:id="rId712" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thematic factsheet - Environmental enrichment for goats</w:t>
-[...97 lines deleted...]
-                <w:t xml:space="preserve">hal-04648168v1</w:t>
+                <w:t xml:space="preserve">Convention INRA-VALMAC. Rapport Scientifique. Recherche sur la manipulation de bovins allaitants élevés en plein air intégral au domaine INRA de Redon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">11 p., 1995</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId712" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02850046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId667" w:history="1">
+            <w:hyperlink r:id="rId713" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Savoirs d’éleveurs, bien-être animal et santé – SEBEA Métaprogramme SANBA. Bilan de fin de projet : période 2020 – 2022</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Etude de l'établissement des relations entre l'homme et les herbivores d'élevage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...322 lines deleted...]
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Le Neindre</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...923 lines deleted...]
-                <w:t xml:space="preserve">hal-02806155v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">1 p., 1995</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId713" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02847296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Vidéo (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId698" w:history="1">
+            <w:hyperlink r:id="rId714" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relational Practices in Human-Farm Animal Dynamics in Digital Farming. In HCFAI Webinar ~ Farm Tech Meets Animal Care - A Digital Perspective. Eds. Suresh Neethirajan (Dalhousie University), Stacey Scott (University of Guelph)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId698" w:history="1">
+            <w:hyperlink r:id="rId714" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04773415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId699" w:history="1">
+            <w:hyperlink r:id="rId715" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">One Welfare : un dialogue entre l’éthologie et l’ergonomie pour comprendre et agir sur la relation homme-animal et le travail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joffrey Beaujouan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Cromer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId699" w:history="1">
+            <w:hyperlink r:id="rId715" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04190605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId700" w:history="1">
+            <w:hyperlink r:id="rId716" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">#LeRendezVousBEA » Interview – « Il n’y a pas de bien-être animal sans bien-être humain » pour Xavier Boivin, éthologiste directeur de recherche à l’INRAE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId700" w:history="1">
+            <w:hyperlink r:id="rId716" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04216454v1</w:t>
-              </w:r>
-[...742 lines deleted...]
-                <w:t xml:space="preserve">hal-04289917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (15)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId715" w:history="1">
+            <w:hyperlink r:id="rId717" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement d'un outil d'évaluation de la relation homme-animal pour la formation des éleveurs et futurs éleveurs de porcs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId716" w:history="1">
+            <w:hyperlink r:id="rId718" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Bellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId717" w:history="1">
+            <w:hyperlink r:id="rId719" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Delion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">53. Journées de la Recherche Porcine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2021, En ligne, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId718" w:history="1">
+            <w:hyperlink r:id="rId720" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ifip</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Journées de la Recherche Porcine, 53, pp.107-108, 2021, 53èmes Journées de la Recherche Porcine</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId715" w:history="1">
+            <w:hyperlink r:id="rId717" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03214955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId719" w:history="1">
+            <w:hyperlink r:id="rId721" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Indicateur d’évaluation du bien-être des ovins évoqués par les acteurs de terrain au cours d’enquêtes et de focus groupes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Aupiais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Delanoue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agathe Cheype</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Madeleine Mialon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25ème Rencontres Recherche Ruminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2020, Numérique, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId719" w:history="1">
+            <w:hyperlink r:id="rId721" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04216440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId720" w:history="1">
+            <w:hyperlink r:id="rId722" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relation humain-animal en élevage : évaluation, facteurs de risques et conséquences pour le bien-être animal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId480" w:history="1">
+            <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice de Boyer Des Roches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">48. Colloque de la Société Française pour l'Étude du Comportement Animal (Sfeca)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, rennes, France. , 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId720" w:history="1">
+            <w:hyperlink r:id="rId722" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01865113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId721" w:history="1">
+            <w:hyperlink r:id="rId723" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of type of milk on behaviour, health and performance in artificially-fed young meat lambs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Madeleine Mialon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Nowak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denys Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Boissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. International Symposium on the Nutrition of Herbivores (ISNH10)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Clermont-Ferrand, France. Cambridge University Press, Advances in Animal Biosciences, 9 (3), 2018, 10th. International Symposium on the Nutrition of Herbivores (ISNH10)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId721" w:history="1">
+            <w:hyperlink r:id="rId723" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02737428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId722" w:history="1">
+            <w:hyperlink r:id="rId724" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gentle stroking, facial expression and affiliative relationships between lambs and their human caregiver</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Nowak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Lansade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId723" w:history="1">
+            <w:hyperlink r:id="rId725" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carrère E.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Chaillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Cornilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Joined meeting 35. International Ethological Conference &amp; 2017 Summer Meeting of the Association for the Study of Animal Behavior</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Estoril, Portugal. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId722" w:history="1">
+            <w:hyperlink r:id="rId724" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03618199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId724" w:history="1">
+            <w:hyperlink r:id="rId726" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caresses et construction d’une relation d’affinité entre l’agneau et son soigneur : des indices d’expression d’émotions positives chez le jeune animal d’élevage ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Nowak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Calandreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Chaillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Cornilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Leterrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">47. Colloque Annuel de la Société Française pour l’Etude du Comportement Animal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Gif-sur-Yvette, France. , 126 p., 2017, 47ème Colloque de la Société Française pour l’Etude du Comportement Animal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId724" w:history="1">
+            <w:hyperlink r:id="rId726" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01606361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId725" w:history="1">
+            <w:hyperlink r:id="rId727" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Behavioral responses of sheep submitted to human presence and brushing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId726" w:history="1">
+            <w:hyperlink r:id="rId728" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P.R. Tamioso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Boissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herve Chandeze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Andanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">UFAW International Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Londres, United Kingdom. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId725" w:history="1">
+            <w:hyperlink r:id="rId727" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01608199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId727" w:history="1">
+            <w:hyperlink r:id="rId729" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farmers's practices and attitudes towards artificial fed lambs and their mortality in meat systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Malarange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Jarousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. International conference on the assessment of animal welfare at farm and grip level. WAFL 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Ede, Netherlands. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId728" w:history="1">
+            <w:hyperlink r:id="rId730" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Academic Publishers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 280 p., 2017, Proceedings of the 7th International Conference on the Assessment of Animal Welfare at Farm and Group level. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId731" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3920/978-90-8686-862-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId729" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId727" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01607069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId730" w:history="1">
+            <w:hyperlink r:id="rId732" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Décrire et appréhender les pratiques relationnelles des éleveurs avec leurs bovins allaitants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwendoline Elluin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Hostiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Dasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. Rencontres nationales "Travail en élevage"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2015, Dijon, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId731" w:history="1">
+            <w:hyperlink r:id="rId733" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Institut de l'Elevage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 124 p., 2015, 4èmes Rencontres nationales Ttravail en élevage : des acteurs du développement, de la recherche et de la formation, 5 et 6 novembre 2015, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId730" w:history="1">
+            <w:hyperlink r:id="rId732" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02743132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId732" w:history="1">
+            <w:hyperlink r:id="rId734" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution of farm, caretakers and animal characteristics in the human-dairy cattle relationship</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId480" w:history="1">
+            <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice de Boyer Des Roches</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Veissier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6. International Conference on the Assessment of Animal Welfare at Farm and Group Level (WAFL 2014)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Clermont-Ferrand, France. Academic Publishers, 2014, Proceedings of the 6th International Conference of the Assessment of Animal Welfare at Farm and Group Level: WAFL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId732" w:history="1">
+            <w:hyperlink r:id="rId734" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02739096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId733" w:history="1">
+            <w:hyperlink r:id="rId735" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to assess sheep welfare on pasture ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Madeleine Mialon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Brule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId734" w:history="1">
+            <w:hyperlink r:id="rId736" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Beaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Boissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId735" w:history="1">
+            <w:hyperlink r:id="rId737" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6. International Conference on the Assessment of Animal Welfare at Farm and Group Level (WAFL 2014)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Clermont-Ferrand, France. Academic Publishers, 2014, Proceedings of the 6th International Conference on the Assessment of Animal Welfare at Farm and Group Level: WAFL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId733" w:history="1">
+            <w:hyperlink r:id="rId735" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02738955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId736" w:history="1">
+            <w:hyperlink r:id="rId738" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation du bien-être pour des moutons au pâturage</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lien social mère-jeune chez la brebis : un lien préférentiel mère-fille par rapport au lien mère-fils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId488" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Chaillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Cornilleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Nowak</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">44. Colloque annuel de la société française pour l'étude du comportement animal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2012, St Etienne, France. 2012, Colloque annuel de la société française pour l'étude du comportement animal</w:t>
+              <w:t xml:space="preserve">Colloque de la Société Française pour l'Etude du Comportement Animal (SFECA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Saint-Etienne, France. , pp.40, 2012, Le comportement animal : questions proximales et évolutives</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId736" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02750308v1</w:t>
+            <w:hyperlink r:id="rId738" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02745472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId739" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lien social mère-jeune chez la brebis : un lien préférentiel mère-fille par rapport au lien mère-fils</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Evaluation du bien-être pour des moutons au pâturage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Madeleine Mialon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId740" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId741" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaëlle Verney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Brulé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Pottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque de la Société Française pour l'Etude du Comportement Animal (SFECA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2012, Saint-Etienne, France. , pp.40, 2012, Le comportement animal : questions proximales et évolutives</w:t>
+              <w:t xml:space="preserve">44. Colloque annuel de la société française pour l'étude du comportement animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, St Etienne, France. 2012, Colloque annuel de la société française pour l'étude du comportement animal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId739" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02745472v1</w:t>
+                <w:t xml:space="preserve">hal-02750308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId740" w:history="1">
+            <w:hyperlink r:id="rId742" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment des contacts humains réguliers sont-ils perçus par les agneaux ? Analyse du comportement, du cortisol et de la variabilité cardiaque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie M. Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Peyrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Nowak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Andanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine C. Ravel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque de la Société Française pour l'Etude du Comportement Animal (SFECA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2012, Saint-Etienne, France. , pp.40, 2012, Le comportement animal : questions proximales et évolutives</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId740" w:history="1">
+            <w:hyperlink r:id="rId742" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02749973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId741" w:history="1">
+            <w:hyperlink r:id="rId743" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Docilité des veaux limousins et représentations de cette docilité chez les éleveurs/sélectionneurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId563" w:history="1">
+            <w:hyperlink r:id="rId567" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Marcantognini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Trillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Brule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. Rencontres autour des Recherches sur les Ruminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2006, Paris, France. Institut de l'Elevage, Rencontres autour des Recherches sur les Ruminants, 13, 2006, 13èmes Rencontres autour des Recherches sur les Ruminants</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId741" w:history="1">
+            <w:hyperlink r:id="rId743" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02753316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -35345,91 +35432,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId742" w:history="1">
+            <w:hyperlink r:id="rId744" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la docilité à la relation homme-animal…</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université Blaise Pascal (Clermont Ferrand 2), 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId742" w:history="1">
+            <w:hyperlink r:id="rId744" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02803603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -35439,161 +35526,161 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId743" w:history="1">
+            <w:hyperlink r:id="rId745" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapitre 2. La douleur : définitions, concepts, mécanismes chez l'homme et les animaux d'élevage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId744" w:history="1">
+            <w:hyperlink r:id="rId746" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques J. Serviere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId747" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Serrie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Boissy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId748" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Prunet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ce rapport est disponible dans : Expertises Scientifiques Collectives. 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre de rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId745" w:history="1">
-              <w:r>
-[...67 lines deleted...]
-            <w:hyperlink r:id="rId743" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02817963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId747"/>
+      <w:footerReference w:type="default" r:id="rId749"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -35740,51 +35827,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04935798v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Ramonet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Boivin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05123064v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitor Hugo Bessa Ferreira" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Calesse" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Dumontier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Cornilleau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lemarchand" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05105050v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05246122v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Barbier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Mirabito" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Delanoue" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lardy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223857v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04725190v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cheype" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Manceau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gauthier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dugu&#233;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.A. Merle" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808471v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Tallet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Lansade" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851999v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Aupiais" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04918670v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Fourichon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Mounaix" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Beaudeau" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germ&#225;n Cano-Sancho" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109055v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Marois" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233;e de Cremoux" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uranie Jean-Louis" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Legris" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746359v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Aigueperse" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Messager" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Madeleine Mialon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brunet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Hellec" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04830702v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808425v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618897v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Durand" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Lamarque" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04918356v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Delahaye" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04217657v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Cheype" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Manceau" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gauthier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure-Anne Merle" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dugu&#233;" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04341961v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Cheype" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.-A. Merle" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04216380v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Lipp" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04217616v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Neveux" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Audabram" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Iselin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05308745v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ginane" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Parisot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Guittard" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Bonnafe" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03821077v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Guittard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04216369v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04216492v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Botreau" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mallet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Meunier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03843645v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joffrey Beaujouan" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Cromer" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03820015v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Douls" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03941131v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Am&#233;lie Rodien" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03821045v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215853v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04217565v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed El Jabri" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mindus" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182527v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03963737v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04217574v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04216388v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03753623v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04216498v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424185v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Nowak" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Falourd" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Marcon" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Delval" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03581948v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Barbier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ierry Bellec" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Delion" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02975353v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735643v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Bacher" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Prieur" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161563v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02129417v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735143v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Grandgeorge" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738240v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narjis Kra&#239;mi" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Chaillou" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Devaux" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736508v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734726v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Kling-Eveillard" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Courboulay" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03617845v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Gautier" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734728v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Malarange" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jarousse" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Gautier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733781v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734552v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Costes-Thir&#233;" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Deiss" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796856v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800917v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602290v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denys Durand" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Boissy" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743672v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Guesdon" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Meurisse" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01936465v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Destrez" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Coulon" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738578v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Brul&#233;" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Pottier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739327v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739804v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Brule-Aupiais" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Gautier" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Ribaud" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01940762v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Elluin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gaillard" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Hostiou" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Dasse" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794675v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744229v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Venot" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Guerrier" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lajudie" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Dufour" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Leudet" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739440v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Foulquie" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Hazard" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Daubord" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739526v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738539v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739439v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745813v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173647v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Leterrier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lumineau" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Belzung" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744590v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210702v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Archer" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Cognie" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803287v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Dautel" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802660v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605616v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Coulon" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807136v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210701v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Hild" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Andanson" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Ravel" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810780v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745665v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745601v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744787v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie M. Coulon" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Briand" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173661v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Arnould" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Calandreau" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803865v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746264v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Peyrat" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine C. Ravel" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803452v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744460v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803867v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806630v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804742v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745428v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Robin" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Verney" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Brule" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pottier" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749495v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744411v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190381v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748942v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric L&#233;vy" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749641v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Keller" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750435v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gaborit" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Davoine" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ribaud" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01925076v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746043v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bourguet" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Terlouw" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749364v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Guy Marnet" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745979v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756143v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752724v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Benhajali" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Castanier" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Egal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754644v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marko Ruis" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grahame Coleman" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Waiblinger" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Windschnurer" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193528v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Phocas" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Pellegrini" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Sapa" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755598v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Schmied" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814747v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Boulesteix" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193534v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haifa Benhajali" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753166v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Rault" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193343v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haifa Ben Haj Ali" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lajudie" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01860870v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193469v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ha&#239;fa Benhajali" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819683v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193412v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193577v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751132v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814246v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752614v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mazurek" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Earley" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Crowe" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Mcgee" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754077v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Caroprese" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sevi" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Annicchiarico" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Zezza" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753304v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Juzeau" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Prevost" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Trillat" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Godet" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752800v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Gilard" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758363v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Waiblinger" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752336v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mounaix" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757565v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752685v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. L'Hotellier" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752133v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754168v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Damange" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Faure" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Mignon-Grasteau" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mayot" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755891v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409351v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Val-Laillet" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Giraud" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751312v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750960v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Veissier" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756137v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756025v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivi Pedersen" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Vittoria Tosi" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew M. Janczak" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751564v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811589v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758560v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Liaigre" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761851v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Marcantognini" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758960v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761597v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763632v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Faure" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mayot" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Th&#233;m&#233;" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759164v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761079v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759589v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761467v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Breton" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Despr&#232;s" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760506v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schmied" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759367v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Bouissou" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763507v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Le Neindre" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Grignard" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois M&#233;nissier" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761531v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fisher" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques J. Bouix" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759345v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Clement" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bassecoulard-Zitt" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Haussberger" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761185v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.G. Jago" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.C. Krohn" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770123v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Fernandez" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767713v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lensink" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767123v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Raussi" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pyykk&#246;nen" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768776v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765471v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768223v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gaultier" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Garel" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765834v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767231v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Chupin" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766225v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768898v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766676v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02846429v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Dumont" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Petit" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02776184v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02776679v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.N. Bonnet" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778394v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.O. Braastad" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02772861v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777401v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05104838v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psj.2025.105203" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05209371v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Beaudeau" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=German Cano-Sancho" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2025.38.2.9190" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05373252v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2025-vol107-art09" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05153379v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Mounier" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Rimbaud" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Rebout" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2025.101461" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462114v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Litt" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2025.38.4.9406" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04853605v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2024.37.4.8023" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808220v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suresh Neethirajan" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stacey Scott" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Mancini" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Strand" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2024.1490851" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04104440v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2023.105918" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04099041v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Couzy" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2023-vol87-art06" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03784093v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Barbier" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bellec" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Delion" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol85-art25" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03786599v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.M. Bacher" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Prieur" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Veissier" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Boivin" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2022.100568" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03296054v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2021.104535" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03469481v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2021.100395" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03382806v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Madeleine M Mialon" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Durand" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Delval" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2020.100157" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625635v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Aubin-Houzelstein" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Chalmet" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Cl&#233;mot" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02566414v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Allain" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Creach" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2020.104057" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620085v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. R. Tamioso" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Chandeze" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731119001435" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03104083v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Loup Rault" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Hemsworth" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2020.590867" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01860013v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria C. Ceballos" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline C. Sant'Anna" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franciely de Oliveira Costa" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique de L. Carvalhal" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2018.06.019" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01921676v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Haslin" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2018.10.001" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620929v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Bertin" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.beproc.2018.06.015" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625142v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabella Clegg" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heiko R&#246;del" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Delfour" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2018.01.015" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626309v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Regina Tamioso" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Forte Maiolino Molento" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2018.08.001" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01913578v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2018.03.011" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629323v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Dunier" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Bernard" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644053v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Fagon" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chauvat" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Turlot" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603405v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscillia Regina Tamioso" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605635v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605100v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Serrapica" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ada Braghieri" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Napolitano" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2016.11.007" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406210v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psyneuen.2016.05.020" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01345817v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice de Boyer Des Roches" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Gilot-Fromont" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2015-10633" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130510v2" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Chandeze" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0118617" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130495v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Gaudin" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Porte" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2015.01.003" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130508v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2014.09.013" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636075v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04690507v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Frotin" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Bensoussan" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/1zwe-fb33" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129853v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kardiatou Sy" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Prunier" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2014.06.025" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129691v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731112001796" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01921783v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2012-5654" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129767v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psyneuen.2012.07.008" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LBPJKFCT-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210319v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nausicaa L'Hotellier" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bignon" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Brives" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650493v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariangela Caroprese" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marzia Albenzio" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Annicchiarico" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physbeh.2011.08.027" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644193v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2011.02.011" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VM0XHC4J-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645299v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Mazurek" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Mcgee" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Crowe" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Prendiville" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2011.01.004" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z4WGWXF2-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193395v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2010-3132" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659781v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Scala" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/is.11.3.08sch" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662305v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2009.05.011" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G8VBN28W-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666393v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2009.03.012" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BTZ7LT8L-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653851v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668386v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2008.12.013" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3DQHPH8D-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656630v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dev.20254" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-SLKZRNJ4-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668194v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2008.01.017" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J5PSW98J-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667128v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2007-0360" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666542v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theresa Scharl" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friedrich Leisch" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2007.01.013" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5DP9XGFK-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665013v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Ligout" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Bouissou" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2007.12.004" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TXBKNPKV-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655179v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Godet" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663075v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Marcantognini" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Boulesteix" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657556v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dev.20233" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655781v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666697v1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661838v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/ASC200696" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666151v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659870v1" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Hochereau" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eh.045.0169" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01367877v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Giraud" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dev.20142" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653618v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677461v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2005.02.007" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679923v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679166v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bertrand" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2003.12.011" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WRP25J5R-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669403v1" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679398v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681870v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681000v1" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Henry" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Tournadre" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0168-1591(02)00084-9" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RQ8TGRKH-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672359v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.J. Lensink" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671602v1" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Terrazas Garcia" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674259v1" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0168-1591(01)00161-7" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z5WQVWKN-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676120v1" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernardus Johan Lensink" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674004v1" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697518v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691838v1" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pradel" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691722v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694319v1" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688767v1" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Durier" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695010v1" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Mante" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683782v1" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686182v1" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02684986v1" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02687693v1" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02702398v1" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889478v1" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Petit" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02702877v1" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02704619v1" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02704345v1" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02710496v1" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04851477v1" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dufour" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04216821v1" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792732v1" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Barri&#232;re" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice F. Reigner" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449010v1" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Berthelot" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233;e de Cr&#233;moux" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Fatet" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02379238v1" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785606v1" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535365v1" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Kling" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792723v1" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795805v1" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-hermann.fr/4409-les-animaux-deux-ou-trois-choses-que-nous-savons-d-eux.html" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808908v1" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul H. Hemsworth" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816434v1" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811687v1" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815667v1" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834209v1" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-545-1" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832979v1" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833930v1" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829054v1" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vaarst" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Wemelsfelder" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Seabrook" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Idel" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827404v1" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831123v1" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840578v1" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02848959v1" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Poindron" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02844637v1" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04648163v1" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Brunet" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Vilain R&#248;rvang" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04648170v1" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04648165v1" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04648168v1" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04675682v1" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04155620v1" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Arsenos" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angeliki Argyriadou" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sotiria Vouraki" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasileia Fotiadou" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03882777v1" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gilbert" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bouvresse" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian D&#237;az" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Diederich" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03673932v1" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Juin" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Lupo" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Michel" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Saegerman" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736383v1" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736385v1" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594939v1" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792985v1" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792123v1" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796770v1" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Meunier-Sala&#252;n" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798024v1" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bodil H&#248;jlund Nielsen" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Angelucci" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Scalvenzi" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bj&#246;rn Forkman" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Fusi" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809151v1" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806155v1" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773415v1" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04190605v1" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04216454v1" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791470v1" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Guatteo" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Duvaux-Ponter" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1079/9781800628045.0000" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800307v1" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rigal" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dirand" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Montmeas" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Roy" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02841868v1" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02847296v1" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02850046v1" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04217538v1" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04289917v1" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214955v1" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bellec" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Delion" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.journees-recherche-porcine.com/" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04216440v1" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865113v1" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737428v1" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03618199v1" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carr&#232;re E." TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606361v1" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608199v1" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.R. Tamioso" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607069v1" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wafl2017.com/" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-862-9" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743132v1" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/368971.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739096v1" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738955v1" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Beaume" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gautier" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750308v1" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Robin" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Verney" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745472v1" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749973v1" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753316v1" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02803603v1" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817963v1" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques J. Serviere" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Serrie" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Prunet" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05546228v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Tallet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Boivin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04217538v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04289917v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Hellec" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Aigueperse" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brunet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Madeleine Mialon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04935798v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Ramonet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05123064v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitor Hugo Bessa Ferreira" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Calesse" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Dumontier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Cornilleau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lemarchand" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05246122v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Barbier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Mirabito" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Delanoue" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lardy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05105050v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223857v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618897v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Durand" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Lamarque" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04918356v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cheype" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Mounaix" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Manceau" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gauthier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Delahaye" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808471v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Lansade" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851999v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Aupiais" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04918670v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Fourichon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Beaudeau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germ&#225;n Cano-Sancho" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746359v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Messager" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109055v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Marois" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233;e de Cremoux" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uranie Jean-Louis" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Legris" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04725190v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dugu&#233;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.A. Merle" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04830702v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808425v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04341961v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Cheype" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.-A. Merle" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04217616v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Neveux" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Audabram" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Iselin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04216380v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Lipp" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04217657v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Cheype" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Manceau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gauthier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure-Anne Merle" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dugu&#233;" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05308745v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ginane" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Parisot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Guittard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Bonnafe" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182527v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03963737v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Guittard" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04217574v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mindus" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03843645v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joffrey Beaujouan" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Cromer" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03820015v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Douls" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04216492v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Botreau" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mallet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Meunier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04216369v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03821077v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03941131v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Am&#233;lie Rodien" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03821045v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215853v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04217565v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed El Jabri" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03581948v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Barbier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ierry Bellec" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Delion" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03753623v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04216498v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04216388v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424185v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Nowak" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Falourd" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Marcon" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Delval" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02975353v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02129417v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161563v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735643v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Bacher" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Prieur" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736508v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738240v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narjis Kra&#239;mi" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Chaillou" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Devaux" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735143v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Grandgeorge" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734552v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Costes-Thir&#233;" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Deiss" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03617845v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Gautier" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Kling-Eveillard" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734726v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Courboulay" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734728v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Malarange" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jarousse" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Gautier" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733781v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738578v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Brul&#233;" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Pottier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Boissy" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800917v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796856v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743672v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Guesdon" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Meurisse" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602290v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denys Durand" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01936465v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Destrez" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Coulon" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739804v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Brule-Aupiais" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Gautier" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Ribaud" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01940762v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Elluin" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gaillard" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Hostiou" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Dasse" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739327v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794675v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744229v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Venot" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Guerrier" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lajudie" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Dufour" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Leudet" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739526v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739440v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Foulquie" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Hazard" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Daubord" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739439v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738539v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803865v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744590v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210702v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Archer" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Cognie" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807136v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810780v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210701v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Coulon" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Hild" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Andanson" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Ravel" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802660v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605616v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803287v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Dautel" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173647v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Leterrier" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lumineau" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Belzung" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745813v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744787v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie M. Coulon" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Briand" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173661v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Arnould" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Calandreau" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745665v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745601v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745428v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Robin" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Verney" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Brule" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pottier" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803867v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744460v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746264v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Peyrat" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine C. Ravel" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803452v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804742v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806630v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745979v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744411v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750435v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gaborit" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Davoine" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ribaud" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01925076v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749641v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric L&#233;vy" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Keller" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748942v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190381v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749495v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746043v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bourguet" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Terlouw" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749364v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Guy Marnet" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756143v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752724v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Benhajali" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Castanier" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Egal" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754644v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marko Ruis" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grahame Coleman" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Waiblinger" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Windschnurer" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751132v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193577v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haifa Benhajali" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Phocas" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Pellegrini" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Sapa" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755598v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Schmied" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814747v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Boulesteix" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193534v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753166v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Rault" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193343v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haifa Ben Haj Ali" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lajudie" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193528v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01860870v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193469v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ha&#239;fa Benhajali" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819683v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193412v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752614v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mazurek" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Earley" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Crowe" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Mcgee" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814246v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754077v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Caroprese" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sevi" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Annicchiarico" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Zezza" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758363v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Waiblinger" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753304v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Juzeau" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Prevost" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Trillat" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Godet" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752800v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Gilard" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757565v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752685v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. L'Hotellier" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752336v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mounaix" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752133v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758560v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Liaigre" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754168v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Damange" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Faure" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Mignon-Grasteau" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mayot" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755891v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409351v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Val-Laillet" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Giraud" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751312v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756137v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756025v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivi Pedersen" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Vittoria Tosi" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew M. Janczak" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750960v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Veissier" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751564v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811589v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761851v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Marcantognini" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758960v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761597v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763632v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Faure" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mayot" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Th&#233;m&#233;" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759164v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761079v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760506v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schmied" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761467v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Breton" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Despr&#232;s" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759589v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759367v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Bouissou" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763507v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Le Neindre" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Grignard" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois M&#233;nissier" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759345v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Clement" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bassecoulard-Zitt" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Haussberger" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761531v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fisher" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques J. Bouix" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761185v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.G. Jago" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.C. Krohn" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770123v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Fernandez" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768223v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gaultier" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Garel" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765471v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767713v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lensink" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767123v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Raussi" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pyykk&#246;nen" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768776v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766225v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765834v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767231v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Chupin" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768898v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766676v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02776184v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02846429v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Dumont" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Petit" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778394v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.O. Braastad" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02776679v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.N. Bonnet" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02772861v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777401v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05104838v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psj.2025.105203" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05209371v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Beaudeau" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=German Cano-Sancho" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2025.38.2.9190" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05373252v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2025-vol107-art09" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05153379v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Mounier" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Rimbaud" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Rebout" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2025.101461" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462114v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Litt" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2025.38.4.9406" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04853605v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2024.37.4.8023" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808220v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suresh Neethirajan" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stacey Scott" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Mancini" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Strand" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2024.1490851" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04104440v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2023.105918" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04099041v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Couzy" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2023-vol87-art06" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03784093v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Barbier" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bellec" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Delion" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol85-art25" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03786599v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.M. Bacher" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Prieur" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Veissier" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Boivin" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2022.100568" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625635v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Aubin-Houzelstein" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Chalmet" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Cl&#233;mot" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03296054v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2021.104535" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03382806v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Madeleine M Mialon" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Durand" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Delval" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2020.100157" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03469481v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2021.100395" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02566414v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Allain" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Creach" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2020.104057" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620085v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. R. Tamioso" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Chandeze" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731119001435" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03104083v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Loup Rault" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Hemsworth" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2020.590867" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01913578v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Haslin" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2018.03.011" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01921676v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2018.10.001" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01860013v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria C. Ceballos" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline C. Sant'Anna" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franciely de Oliveira Costa" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique de L. Carvalhal" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2018.06.019" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620929v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Bertin" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.beproc.2018.06.015" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625142v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabella Clegg" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heiko R&#246;del" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Delfour" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2018.01.015" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626309v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Regina Tamioso" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Forte Maiolino Molento" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2018.08.001" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644053v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Fagon" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chauvat" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Turlot" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629323v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Dunier" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Bernard" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603405v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscillia Regina Tamioso" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605635v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605100v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Serrapica" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ada Braghieri" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Napolitano" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2016.11.007" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01345817v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice de Boyer Des Roches" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Gilot-Fromont" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2015-10633" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406210v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psyneuen.2016.05.020" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DJPJSJ87-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130495v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Gaudin" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Porte" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2015.01.003" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130508v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2014.09.013" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130510v2" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Chandeze" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0118617" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636075v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129853v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kardiatou Sy" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Prunier" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2014.06.025" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04690507v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Frotin" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Bensoussan" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/1zwe-fb33" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129691v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731112001796" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129767v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psyneuen.2012.07.008" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LBPJKFCT-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01921783v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2012-5654" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210319v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nausicaa L'Hotellier" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bignon" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Brives" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650493v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariangela Caroprese" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marzia Albenzio" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Annicchiarico" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physbeh.2011.08.027" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644193v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2011.02.011" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VM0XHC4J-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645299v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Mazurek" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Mcgee" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Crowe" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Prendiville" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2011.01.004" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z4WGWXF2-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193395v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2010-3132" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659781v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Scala" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/is.11.3.08sch" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662305v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2009.05.011" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G8VBN28W-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653851v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666393v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2009.03.012" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BTZ7LT8L-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668386v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2008.12.013" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3DQHPH8D-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666542v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theresa Scharl" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friedrich Leisch" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2007.01.013" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5DP9XGFK-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665013v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Ligout" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Bouissou" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2007.12.004" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TXBKNPKV-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668194v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2008.01.017" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J5PSW98J-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656630v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dev.20254" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-SLKZRNJ4-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667128v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2007-0360" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655179v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Godet" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663075v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Marcantognini" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Boulesteix" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657556v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dev.20233" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666697v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659870v1" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Hochereau" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eh.045.0169" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01367877v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Giraud" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dev.20142" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666151v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661838v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/ASC200696" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655781v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653618v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677461v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2005.02.007" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679923v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679166v1" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bertrand" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2003.12.011" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WRP25J5R-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681870v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679398v1" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669403v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681000v1" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Henry" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Tournadre" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0168-1591(02)00084-9" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RQ8TGRKH-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676120v1" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernardus Johan Lensink" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674004v1" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672359v1" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.J. Lensink" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671602v1" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Terrazas Garcia" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674259v1" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0168-1591(01)00161-7" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z5WQVWKN-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694319v1" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697518v1" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691838v1" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pradel" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691722v1" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695010v1" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Mante" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688767v1" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Durier" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683782v1" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02687693v1" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686182v1" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02684986v1" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02702398v1" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889478v1" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Petit" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02702877v1" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02704619v1" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02710496v1" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02704345v1" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04648168v1" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Brunet" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Vilain R&#248;rvang" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04648170v1" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04648163v1" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04648165v1" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04155620v1" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Arsenos" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angeliki Argyriadou" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sotiria Vouraki" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasileia Fotiadou" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04675682v1" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03882777v1" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gilbert" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bouvresse" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian D&#237;az" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Diederich" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03673932v1" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Juin" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Lupo" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Michel" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Saegerman" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736385v1" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736383v1" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594939v1" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792985v1" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796770v1" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Meunier-Sala&#252;n" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798024v1" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bodil H&#248;jlund Nielsen" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Angelucci" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Scalvenzi" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bj&#246;rn Forkman" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Fusi" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792123v1" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809151v1" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806155v1" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04851477v1" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dufour" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04216821v1" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792732v1" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Barri&#232;re" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice F. Reigner" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449010v1" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Berthelot" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233;e de Cr&#233;moux" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Fatet" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02379238v1" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785606v1" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535365v1" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Kling" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795805v1" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-hermann.fr/4409-les-animaux-deux-ou-trois-choses-que-nous-savons-d-eux.html" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792723v1" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808908v1" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul H. Hemsworth" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816434v1" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811687v1" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815667v1" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834209v1" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-545-1" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832979v1" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829054v1" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vaarst" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Wemelsfelder" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Seabrook" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Idel" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833930v1" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827404v1" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831123v1" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840578v1" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02848959v1" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Poindron" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02844637v1" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791470v1" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Guatteo" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Duvaux-Ponter" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1079/9781800628045.0000" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800307v1" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rigal" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dirand" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Montmeas" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Roy" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02841868v1" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02850046v1" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02847296v1" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773415v1" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04190605v1" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04216454v1" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214955v1" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bellec" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Delion" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.journees-recherche-porcine.com/" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04216440v1" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865113v1" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737428v1" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03618199v1" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carr&#232;re E." TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606361v1" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608199v1" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.R. Tamioso" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607069v1" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wafl2017.com/" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-862-9" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743132v1" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/368971.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739096v1" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738955v1" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Beaume" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gautier" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745472v1" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750308v1" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Robin" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Verney" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749973v1" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753316v1" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02803603v1" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817963v1" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques J. Serviere" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Serrie" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Prunet" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>