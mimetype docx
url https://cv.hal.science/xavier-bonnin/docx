--- v0 (2026-03-03)
+++ v1 (2026-03-28)
@@ -66,1223 +66,1089 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (9)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overview of T and D–T results in JET with ITER-like wall</w:t>
+                <w:t xml:space="preserve">Models and data analysis tools for the Solar Orbiter mission</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C.F. Maggi</w:t>
+                <w:t xml:space="preserve">A. Rouillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Abate</w:t>
+                <w:t xml:space="preserve">R F Pinto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Abid</w:t>
+                <w:t xml:space="preserve">A. Vourlidas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Abreu</w:t>
+                <w:t xml:space="preserve">A. de Groof</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Adabonyan</w:t>
+                <w:t xml:space="preserve">W T Thompson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Fusion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 64 (11), pp.112012. </w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1741-4326/ad3e16⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201935305⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05282887v1</w:t>
+                <w:t xml:space="preserve">hal-02391487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Models and data analysis tools for the Solar Orbiter mission</w:t>
+                <w:t xml:space="preserve">Current-Mode Approach in Power Supplies for DBD Excilamps: Review of 4 Topologies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Rouillard</w:t>
+                <w:t xml:space="preserve">Rafael Diez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R F Pinto</w:t>
+                <w:t xml:space="preserve">Hubert Piquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Vourlidas</w:t>
+                <w:t xml:space="preserve">David Florez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. de Groof</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Xavier Bonnin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/201935305⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Plasma Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 43 (1), pp.452-460. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TPS.2014.2370796⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02391487v1</w:t>
+                <w:t xml:space="preserve">hal-01409232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Current-Mode Approach in Power Supplies for DBD Excilamps: Review of 4 Topologies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Couplings between a resonant current source power supply and a DBD excilamp</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Piquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Florez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rafael Diez</w:t>
+                <w:t xml:space="preserve">X. Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hubert Piquet</w:t>
+                <w:t xml:space="preserve">Antoine Belinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Florez</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Xavier Bonnin</w:t>
+                <w:t xml:space="preserve">R Diez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Plasma Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Atmospheric and Oceanic Optics (Optika Atmosfery i Okeana)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 27 (4), pp.354-362</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01409232v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02505854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Couplings between a resonant current source power supply and a DBD excilamp</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Maximization of the working domain of an Atmospheric Pressure Townsend Discharge (APTD) using a current-source static converter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bouzidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Bonnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Naudé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Piquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hubert Piquet</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Antoine Belinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric and Oceanic Optics (Optika Atmosfery i Okeana)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 550, pp.012044. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/550/1/012044⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02505854v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02506386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maximization of the working domain of an Atmospheric Pressure Townsend Discharge (APTD) using a current-source static converter</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">A High Voltage High Frequency Resonant Inverter for Supplying DBD Devices with Short Discharge Current Pulses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Bonnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julio Brandelero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Videau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Piquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Meynard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1742-6596/550/1/012044⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, vol. 29 (n° 8), pp. 4261-4269. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TPEL.2013.2295525⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02506386v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01407703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A High Voltage High Frequency Resonant Inverter for Supplying DBD Devices with Short Discharge Current Pulses</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Design of a current converter to maximize the power into homogeneous dielectric barrier discharge (DBD) devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Piquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Naudé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Chérif Bouzidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ghérardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TPEL.2013.2295525⟩</w:t>
+              <w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, vol. 64 (n° 1), pp. 10901. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjap/2013130080⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01407703v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01407867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of a current converter to maximize the power into homogeneous dielectric barrier discharge (DBD) devices</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Parameters Identification and Gas Behavior Characterization of DBD Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andres Mauricio Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Piquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Patino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Diez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bonnin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/epjap/2013130080⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Plasma Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, vol. 41 (n° 8), pp. 2335-2342. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TPS.2013.2273462⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01407867v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01425294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parameters Identification and Gas Behavior Characterization of DBD Systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Studying Sun–Planet Connections Using the Heliophysics Integrated Observatory (HELIO)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Pérez-Suárez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Maloney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Higgins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andres Mauricio Lopez</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hubert Piquet</w:t>
+                <w:t xml:space="preserve">D. Bloomfield</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
-              <w:r>
-[...154 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Gallagher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Solar Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 280 (2), pp.603-621. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11207-012-0110-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02863387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1292,1577 +1158,1577 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards a Multi-Decadal Dataset of Auroral Kilometric Radiation (AKR) Source Parameters with Wind/WAVES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Waters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caitriona Jackman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Whiter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Europlanet Science Congress 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2020, online, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/epsc2020-1087⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03044152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a 100 kW, 12.5 kV, 22 kHz and 30 kV insulated medium frequency transformer for compact and reliable medium voltage power conversion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Isler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toufann Chaudhuri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Aguglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Abel Bonnin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2017 19th European Conference on Power Electronics and Applications (EPE'17 ECCE Europe)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Warsaw, Poland. pp.P.1-P.10, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.23919/EPE17ECCEEurope.2017.8099196⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02605031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of a hybrid bouncer system for high precision klystron modulators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Aguglia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2016 IEEE International Power Modulator and High Voltage Conference (IPMHVC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, San Francisco, United States. pp.128-131, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/IPMHVC.2016.8012900⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02605086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A modular 200kW-25kV DC medium frequency resonant converter for RF power amplifiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Aguglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. de Mallac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Pittet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2016 IEEE International Power Modulator and High Voltage Conference (IPMHVC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, San Francisco, United States. pp.529-533, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/IPMHVC.2016.8012901⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02605157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximisation of the working domain of an Atmospheric Pressure Townsend Discharge using a current converter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. C. Bouzidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Naudé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Piquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Belinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hakone XIV, 14th International Symposium on High Pressure Low Temperature Plasma Chemistry, September 21-26, 2014, Zinnowitz (GERMANY)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Zinnowitz, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03878004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation des pertes par commutation pour la conception des convertisseurs et applications des composants grand gap</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julio Brandelero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernardo Cougo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Meynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Videau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Goualard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium de Génie Électrique 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2014, Cachan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01065310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of the transformer in the current mode supply of dielectric barrier discharge excimer lamps</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Couplings between the power generator and a DBD Excilamp supplied with a resonant current source</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Piquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Florez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Belinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafael Diez</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hubert Piquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2013 Brazilian Power Electronics Conference (COBEP 2013)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">AMPL'2013 Atomic and Molecular Pulsed Lasers AMPL - 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Tomsk, Russia</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02515187v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02618598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Couplings between the power generator and a DBD Excilamp supplied with a resonant current source</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Impact of the transformer in the current mode supply of dielectric barrier discharge excimer lamps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Florez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Bonnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Diez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Piquet</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Rafael Diez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AMPL'2013 Atomic and Molecular Pulsed Lasers AMPL - 2013</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2013 Brazilian Power Electronics Conference (COBEP 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Gramado, Brazil. pp.1171-1176, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/COBEP.2013.6785263⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02618598v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02515187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Designing the high voltage transformer of power supplies for DBD: Windings arrangment to reduce the parasitic capacitive effects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Piquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafael Diez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Florez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Power Electronics and Applications (EPE), 2013 15th European Conference on</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2013, Lille, France. pp. 1-9, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/EPE.2013.6631928⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01444212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence des caractéristiques géométriques et électriques du diélectrique sur une Décharge à Barrière Diélectrique homogène dans l’azote à pression atmosphérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Cherif Bouzidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Naudé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Piquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gherardi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plasma QUEBEC 2012, CANADA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Quebec, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03877967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alimentation électrique de type source de courant pour une Décharge à Barrière Diélectrique homogène dans l’azote à pression atmosphérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Naudé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Piquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Cherif Bouzidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gherardi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plasma QUEBEC 2012, CANADA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Quebec, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03877968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alimentation électrique des dispositifs de décharges à barrières diélectriques pour le traitement de surface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Piquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Naudé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gherardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Marc Blaquière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPF 2011: Electronique de Puissance du Futur, Belfort, France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Belfort, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03877966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alimentation électrique des dispositifs à décharge à barrière diélectrique (DBD)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Piquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Naudé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ghérardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Blaquière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EF'11 - Electronique de Puissance du Futur EPF'2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2011, Belfort, France. pp. 1-10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01984451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2872,154 +2738,154 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impacts of mechanical fields on hydrogen transport in ITER divertor monoblocks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shihao Bian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Mougenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Wauters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th International Conference on Metals and Hydrogen</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Ghent, Belgium. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03886786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3029,147 +2895,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Système rayonnant forte puissance à agilité de faisceaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Lalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edson Martinod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Jecko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Lalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02456021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3179,114 +3045,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alimentation électrique des dispositifs de décharge à barrière diélectrique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bonnin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Energie électrique. Institut National Polytechnique de Toulouse - INPT, 2014. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2014INPT0110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04260941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId106"/>
+      <w:footerReference w:type="default" r:id="rId99"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3433,51 +3299,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282887v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.F. Maggi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Abate" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Abid" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Abreu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Adabonyan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ad3e16" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391487v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rouillard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R F Pinto" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vourlidas" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. de Groof" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W T Thompson" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201935305" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409232v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Diez" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Piquet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Florez" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bonnin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPS.2014.2370796" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505854v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Florez" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Bonnin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Belinger" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Diez" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02506386v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bouzidi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Naud&#233;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/550/1/012044" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407703v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Brandelero" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Videau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Meynard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2013.2295525" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407867v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ch&#233;rif Bouzidi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gh&#233;rardi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2013130080" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425294v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Mauricio Lopez" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Patino" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPS.2013.2273462" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863387v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. P&#233;rez-Su&#225;rez" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Maloney" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Higgins" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bloomfield" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gallagher" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11207-012-0110-x" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03044152v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Waters" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caitriona Jackman" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Whiter" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lamy" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2020-1087" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02605031v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Isler" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toufann Chaudhuri" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Aguglia" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Abel Bonnin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EPE17ECCEEurope.2017.8099196" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02605086v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Aguglia" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPMHVC.2016.8012900" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02605157v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. de Mallac" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pittet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPMHVC.2016.8012901" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878004v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. C. Bouzidi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065310v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernardo Cougo" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Goualard" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02515187v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/COBEP.2013.6785263" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02618598v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444212v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EPE.2013.6631928" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877967v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Cherif Bouzidi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gherardi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877968v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877966v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Blaqui&#232;re" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984451v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Blaqui&#232;re" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886786v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shihao Bian" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Mougenot" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Charles" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Wauters" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456021v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Lalande" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Andrieu" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edson Martinod" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Jecko" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Lalle" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04260941v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014INPT0110" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391487v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rouillard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R F Pinto" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vourlidas" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. de Groof" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W T Thompson" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201935305" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409232v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Diez" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Piquet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Florez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bonnin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPS.2014.2370796" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505854v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Florez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Bonnin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Belinger" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Diez" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02506386v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bouzidi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Naud&#233;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/550/1/012044" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407703v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Brandelero" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Videau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Meynard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2013.2295525" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407867v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ch&#233;rif Bouzidi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gh&#233;rardi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2013130080" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425294v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Mauricio Lopez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Patino" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPS.2013.2273462" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863387v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. P&#233;rez-Su&#225;rez" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Maloney" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Higgins" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bloomfield" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gallagher" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11207-012-0110-x" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03044152v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Waters" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caitriona Jackman" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Whiter" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lamy" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2020-1087" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02605031v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Isler" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toufann Chaudhuri" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Aguglia" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Abel Bonnin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EPE17ECCEEurope.2017.8099196" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02605086v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Aguglia" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPMHVC.2016.8012900" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02605157v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. de Mallac" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pittet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPMHVC.2016.8012901" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878004v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. C. Bouzidi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065310v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernardo Cougo" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Goualard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02618598v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02515187v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/COBEP.2013.6785263" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444212v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EPE.2013.6631928" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877967v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Cherif Bouzidi" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gherardi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877968v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877966v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Blaqui&#232;re" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984451v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Blaqui&#232;re" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886786v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shihao Bian" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Mougenot" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Charles" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Wauters" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456021v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Lalande" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Andrieu" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edson Martinod" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Jecko" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Lalle" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04260941v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014INPT0110" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>