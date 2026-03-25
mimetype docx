--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -175,55 +175,55 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Diandian Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Nguyen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EuroS&amp;P 2025 - 10th IEEE European Symposium on Security and Privacy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Venice, Italy</w:t>
+              <w:t xml:space="preserve">10th IEEE European Symposium on Security and Privacy (EuroS&amp;P 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Venise, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05027266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
@@ -766,347 +766,347 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03754563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How to (Legally) Keep Secrets from Mobile Operators</w:t>
+                <w:t xml:space="preserve">Generic Plaintext Equality and Inequality Proofs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ghada Arfaoui</w:t>
+                <w:t xml:space="preserve">Olivier Blazy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Bultel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Lafourcade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Blazy</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Octavio Perez-Kempner</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Security - ESORICS 2021 - 26th European Symposium on Research in Computer Security, Darmstadt, Germany, October 4-8, 2021, Proceedings, Part I</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-88418-5_2⟩</w:t>
+              <w:t xml:space="preserve">Financial Cryptography and Data Security Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Online, Unknown Region. pp.415--435, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-662-64322-8\_20⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03478246v1</w:t>
+                <w:t xml:space="preserve">hal-03478247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generic Plaintext Equality and Inequality Proofs</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">How to (Legally) Keep Secrets from Mobile Operators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghada Arfaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Blazy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bultel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pascal Lafourcade</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alain Fouque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Octavio Perez-Kempner</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Thibaut Jacques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Financial Cryptography and Data Security Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Online, Unknown Region. pp.415--435, </w:t>
+              <w:t xml:space="preserve">Computer Security - ESORICS 2021 - 26th European Symposium on Research in Computer Security, Darmstadt, Germany, October 4-8, 2021, Proceedings, Part I</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Online, Unknown Region. pp.23--43, </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-662-64322-8\_20⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-88418-5_2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03478247v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03478246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SAID: Reshaping Signal into an Identity-Based Asynchronous Messaging Protocol with Authenticated Ratcheting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Blazy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angèle Bossuat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bultel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alain Fouque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Onete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1475,295 +1475,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01777997v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Security Analysis and Psychological Study of Authentication Methods with PIN Codes</w:t>
+                <w:t xml:space="preserve">Physical Zero-Knowledge Proof for Makaro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bultel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jannik Dreier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Guillaume Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Lafourcade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Giraud</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Timothée Kheyrkhah</w:t>
+                <w:t xml:space="preserve">Daiki Miyahara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RCIS 2018 - IEEE 12th International Conference on Research Challenges in Information Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/RCIS.2018.8406648⟩</w:t>
+              <w:t xml:space="preserve">SSS 2018 - 20th International Symposium on Stabilization, Safety, and Security of Distributed Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Tokyo, Japan. pp.111-125, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-03232-6_8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01777898v1</w:t>
+                <w:t xml:space="preserve">hal-01898048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physical Zero-Knowledge Proof for Makaro</w:t>
+                <w:t xml:space="preserve">Security Analysis and Psychological Study of Authentication Methods with PIN Codes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bultel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jannik Dreier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Pascal Lafourcade</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Izaute</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daiki Miyahara</w:t>
+                <w:t xml:space="preserve">Timothée Kheyrkhah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SSS 2018 - 20th International Symposium on Stabilization, Safety, and Security of Distributed Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Tokyo, Japan. pp.111-125, </w:t>
+              <w:t xml:space="preserve">RCIS 2018 - IEEE 12th International Conference on Research Challenges in Information Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Nantes, France. pp.1--11, </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-03232-6_8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/RCIS.2018.8406648⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01898048v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01777898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Secure Joins with MapReduce</w:t>
               </w:r>
@@ -1775,51 +1775,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bultel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radu Ciucanu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Lafourcade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1864,657 +1864,657 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01903098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Verifiable Private Polynomial Evaluation</w:t>
+                <w:t xml:space="preserve">Unlinkable and Strongly Accountable Sanitizable Signatures from Verifiable Ring Signatures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bultel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Lafourcade</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th International Conference on Provable Security (ProvSec 2017)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Xi'an, China. pp.487-506</w:t>
+              <w:t xml:space="preserve">International Conference on Cryptology and Network Security</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Hong Kong, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01689825v1</w:t>
+                <w:t xml:space="preserve">hal-01964491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Secure Matrix Multiplication with MapReduce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bultel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radu Ciucanu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Lafourcade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th International Conference on Availability, Reliability and Security ARES</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2017, Reggio Di Calabria, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01927273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SPADE : un protocole délimiteur de distance anonyme et résistant à la fraude terroriste</w:t>
+                <w:t xml:space="preserve">Verifiable Private Polynomial Evaluation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bultel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Manik Lal Das</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hardik Gajera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">David Gérault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Cristina Onete</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ALGOTEL 2017 - 19èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Quiberon, France</w:t>
+              <w:t xml:space="preserve">11th International Conference on Provable Security (ProvSec 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Xi'an, China. pp.487-506</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01524410v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01689825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Terrorist-fraud Resistant and Extractor-free Anonymous Distance-bounding Protocol</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">SPADE : un protocole délimiteur de distance anonyme et résistant à la fraude terroriste</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bultel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Gambs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">David Gerault</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gérault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Lafourcade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Onete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Asia Conference on Information, Computer and Communications Security</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ALGOTEL 2017 - 19èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Quiberon, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01588560v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01524410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unlinkable and Strongly Accountable Sanitizable Signatures from Verifiable Ring Signatures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Terrorist-fraud Resistant and Extractor-free Anonymous Distance-bounding Protocol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gildas Avoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bultel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Gambs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gerault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Lafourcade</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Cryptology and Network Security</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Asia Conference on Information, Computer and Communications Security</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Abu Dhabi, United Arab Emirates. pp.800-814, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3052973.3053000⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01964491v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01588560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Prover-Anonymous and Terrorist-Fraud Resistant Distance-Bounding Protocol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bultel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Gambs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gérault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Lafourcade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2695,51 +2695,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Two Secure Anonymous Proxy-based Data Storages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Blazy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bultel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2981,51 +2981,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anonymizable Ring Signature Without Pairing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Blazy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bultel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3225,77 +3225,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The privacy of the TLS 1.3 protocol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghada Arfaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bultel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alain Fouque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adina Nedelcu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3355,90 +3355,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SAID: Reshaping Signal into an Identity-Based Asynchronous Messaging Protocol with Authenticated Ratcheting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Blazy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angèle Bossuat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bultel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alain Fouque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Onete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3766,51 +3766,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027266v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bultel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chevalier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Jojon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diandian Liu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Nguyen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04620483v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lafourcade" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726565v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Olivier-Anclin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-97-8013-6_10" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644979v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624521v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.FUN.2024.7" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04008484v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rohann Bella" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03754563v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.FUN.2022.9" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-03478246v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghada Arfaoui" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Blazy" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Fouque" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Jacques" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-88418-5_2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-03478247v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Octavio Perez-Kempner" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-64322-8\_20" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307142v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#232;le Bossuat" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Onete" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EuroSP.2019.00030" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01959762v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01964514v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Russell W F Lai" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulio Malavolta" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Schr&#246;der" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777997v2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jannik Dreier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Guillaume Dumas" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.FUN.2018.13" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777898v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Giraud" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Izaute" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Kheyrkhah" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RCIS.2018.8406648" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898048v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daiki Miyahara" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-03232-6_8" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01903098v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radu Ciucanu" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lihua Ye" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689825v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manik Lal Das" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hardik Gajera" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David G&#233;rault" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927273v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01524410v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gambs" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588560v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Avoine" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gerault" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3052973.3053000" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01964491v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01510800v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2939918.2939919" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01326059v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.FUN.2016.8" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382950v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0005962402510258" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01691940v2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ARES.2016.37" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01369535v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-33630-5_2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382951v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611751v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2020.05.034" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482253v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adina Nedelcu" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2478/popets-2019-0065" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307143v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397035v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika More" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01611194.2016.1238422" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027266v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bultel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chevalier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Jojon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diandian Liu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Nguyen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04620483v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lafourcade" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726565v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Olivier-Anclin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-97-8013-6_10" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644979v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624521v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.FUN.2024.7" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04008484v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rohann Bella" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03754563v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.FUN.2022.9" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-03478247v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Blazy" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Octavio Perez-Kempner" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-64322-8\_20" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-03478246v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghada Arfaoui" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Fouque" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Jacques" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-88418-5_2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307142v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#232;le Bossuat" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Onete" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EuroSP.2019.00030" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01959762v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01964514v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Russell W F Lai" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulio Malavolta" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Schr&#246;der" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777997v2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jannik Dreier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Guillaume Dumas" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.FUN.2018.13" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898048v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daiki Miyahara" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-03232-6_8" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777898v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Giraud" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Izaute" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Kheyrkhah" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RCIS.2018.8406648" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01903098v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radu Ciucanu" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lihua Ye" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01964491v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927273v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689825v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manik Lal Das" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hardik Gajera" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David G&#233;rault" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01524410v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gambs" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588560v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Avoine" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gerault" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3052973.3053000" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01510800v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2939918.2939919" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01326059v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.FUN.2016.8" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382950v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0005962402510258" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01691940v2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ARES.2016.37" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01369535v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-33630-5_2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382951v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611751v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2020.05.034" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482253v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adina Nedelcu" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2478/popets-2019-0065" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307143v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397035v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika More" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01611194.2016.1238422" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>