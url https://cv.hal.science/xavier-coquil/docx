--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -337,51 +337,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Cerf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Lusson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NOV'AE</w:t>
+              <w:t xml:space="preserve">NOV'AE - Numéros spéciaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 2, pp.1-12. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.17180/novae-2023-NO-art02⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
@@ -392,338 +392,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04069443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Involvement of women farmers in the agro-ecological transition and transformation of their work : chronicle of the agricultural organization Groupe Femmes 44</w:t>
+                <w:t xml:space="preserve">TEASER-Lab : faire l'expérience d’une transition agri-alimentaire par la coopération autour d’actions fédératrices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Serpossian</w:t>
+                <w:t xml:space="preserve">Fabienne Barataud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Coquil</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexis Annes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Sustainable Food Systems</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Géocarrefour - Revue de géographie de Lyon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 96 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/geocarrefour.20420⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fsufs.2022.869533⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04002305v1</w:t>
+                <w:t xml:space="preserve">hal-04904854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TEASER-Lab : faire l'expérience d’une transition agri-alimentaire par la coopération autour d’actions fédératrices</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">TRANSAE -Accompagner le développement de l'activité de travail des agricultrices et agriculteurs via la communauté d'apprentissage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Coquil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves J.-Y. Pailleux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Lusson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Géocarrefour - Revue de géographie de Lyon</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/geocarrefour.20420⟩</w:t>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 85, pp.359-370. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17180/ciag-2022-vol85-art28⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04904854v1</w:t>
+                <w:t xml:space="preserve">hal-03791784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TRANSAE -Accompagner le développement de l'activité de travail des agricultrices et agriculteurs via la communauté d'apprentissage</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Involvement of women farmers in the agro-ecological transition and transformation of their work : chronicle of the agricultural organization Groupe Femmes 44</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Serpossian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marie Lusson</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Annes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 85, pp.359-370. </w:t>
+              <w:t xml:space="preserve">Frontiers in Sustainable Food Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 6, pp.869533. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.17180/ciag-2022-vol85-art28⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fsufs.2022.869533⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03791784v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04002305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Can living labs offer a pathway to support local agri-food sustainability transitions?</w:t>
               </w:r>
@@ -748,51 +748,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Anglade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Feche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Barataud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Mignolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -986,51 +986,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Anglade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Barataud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1088,290 +1088,290 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02194742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richesse créée, rémunération et transformations du travail en systèmes laitiers économes et autonomes en agriculture biologique</w:t>
+                <w:t xml:space="preserve">Questioning the work of farmers, advisors, teachers and researchers in agro-ecological transition. A review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Cerf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clémentine Franck</w:t>
+                <w:t xml:space="preserve">Caroline Auricoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Veysset</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Yves J.-Y. Pailleux</w:t>
+                <w:t xml:space="preserve">Alexandre Joannon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cecile Fiorelli</w:t>
+                <w:t xml:space="preserve">Flore Barcellini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fourrages</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Agronomy for Sustainable Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 38 (5), pp.1-11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13593-018-0524-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02626052v1</w:t>
+                <w:t xml:space="preserve">hal-02094932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Questioning the work of farmers, advisors, teachers and researchers in agro-ecological transition. A review</w:t>
+                <w:t xml:space="preserve">Richesse créée, rémunération et transformations du travail en systèmes laitiers économes et autonomes en agriculture biologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Joannon</w:t>
+                <w:t xml:space="preserve">Clémentine Franck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flore Barcellini</w:t>
+                <w:t xml:space="preserve">Patrick Veysset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves J.-Y. Pailleux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Fiorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agronomy for Sustainable Development</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Fourrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 235, pp.175-180</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-02094932v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02626052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mise en réseau d’expérimentations de longue durée de systèmes de grande culture en agriculture biologique : apports méthodologiques et enseignements pour des systèmes très économes en phytosanitaires</w:t>
               </w:r>
@@ -1589,239 +1589,239 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03086823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conception d'une conduite de génisses laitières sous vaches nourrices : pour une intensification écologique des systèmes d'élevage herbager ?</w:t>
+                <w:t xml:space="preserve">Professional transitions towards sustainable farming systems: The development of farmers' professional worlds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Hellec</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Pailler</w:t>
+                <w:t xml:space="preserve">Benoit Dedieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Beguin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fourrages</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">WORK: A Journal of Prevention, Assessment &amp; Rehabilitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 57 (3), pp.325-337. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3233/WOR-172565⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02622655v1</w:t>
+                <w:t xml:space="preserve">hal-02620623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Professional transitions towards sustainable farming systems: The development of farmers' professional worlds</w:t>
+                <w:t xml:space="preserve">Conception d'une conduite de génisses laitières sous vaches nourrices : pour une intensification écologique des systèmes d'élevage herbager ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Hellec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Dedieu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pascal Beguin</w:t>
+                <w:t xml:space="preserve">Isabelle Pailler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WORK: A Journal of Prevention, Assessment &amp; Rehabilitation</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Fourrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 231, pp.213-222</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02620623v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02622655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transitions vers des systèmes autonomes et économes en intrants avec élevages de bovins : freins, motivations, apprentissages</w:t>
               </w:r>
@@ -2017,468 +2017,468 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02636297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ressources pour une transition vers des systèmes de polyculture - élevage plus autonomes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xavier Coquil</w:t>
+                <w:t xml:space="preserve">Transition to self-sufficient mixed crop-dairy farming systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier X. Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Beguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Benoit Dedieu</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit B. Dedieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fourrages</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Renewable Agriculture and Food Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 29 (3), pp.195-205. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S1742170513000458⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01195380v1</w:t>
+                <w:t xml:space="preserve">hal-02641585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Systèmes de polyculture élevage laitiers évoluant vers l'AB</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Beguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Dedieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Économie rurale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 339-340, pp.81-94</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01195382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transition to self-sufficient mixed crop-dairy farming systems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Interrelations cultures-élevage dans les systèmes de polyculture élevage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain A. Havet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier X. Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis J.-L. Fiorelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annick A. Gibon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Renewable Agriculture and Food Systems</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 39, pp.99-111. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17180/ngwt-aj05⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S1742170513000458⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02641585v1</w:t>
+                <w:t xml:space="preserve">hal-02630106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interrelations cultures-élevage dans les systèmes de polyculture élevage</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ressources pour une transition vers des systèmes de polyculture - élevage plus autonomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Coquil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Beguin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Lusson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Dedieu</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Fourrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 219, pp.203-212</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.17180/ngwt-aj05⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02630106v1</w:t>
+                <w:t xml:space="preserve">hal-01195380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Review of livestock farmer adaptations to increase forages in crop rotations in western France</w:t>
               </w:r>
@@ -2516,51 +2516,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Fiorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Gibon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Martel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 190, pp.120-127. </w:t>
@@ -2770,51 +2770,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Fiorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Trommenschlager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Dedieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Innovations Agronomiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 22, pp.85-99. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2848,77 +2848,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des économies d'intrants en systèmes de polyculture-élevage laitier : Renforcer les connexions entre cultures et élevage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier X. Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal P. Beguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit B. Dedieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Alter Agri</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 109, pp.6-10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3086,51 +3086,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'élevage façonne les paysages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Benoît</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier X. Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis J.-L. Fiorelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3162,572 +3162,572 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02654588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets de la dynamique des pratiques culturales lors de la conversion à l'Agriculture Biologique sur la végétation des prairies permanentes</w:t>
+                <w:t xml:space="preserve">Le modèle Dexi-SH* pour une évaluation multicritère de la durabilité agro-écologique des systèmes d’élevage bovins laitiers herbagers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Gaujour</w:t>
+                <w:t xml:space="preserve">Mathilde Gerber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Amiaud</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Louis J.-L. Fiorelli</w:t>
+                <w:t xml:space="preserve">Laura Astigarraga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine C. Mignolet</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Christian C. Bockstaller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Fiorelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Hostiou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Innovations Agronomiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 4, pp.229-238. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.17180/39yn-0v31⟩</w:t>
+              <w:t xml:space="preserve">, 2009, 4, pp.249-252. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17180/c6ay-2v28⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02662928v1</w:t>
+                <w:t xml:space="preserve">hal-01173148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le modèle Dexi-SH* pour une évaluation multicritère de la durabilité agro-écologique des systèmes d’élevage bovins laitiers herbagers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Gerber</w:t>
+                <w:t xml:space="preserve">L'agriculture biologique testée à l'INRA-ASTER de Mirecourt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier X. Coquil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis J.-L. Fiorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Astigarraga</w:t>
+                <w:t xml:space="preserve">André Blouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian C. Bockstaller</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Claude Bazard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Trommenschlager</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Cultivar l'Elevage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 629, pp.2-8</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01173148v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02654983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'agriculture biologique testée à l'INRA-ASTER de Mirecourt</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Louis J.-L. Fiorelli</w:t>
+                <w:t xml:space="preserve">Rémanence des pesticides dans les eaux issues de parcelles agricoles récemment converties à l'Agriculture Biologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Schrack</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Coquil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Ortar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">André Blouet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marie Trommenschlager</w:t>
+                <w:t xml:space="preserve">Benoît Marc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cultivar l'Elevage</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 4, pp.259-268. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17180/7kzk-x557⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02654983v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-01875570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémanence des pesticides dans les eaux issues de parcelles agricoles récemment converties à l'Agriculture Biologique</w:t>
+                <w:t xml:space="preserve">Effets de la dynamique des pratiques culturales lors de la conversion à l'Agriculture Biologique sur la végétation des prairies permanentes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Schrack</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Xavier Coquil</w:t>
+                <w:t xml:space="preserve">Etienne Gaujour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agnès Ortar</w:t>
+                <w:t xml:space="preserve">Bernard Amiaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis J.-L. Fiorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Marc</w:t>
+                <w:t xml:space="preserve">Catherine C. Mignolet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier X. Coquil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Innovations Agronomiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 4, pp.259-268. </w:t>
+              <w:t xml:space="preserve">, 2009, 4, pp.229-238. </w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.17180/7kzk-x557⟩</w:t>
+                <w:t xml:space="preserve">⟨10.17180/39yn-0v31⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">anses-01875570v1</w:t>
+                <w:t xml:space="preserve">hal-02662928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dans les systèmes de cultures biologiques le travail du sol économe en énergie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier X. Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Gerber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Etienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3765,90 +3765,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conception de systèmes laitiers en agriculture biologique : une entrée agronomique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier X. Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Blouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis J.-L. Fiorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Bazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Trommenschlager</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3929,51 +3929,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Fiorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Mignolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Blouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Foissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4024,77 +4024,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valorisation par les vaches laitières de mélanges céréales/protéagineux fermiers dans une ration hivernale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier X. Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Trommenschlager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Bazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ségolène Despres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4154,64 +4154,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Travail du sol économe en énergie : diversité de stratégies en systèmes de grandes cultures biologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Gerber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier X. Coquil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Alter Agri</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 90, pp.9-11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4268,64 +4268,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transition agroécologique et rapports de genre dans les fermes : le cas de 3 groupes en non mixité choisie du réseau des CIVAM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Serpossian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Annes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4376,77 +4376,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Involvement of women farmers in the agro-ecological transition and transformation of their work: Chronicle of the Women group 44</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Serpossian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Annes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd Symposium on Work in Agriculture – ISWA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INRAE, Mar 2021, Clermant-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4592,51 +4592,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Fèche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Gamache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Barataud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Coquil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4750,526 +4750,539 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02736269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La construction d'un système agri-alimentaire sain et localisé en zone rurale : l'exemple de Mirecourt, entre initiatives locales et reconnaissance institutionnelle</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Construction d’un système alimentaire sain et territorialisé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Barataud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Feche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fabienne Barataud</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Gamache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Anglade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Légitimités d'en haut, légitimités d'en bas : postures d'acteurs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre National de la Recherche Scientifique (CNRS). FRA., Jun 2018, Nanterre, France. 7 p</w:t>
+              <w:t xml:space="preserve">Rencontres ESA-INRA : Changement de pratiques pour des systèmes alimentaires agricoles et alimentaires durables</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ecole Superieure Agronomique (ESA). FRA., Oct 2018, Angers, France. 13 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02791700v1</w:t>
+                <w:t xml:space="preserve">hal-02791787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Construction d’un système alimentaire sain et territorialisé</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Juliette Anglade</w:t>
+                <w:t xml:space="preserve">Concevoir pas à pas et évaluer des systèmes d'élevages durables et autonomes en transition vers un système agri-alimentaire territorialisé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Fiorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Coquil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Godfroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Hellec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres ESA-INRA : Changement de pratiques pour des systèmes alimentaires agricoles et alimentaires durables</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ecole Superieure Agronomique (ESA). FRA., Oct 2018, Angers, France. 13 p</w:t>
+              <w:t xml:space="preserve">Réunion du réseau des fermes expérimentales de l'UMT Riel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, La Blanche Maison, France. 18 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02791787v1</w:t>
+                <w:t xml:space="preserve">hal-02791695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Concevoir pas à pas et évaluer des systèmes d'élevages durables et autonomes en transition vers un système agri-alimentaire territorialisé</w:t>
+                <w:t xml:space="preserve">Concevoir des systèmes agricoles autonomes en région de polyculture-élevage laitier. Le système d'élevage herbager de Mirecourt, dans la plaine des Vosges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Fiorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Blouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Godfroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Laurent Brunet</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Anglade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion du réseau des fermes expérimentales de l'UMT Riel</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, La Blanche Maison, France. 18 p</w:t>
+              <w:t xml:space="preserve">Formation Laits3 Bio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Chambre d'Agriculture de l'Aveyron (CA 12). FRA., Nov 2018, Flavin, France. 22 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02791695v1</w:t>
+                <w:t xml:space="preserve">hal-02791165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Concevoir des systèmes agricoles autonomes en région de polyculture-élevage laitier. Le système d'élevage herbager de Mirecourt, dans la plaine des Vosges</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Accompagner les transformations du travail des agriculteurs, animateurs, enseignants, et chercheurs dans le cadre de la transition agroécologique : le projet de recherche-action TRANSAE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Lusson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Cerf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves J.-Y. Pailleux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Madelleine Mirabal Cano</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Formation Laits3 Bio</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Chambre d'Agriculture de l'Aveyron (CA 12). FRA., Nov 2018, Flavin, France. 22 p</w:t>
+              <w:t xml:space="preserve">24. Rencontres autour des Recherches sur les Ruminants (3R)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut de l'Elevage (IDELE). FRA., Dec 2018, Paris, France. 589 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02791165v1</w:t>
+                <w:t xml:space="preserve">hal-02737172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A device for sharing knowledge and experiences on experimental farm station to sustain the agoecological transition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Anglade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5298,178 +5311,165 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. European IFSA Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IFSA, International Farming Systems Association, Autriche., Jul 2018, Chania, Greece. n.p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02737524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accompagner les transformations du travail des agriculteurs, animateurs, enseignants, et chercheurs dans le cadre de la transition agroécologique : le projet de recherche-action TRANSAE</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La construction d'un système agri-alimentaire sain et localisé en zone rurale : l'exemple de Mirecourt, entre initiatives locales et reconnaissance institutionnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Feche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Barataud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Madelleine Mirabal Cano</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Mignolet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24. Rencontres autour des Recherches sur les Ruminants (3R)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut de l'Elevage (IDELE). FRA., Dec 2018, Paris, France. 589 p</w:t>
+              <w:t xml:space="preserve">Légitimités d'en haut, légitimités d'en bas : postures d'acteurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre National de la Recherche Scientifique (CNRS). FRA., Jun 2018, Nanterre, France. 7 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02737172v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02791700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Concevoir pas à pas des systèmes d'élevages durables et autonomes. TEMPO &amp;quot;Take Easy with Milk Production&amp;quot; : une transition vers un système agri-alimentaire territorialisé</w:t>
               </w:r>
@@ -5481,77 +5481,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Fiorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Blouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Godfroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Hellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réunion du réseau des fermes expérimentales de l'UMT Riel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Grignon, France. 8 p</w:t>
@@ -5580,51 +5580,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agroecological transition: the work of farmers, advisers, teachers and researchers in question</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Hostiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Coquil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5688,77 +5688,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Cerf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Auricoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Joannon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flore Barcellini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium for Work in Agriculture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Association on Work in Agriculture, Nov 2016, Maringa, Brazil. 12 p</w:t>
@@ -5781,687 +5781,687 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01929017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'autonomie des systèmes herbager et de polyculture-élevage laitiers en AB de Mirecourt : une qualification au moyen de l'indicateur de durabilité PAEP</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les recherches sur les systèmes de production vers des systèmes de production agroécologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Cerf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Coquil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M’hand Fares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Hochereau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21. Rencontres autour des Recherches sur les Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, (IDELE). FRA., Dec 2014, Paris, France. 411 p</w:t>
+              <w:t xml:space="preserve">Séminaires Regards croisés Agroécologie &amp; Conjuguer les performances, des directions scientifiques « Agriculture » et « Environnement » de l’INRA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02741926v1</w:t>
+                <w:t xml:space="preserve">hal-01608430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les recherches sur les systèmes de production vers des systèmes de production agroécologiques</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">L'autonomie des systèmes herbager et de polyculture-élevage laitiers en AB de Mirecourt : une qualification au moyen de l'indicateur de durabilité PAEP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis J.-L. Fiorelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier X. Coquil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Trommenschlager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Foissy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Godfroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaires Regards croisés Agroécologie &amp; Conjuguer les performances, des directions scientifiques « Agriculture » et « Environnement » de l’INRA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Paris, France</w:t>
+              <w:t xml:space="preserve">21. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, (IDELE). FRA., Dec 2014, Paris, France. 411 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01608430v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02741926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utiliser la biodiversité - L’élevage - L’avenir</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
+                <w:t xml:space="preserve">Itinéraires vers des systèmes autonomes et économes en intrants : motivations, transition, apprentissages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Coquil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Marie Lusson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Beguin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Dedieu</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Agroécologie et Recherche INRA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2013, Paris, France. 10 p</w:t>
+              <w:t xml:space="preserve">20. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut de l'Elevage (IDELE). FRA., 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02805650v1</w:t>
+                <w:t xml:space="preserve">hal-02745948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Itinéraires vers des systèmes autonomes et économes en intrants : motivations, transition, apprentissages</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xavier Coquil</w:t>
+                <w:t xml:space="preserve">Utilisation de la biodiversité / L'élevage / L'avenir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit B. Dedieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel M. Duru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Novak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Marie Lusson</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Bertrand Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier X. Coquil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20. Rencontres autour des Recherches sur les Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut de l'Elevage (IDELE). FRA., 2013, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque Agroécologie &amp; Recherche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Paris, France. 88 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02745948v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02750321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation de la biodiversité / L'élevage / L'avenir</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benoit B. Dedieu</w:t>
+                <w:t xml:space="preserve">Utiliser la biodiversité - L’élevage - L’avenir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Dedieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel M. Duru</w:t>
+                <w:t xml:space="preserve">Marc Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Coquil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandra Novak</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Xavier X. Coquil</w:t>
+                <w:t xml:space="preserve">Michel Duru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Agroécologie &amp; Recherche</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2013, Paris, France. 88 p</w:t>
+              <w:t xml:space="preserve">Colloque Agroécologie et Recherche INRA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Paris, France. 10 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02750321v1</w:t>
+                <w:t xml:space="preserve">hal-02805650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les systèmes bovins laitiers autonomes de Mirecourt. Intérêts pour l'environnement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis J.-L. Fiorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier X. Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne F. Barataud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Blouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Trommenschlager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6555,51 +6555,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Fiorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Gibon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Martel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">II International Symposium on Integrated Crop-Livestock Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Integrated Crop Livestock Systems (ICLS). INT., Oct 2012, Porto Alegre, Brazil. pp.1-11</w:t>
@@ -6628,51 +6628,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conception/évaluation de systèmes de polyculture élevage laitiers biologiques : Synthèse de la démarche pas à pas centrée sur le dispositif expérimental INRA ASTER-Mirecourt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier X. Coquil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Assises REVAB, agriculture biologique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2011, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6736,51 +6736,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Ryschawy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Schaller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Blouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6822,103 +6822,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conception de systèmes de polyculture élevage laitiers en agriculture biologique : Synthèse de la démarche pas à pas centrée sur le dispositif expérimental INRA ASTER-Mirecourt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier X. Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis J.-L. Fiorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Blouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Trommenschlager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Bazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18. Rencontres autour des Recherches sur les Ruminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2011, Paris, France</w:t>
@@ -6947,103 +6947,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des prairies permanentes, unique ressource d'un système laitier biologique en Lorraine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier X. Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis J.-L. Fiorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Trommenschlager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Bazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Blouet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire de clôture de l'Appel à Projet Prairies Permanentes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut Technique de l'Agriculture Biologique (ITAB). Paris, FRA., 2011, Mirecourt, France. 12 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7068,77 +7068,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamics of farmer activity as a driver of farming systems' transitions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier X. Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal P. Beguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit B. Dedieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. International conference on systainability transitions. Diversity, plurality and change : breaking new grounds in sustainability transition research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2011, Lund, Sweden. n.p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7163,77 +7163,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Systèmes de polyculture élevage laitiers évoluant vers l'AB : un renforcement des interfaces cultures/élevage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier X. Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal P. Beguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit B. Dedieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les transversalités de l'agriculture biologique. Colloque SFER</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2011, Strasbourg, France. 17 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7271,90 +7271,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des prairies permanentes, unique ressource d’un système laitier biologique en Lorraine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis J.-L. Fiorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier X. Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Trommenschlager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Bazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Blouet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17. Rencontres autour des Recherches sur les Ruminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2010, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7379,51 +7379,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les Modèles Dexi SH*/Dexi-SPCE* pour une évaluation de la durabilité agro-environnementale des systèmes d’élevage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier X. Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Marié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7474,51 +7474,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How do livestock and crop sciences represent evolutions of farming systems ? A review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Dedieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Beguin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7556,77 +7556,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémanence des pesticides dans les eaux issues de parcelles agricoles récemment converties à l'Agriculture Biologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Schrack</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier X. Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Ortar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Benoît</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7664,103 +7664,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets de la dynamique des pratiques culturales lors de la conversion à l'Agriculture Biologique sur la végétation des prairies permanentes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Gaujour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Amiaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis J.-L. Fiorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Mignolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier X. Coquil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Dinabio : développement et innovation en agriculture biologique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2008, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7910,64 +7910,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Organic matter management and self sufficiency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Blouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier X. Coquil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">23. Congress of the European Society for Rural Sociology (ESRS). Re-Inventing the Rural : Between the Social and the Natural</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2009, Vaasa, Finland. n.p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8005,90 +8005,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluating an organic low input grassland dairy system farming permanent pastures in North-Eastern France (Vosges lowland)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis J.-L. Fiorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier X. Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Gouttenoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Gaujour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Bazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22. General meeting of the European Grassland Federation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2008, Uppsala, Sweden</w:t>
@@ -8199,103 +8199,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le modèle Dexi-SH* pour une évaluation multicritère de la durabilité agro-écologique des systèmes d'élevage laitier herbager</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Gerber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Laura Astigarraga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian C. Bockstaller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Fiorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Hostiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DinABio : Développement &amp; innovation en agriculture biologique. Colloque national</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2008, Montpellier, France</w:t>
@@ -8324,90 +8324,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards nitrogen self-sufficiency in mixed crop organic dairy systems: legumes and protein-rich plants contributions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier X. Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Foissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Trommenschlager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Bazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Delaby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8449,77 +8449,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude de la rémanence des produits phytosanitaires dans les eaux issues de parcelles récemment converties à l'AB : synthèse sur la rémanence des pesticides et méthode utilisée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Schrack</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Ortar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier X. Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Benoît</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8570,64 +8570,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assurer la pérennité d'un troupeau laitier herbager très économe pour valoriser des prairies permanentes dans la plaine des Vosges ; Premiers résultats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis J.-L. Fiorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier X. Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Bazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Trommenschlager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8678,103 +8678,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prototyping connected farming systems at a small territory scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier X. Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Blouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis J.-L. Fiorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Mignolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Bazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Farming Systems Design 2007. Methodologies for Integrated Analysis of Farm Production Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2007, Catania, Italy</w:t>
@@ -8797,333 +8797,333 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02751670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An indicator-based MCDA framework for ex ante assessment of the sustainability of cropping systems</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Bruno Colomb</w:t>
+                <w:t xml:space="preserve">Des systèmes de production laitiers biologiques comme prototypes de systèmes laitiers durables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier X. Coquil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis J.-L. Fiorelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Blouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine C. Mignolet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Foissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Farming Systems Design 2007 : an international symposium on Methodologies for Integrated Analysis of Farm Production Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2007, Catania, Italy</w:t>
+              <w:t xml:space="preserve">14. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2007, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01173124v1</w:t>
+                <w:t xml:space="preserve">hal-02756411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des systèmes de production laitiers biologiques comme prototypes de systèmes laitiers durables</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">André Blouet</w:t>
+                <w:t xml:space="preserve">An indicator-based MCDA framework for ex ante assessment of the sustainability of cropping systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walid Sadok</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Angevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques-Eric Bergez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine C. Mignolet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Damien Foissy</w:t>
+                <w:t xml:space="preserve">Christian C. Bockstaller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Colomb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14. Rencontres autour des Recherches sur les Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2007, Paris, France</w:t>
+              <w:t xml:space="preserve">Farming Systems Design 2007 : an international symposium on Methodologies for Integrated Analysis of Farm Production Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2007, Catania, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02756411v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01173124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prototyping organic mixed crop-dairy systems at a local scale: a multi-attribute approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier X. Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis J.-L. Fiorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Bazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Foissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9178,51 +9178,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation dynamique de la démographie d'un troupeau bovin laitier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier X. Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Faverdin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9413,51 +9413,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farming systems design to facilitate transition toward low input agriculture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Thiollet-Scholtus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier X. Coquil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AGRO2015, 5th International Symposium for Farming Systems Design</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Montpellier, France. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9534,51 +9534,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Fiorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Gibon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Martel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire polyculture-élevage ACTA-INRA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2013, Toulouse, France. 2013, Les systèmes de polyculture-élevage dans les territoires - ACTA/INRA</w:t>
@@ -9639,77 +9639,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les éleveuses réinventent leur travail grâce à l'agroécologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Serpossian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Annes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Camille Atlani; Luis Barraud; Hugo Vasseur. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'élevage en liberté. Une autre voie entre industrie et véganisme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Libre &amp; Solidaire, 2024, Automia, 978-2-37263-145-7</w:t>
@@ -9837,51 +9837,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Securing sustainable livestock production systems in an uncertain economic climate: Nurturing flexibility and resilience</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Ingrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Astigarraga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eduardo Chia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9958,64 +9958,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les fermes expérimentales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Blouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier X. Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis J.-L. Fiorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10079,64 +10079,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polyculture-élevage : développer des complémentarités dans les exploitations et dans les territoires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Blouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier X. Coquil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transitions vers l'agriculture biologique. Pratiques et accompagnements pour des systèmes innovants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Sciences en Partage (Quae)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10174,51 +10174,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'expérimentation système : un outil pour une démarche de conception et évaluation de systèmes agricoles innovants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Dedieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Des agronomes pour demain : accompagner la diversité des agricultures pour un développement durable</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
@@ -10301,51 +10301,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teaser-lab Une démarche ascendante et territorialisée pour un système agri-alimentaire sain, durable, et créateur d’emploi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Fèche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Barataud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Coquil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10468,77 +10468,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un dispositif d'échange de savoirs et savoir-faire pour accompagner la transition agroécologique vers des systèmes de polyculture-élevage autonomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Anglade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Barataud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Godfroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Blouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10616,51 +10616,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Marc J. M. Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Choisis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier X. Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Odile M.-O. Nozieres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10727,51 +10727,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transition des systèmes de polyculture élevage laitiers vers l'autonomie. Une approche par le développement des mondes professionnels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier X. Coquil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences du Vivant [q-bio]. AgroParisTech, 2014. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -10843,51 +10843,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">À Mirecourt, l’autre façon de vivre la transition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Barataud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Fèche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11008,51 +11008,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="BC0712AF"/>
+    <w:nsid w:val="81B31CE0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11239,51 +11239,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/xavier-coquil" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/081298579" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04144313v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Coquil" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.8194" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069443v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves J.-Y. Pailleux" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Coutarel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Cerf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Lusson" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/novae-2023-NO-art02" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04002305v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Serpossian" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Annes" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fsufs.2022.869533" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04904854v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Barataud" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.20420" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-WR7KPJFK-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03791784v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol85-art28" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03143833v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gamache" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Anglade" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Feche" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mignolet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eist.2020.08.002" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04904058v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimas Soares Junior" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcio Miranda" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2019021" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194742v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brunet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Durpoix" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/B1QGII" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626052v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Franck" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Veysset" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Fiorelli" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02094932v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Auricoste" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Joannon" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Barcellini" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-018-0524-4" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02124766v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Fontaine" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Celette" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L de Cordoue" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Metais" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cordeau" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/33nfkk" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03086823v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Dedieu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Beguin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/WOR-172565" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622655v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Hellec" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pailler" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620623v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Dedieu" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652900v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.4622868226062979E12" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636297v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis J.-L. Fiorelli" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Godfroy" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Trommenschlager" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Foissy" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Thiery" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195380v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195382v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641585v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier X. Coquil" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit B. Dedieu" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1742170513000458" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630106v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain A. Havet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick A. Gibon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Martel" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ngwt-aj05" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198207v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Havet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Fiorelli" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Gibon" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2014.01.009" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K2CTN2LN-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195381v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Frappat" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Falaise" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019823v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/nv5c-wv48" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000348v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal P. Beguin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195285v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Gouttenoire" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cournut" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731110000376" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654588v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Beno&#238;t" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662928v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Gaujour" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Amiaud" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Mignolet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/39yn-0v31" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173148v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Gerber" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Astigarraga" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian C. Bockstaller" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Hostiou" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/c6ay-2v28" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654983v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Blouet" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Bazard" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01875570v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Schrack" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Ortar" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Marc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/7kzk-x557" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656230v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Etienne" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656152v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195224v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/3hmr-m902" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664235v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Despres" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Delaby" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/zny5-9143" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661973v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132827v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sixtine Prioux" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132842v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736165v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03197846v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain F&#232;che" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736269v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791700v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791787v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791695v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791165v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737524v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737172v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madelleine Mirabal Cano" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786919v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607434v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929017v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741926v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608430v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#8217;hand Fares" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Hochereau" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805650v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Benoit" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Dumont" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Duru" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745948v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Lusson" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750321v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Duru" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Novak" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01947242v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne F. Barataud" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02061969v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744659v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803838v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Ryschawy" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Schaller" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749216v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806483v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000164v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000152v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756972v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758103v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Mari&#233;" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195306v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817253v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754408v2" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195192v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ingrand" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Astigarraga" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Chia" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe David" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817271v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754689v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195150v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173133v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Laura Astigarraga" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755742v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758468v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757172v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751670v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173124v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Sadok" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Angevin" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Eric Bergez" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Colomb" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756411v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757182v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759547v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Faverdin" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Garcia" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607857v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741902v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Thiollet-Scholtus" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198219v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876320v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04056656v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#232;ne Prost" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607689v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/65087" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800734v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820897v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195200v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/29242.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02543547v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791371v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791090v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795669v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gasselin" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc J. M. Barbier" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Choisis" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile M.-O. Nozieres" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02801569v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03096672v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/xavier-coquil" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/081298579" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04144313v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Coquil" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.8194" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069443v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves J.-Y. Pailleux" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Coutarel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Cerf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Lusson" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/novae-2023-NO-art02" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04904854v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Barataud" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.20420" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-WR7KPJFK-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03791784v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol85-art28" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04002305v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Serpossian" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Annes" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fsufs.2022.869533" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03143833v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gamache" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Anglade" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Feche" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mignolet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eist.2020.08.002" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04904058v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimas Soares Junior" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcio Miranda" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2019021" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194742v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brunet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Durpoix" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/B1QGII" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02094932v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Auricoste" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Joannon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Barcellini" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-018-0524-4" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626052v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Franck" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Veysset" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Fiorelli" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02124766v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Fontaine" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Celette" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L de Cordoue" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Metais" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cordeau" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/33nfkk" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03086823v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Dedieu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Beguin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/WOR-172565" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620623v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Dedieu" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622655v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Hellec" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pailler" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652900v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.4622868226062979E12" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636297v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis J.-L. Fiorelli" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Godfroy" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Trommenschlager" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Foissy" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Thiery" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641585v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier X. Coquil" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit B. Dedieu" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1742170513000458" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195382v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630106v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain A. Havet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick A. Gibon" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Martel" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ngwt-aj05" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195380v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198207v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Havet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Fiorelli" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Gibon" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2014.01.009" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K2CTN2LN-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195381v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Frappat" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Falaise" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019823v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/nv5c-wv48" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000348v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal P. Beguin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195285v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Gouttenoire" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cournut" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731110000376" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654588v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Beno&#238;t" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173148v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Gerber" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Astigarraga" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian C. Bockstaller" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Hostiou" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/c6ay-2v28" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654983v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Blouet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Bazard" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01875570v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Schrack" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Ortar" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Marc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/7kzk-x557" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662928v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Gaujour" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Amiaud" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Mignolet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/39yn-0v31" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656230v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Etienne" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656152v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195224v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/3hmr-m902" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664235v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Despres" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Delaby" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/zny5-9143" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661973v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132827v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sixtine Prioux" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132842v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736165v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03197846v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain F&#232;che" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736269v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791787v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791695v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791165v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737172v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madelleine Mirabal Cano" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737524v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791700v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786919v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607434v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929017v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608430v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#8217;hand Fares" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Hochereau" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741926v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745948v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Lusson" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750321v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Duru" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Novak" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Dumont" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805650v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Benoit" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Duru" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01947242v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne F. Barataud" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02061969v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744659v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803838v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Ryschawy" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Schaller" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749216v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806483v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000164v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000152v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756972v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758103v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Mari&#233;" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195306v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817253v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754408v2" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195192v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ingrand" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Astigarraga" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Chia" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe David" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817271v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754689v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195150v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173133v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Laura Astigarraga" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755742v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758468v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757172v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751670v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756411v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173124v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Sadok" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Angevin" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Eric Bergez" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Colomb" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757182v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759547v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Faverdin" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Garcia" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607857v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741902v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Thiollet-Scholtus" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198219v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876320v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04056656v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#232;ne Prost" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607689v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/65087" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800734v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820897v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195200v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/29242.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02543547v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791371v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791090v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795669v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gasselin" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc J. M. Barbier" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Choisis" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile M.-O. Nozieres" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02801569v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03096672v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>