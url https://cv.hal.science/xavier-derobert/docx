--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -66,21238 +66,21238 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (70)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hybridization of machine learning/GPR Full-Waveform Inversion for pavement tack coat characterization: Numerical validation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Andreoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Ihamouten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dérobert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Transportation Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 20, pp.100313. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.treng.2025.100313⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04995425v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hybrid ML/FWI method using GPR data to evaluate the tack coat characteristics in pavements: Experimental validation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Andreoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Ihamouten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franziska Schmidt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mai Lan Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Souriou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Transportation Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 20, pp.100339. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.treng.2025.100339⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05070894v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coherent and incoherent Rayleigh wave attenuation for discriminating microstructural effects of thermal damage from moisture conditions in concrete</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Massina Fengal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierric Mora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Parisa Shokouhi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dérobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NDT &amp; E International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 156, pp.103473. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ndteint.2025.103473⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05443536v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A global approach to detecting and characterizing water leakage in a concrete bridge deck: Parametric study to validate an adapted Full-Waveform Inversion method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viktoriia Buliuk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Ihamouten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Heinkele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dérobert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Transportation Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 19, pp.100283. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.treng.2024.100283⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05028035v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Synthetic GPR datasets to evaluate hybridization inverse approach for pavement tack coat characterization—Geometrical and physical parametric study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Andreoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Ihamouten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dérobert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Data in Brief</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 61, pp.111794. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dib.2025.111794⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05132020v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Experimental GPR datasets to characterize multi-layered pavement structures–Tack coat evaluation using hybridization method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Andreoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Ihamouten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Souriou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Guilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mai Lan Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Data in Brief</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 62, pp.112009. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dib.2025.112009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05235974v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Electromagnetical and ultrasonic characterizations of concretes subjected to internal swelling reactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dérobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Villain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sérgio Palma Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Bouvard-Coconet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Decitre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NDT &amp; E International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 148, pp.103217. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ndteint.2024.103217⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">irsn-04889155v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Design and validation of a multi-electrode embedded capacitive sensor to monitor the electromagnetic properties in concrete structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houssein Ibrahim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Villain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Narintsoa Ranaivomanana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sérgio Palma Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Balayssac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Measurement - Journal of the International Measurement Confederation (IMEKO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 236, pp.115057. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.measurement.2024.115057⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04645791v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparaison fréquentielle d’une sonde et d’une cellule électromagnétiques à différents états hydriques et salins de deux bétons à base de CEM I et de CEM III</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Bouichou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Villain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Marie-Victoire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khodor El Achrafi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dérobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Academic Journal of Civil Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 41 (4), pp.26-35. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.26168/ajce.41.4.4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04283104v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude des possibles biais influant sur les mesures par capteur capacitif noyé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houssein Ibrahim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Villain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sérgio Palma Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Narintsoa Ranaivomanana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Balayssac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Academic Journal of Civil Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Diagnobéton 2023, Special issue, 41 (4), pp.133-141. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.26168/ajce.41.4.16⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04283146v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blind comparison of saturation ratio profiles on large RC structures by means of NDT and SFE—Application to the VeRCoRs mock-up</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ritesh Gupta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donatien Rossat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dérobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Baroth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Briffaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Engineering Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 258, pp.114057. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.engstruct.2022.114057⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04283310v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Non-destructive measurements for the evaluation of the air permeability of concrete structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Multon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Verdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Villain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hognon Sogbossi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dérobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Measurement - Journal of the International Measurement Confederation (IMEKO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 196, pp.111204. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.measurement.2022.111204⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03697642v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Preliminary Numerical Study to Compare the Physical Method and Machine Learning Methods Applied to GPR Data for Underground Utility Network Characterization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rakeeb Mohamed Jaufer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Ihamouten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Goyat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shreedhar Savant Todkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Guilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14 (4), pp.1047. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/rs14041047⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04464208v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Experimental Parametric Study of a Functional-Magnetic Material Designed for the Monitoring of Corrosion in Reinforced Concrete Structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Souriou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sima Kadkhodazadeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dérobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Guilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Ihamouten</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14 (15), pp.3623. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/rs14153623⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03814873v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Building simplified uncertainty models of object depth measurement by ground penetrating radar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fei Xie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wallace W.L. Lai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dérobert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tunnelling and Underground Space Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 123, pp.104402. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tust.2022.104402⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04283320v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A study of artificial debond pavement under controlled traffic by Ground Penetrating Radar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wallace Wai Lok Lai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Venus Ho Yan Hui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dérobert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Applied Geophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 204, pp.104722. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jappgeo.2022.104722⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04283306v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Parametric Study to Evaluate the Geometry and Coupling Effect on the Efficiency of a Novel FMM Tool Embedded in Cover Concrete for Corrosion Monitoring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sima Kadkhodazadeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Ihamouten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Souriou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dérobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Guilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14 (21), pp.5593. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/rs14215593⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04012823v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">GPR-based depth measurement of buried objects based on constrained least-square (CLS) fitting method of reflections</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fei Xie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wallace Wai Lok Lai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dérobert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Measurement - Journal of the International Measurement Confederation (IMEKO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 168, pp.108330. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.measurement.2020.108330⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04283344v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cartographie 3D des réseaux enterrés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Ihamouten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rakeeb Mohamed Jaufer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dérobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Guilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Chateau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Générale des Routes et de l'Aménagement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 983</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04464332v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Projet SCaNING : Suivi des infrastructures neuves et existantes par Capteurs Noyés pour évaluer les Indicateurs Nécessaires à leur Gestion durable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Villain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Balayssac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Sbartai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Yven</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Academic Journal of Civil Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Special Issue - Diagnobéton 2021, 38 (2), pp.94-98. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.26168/ajce.38.2.22⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03576386v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">One-class SVM based outlier detection strategy to detect thin interlayer debondings within pavement structures using Ground Penetrating Radar data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shreedhar Savant Todkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Baltazart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Ihamouten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dérobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Guilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Applied Geophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 192, pp.104392. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jappgeo.2021.104392⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04092120v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">GPR uncertainty modelling and analysis of object depth based on constrained least squares</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fei Xie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wallace W.L. Lai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dérobert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Measurement - Journal of the International Measurement Confederation (IMEKO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 183, pp.109799. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.measurement.2021.109799⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04283324v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suivi de décollement de couches de chaussées - Techniques d'évaluation non destructives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Simonin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dérobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Baltazart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Norgeot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shreedhar Savant Todkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue générale des routes et des aérodromes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 983, pp.Page 11</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04325864v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Ground Penetrating Radar Imaging Approach for a Heterogeneous Subsoil With a Vertical Permittivity Gradient</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gianluca Gennarelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilaria Catapano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dérobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Soldovieri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Transactions on Geoscience and Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 59 (7), pp.5698-5710. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TGRS.2020.3024831⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04283343v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">GPR Monitoring of Artificial Debonded Pavement Structures throughout Its Life Cycle during Accelerated Pavement Testing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dérobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Baltazart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Simonin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shreedhar Savant Todkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Norgeot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (8), pp.1474. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/rs13081474⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04278503v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linking degree of saturation with the complex dielectric permittivity of limestone in a GPR frequency band using SVR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Guilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Borui Guan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Ihamouten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Villain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dérobert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Transactions on Instrumentation and Measurement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.1-1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TIM.2020.3024037⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02998749v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Linear Prediction and Support Vector Regression-Based Debonding Detection Method Using Step-Frequency Ground Penetrating Radar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Le Bastard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jingjing Pan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yide Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meng Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shreedhar Savant Todkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Geoscience and Remote Sensing Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 16 (3), pp.367-371. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LGRS.2018.2873045⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01907612v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The use of impulse and stepped frequency radar to characterize the hydric behaviour of a porous pavement structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Derobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Ihamouten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Guilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Bosc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Bernardin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Near Surface Geophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 17 (3), pp.201-212. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/nsg.12044⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02133940v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Performance assessment of SVM-based classification techniques for the detection of artificial debondings within pavement structures from stepped-frequency A-scan radar data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shreedhar Savant Todkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Le Bastard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Baltazart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Ihamouten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dérobert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NDT &amp; E International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 107, pp.102128. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ndteint.2019.102128⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02992660v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monitoring water transfers in limestone building materials with water retention curve and Ground Penetrating Radar: A comparative study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoting Xiao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Borui Guan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Ihamouten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Villain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Derobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NDT &amp; E International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 100, pp.31 - 39. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ndteint.2018.08.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01872667v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Development of a calibration methodology to improve the on-site non-destructive evaluation of concrete durability indicators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Villain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zoubir Medhi Sbartaï</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Derobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Balayssac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Materials and structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 51 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1617/s11527-018-1165-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01876324v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Full-waveform inversion using a stepped-frequency GPR to characterize the tack coat in hot-mix asphalt (HMA) layers of flexible pavements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Ihamouten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Bosc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Borui Guan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Le Bastard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Fauchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NDT &amp; E International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 95, pp.17-25. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ndteint.2017.12.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01708034v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">TU1208 open database of radargrams: the dataset of the IFSTTAR geophysical test site</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Derobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lara Pajewski</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 10 (4), 50 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/rs10040530⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03058565v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A review of Ground Penetrating Radar application in civil engineering: A 30-year journey from Locating and Testing to Imaging and Diagnosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wallace Wai-Lok Lai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dérobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Annan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NDT &amp; E International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 96, pp.58-78. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ndteint.2017.04.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04283380v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Influence of Concrete Carbonation on Electromagnetic Permittivity Measured by GPR and Capacitive Techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Derobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Villain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Balayssac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Environmental and Engineering Geophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 23 (4), pp.443-456. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2113/JEEG23.4.443⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03255703v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Automated data extraction from synthetic and real radargrams of complex structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeljko Bugarinovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simone Meschino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milan Vrtunski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lara Pajewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksandar Ristic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Environmental and Engineering Geophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 23 (4), pp. 437-442. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2113/JEEG23.4.407⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03058625v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Time Delay and Interface Roughness Estimation Using Modified ESPRIT With Interpolated Spatial Smoothing Technique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meng Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Le Bastard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yide Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Pinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jingjing Pan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Transactions on Geoscience and Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 56 (3), pp.1475-1484. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TGRS.2017.2763983⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01664153v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evaluation of chloride contamination in concrete using electromagnetic non-destructive testing methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Derobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Lataste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Balayssac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Laurens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NDT &amp; E International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 89, pp.9-29. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ndteint.2017.03.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01596683v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Near-field full-waveform inversion of radar waves to monitor water front in limestone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Borui Guan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Ihamouten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Derobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Guilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Lambot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Journal of Selected Topics in Applied Earth Observations and Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 10 (10), 9p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JSTARS.2017.2743215⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01599949v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effect of water and chloride contents and carbonation on the electromagnetic characterization of concretes on the GPR frequency band through designs of experiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Derobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Villain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NDT &amp; E International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 92, pp. 187-198. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ndteint.2017.09.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01592925v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Use of electromagnetic two-layer wave-guided propagation in the GPR frequency range to characterize water transfer in concrete</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoting Xiao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Ihamouten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Villain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Derobert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NDT &amp; E International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 86, pp. 164-174. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ndteint.2016.08.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01592843v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Development of a multi-linear quadratic experimental design for the EM characterization of concretes in the radar frequency-band</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Derobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Villain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Construction and Building Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 136, pp. 237-245. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2016.12.061⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01592906v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Determination of concrete water content by coupling electromagnetic methods: Coaxial/cylindrical transition line with capacitive probes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Villain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Ihamouten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Derobert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NDT &amp; E International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 88, pp.59-70. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ndteint.2017.02.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01592882v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparative measurements of ground penetrating radars used for road and bridge diagnostics in the Czech Republic and France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Stryk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Matula</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Pospíšil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dérobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Simonin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Construction and Building Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 154, pp.1199-1206. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2017.06.134⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04276499v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geophysical investigations identify hidden deposits with great potential for discovering Peking Man fossils at Zhoukoudian, China</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xing Gao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Cote</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Paul Blais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wei Dong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haowen Tong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quaternary International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 400, pp. 30-35. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quaint.2015.05.050⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01608956v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Using machine learning algorithms to link volumetric water content to complex dielectric permittivity in a wide (33-2000 MHz) frequency band for hydraulic concretes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Ihamouten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Le Bastard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Derobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Bosc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Villain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Near Surface Geophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 14 (6), pp.527-536. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3997/1873-0604.2016045⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01425139v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Determining the permittivity profile inside reinforced concrete using capacitive probes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milia Fares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Fargier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Villain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Derobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sérgio Palma Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NDT &amp; E International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 79, pp.150-161. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ndteint.2016.01.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01425157v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Utility detection and positioning on the urban site Sense-City using Ground-Penetrating Radar systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Sagnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Norgeot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Derobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Baltazart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erick Merliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Measurement - Journal of the International Measurement Confederation (IMEKO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 88, pp.318-330. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.measurement.2016.03.044⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01592975v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Characterization of Random Fields From NDT Measurements: a Two Stages Procedure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Schoefs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilio Bastidas-Arteaga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trung Viet Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Villain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dérobert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Engineering Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 111, pp.312-322. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.engstruct.2015.11.041⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01248110v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Foreword Special Issue on Advanced ground-penetrating radar (GPR)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Derobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Ihamouten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan van Der Kruk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Lambot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Near Surface Geophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 13 (3), pp.209-210. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3997/1873-0604.2015020⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01207642v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Electromagnetic non-destructive evaluation techniques for the monitoring of water and chloride ingress into concrete: a comparative study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raelize Loubser Du Plooy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Villain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Palma Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Ihamouten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Derobert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Materials and structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 48 (1-2), pp.369-386. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1617/s11527-013-0189-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01207533v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Use of electromagnetic non-destructive techniques for monitoring the chloride ingress into concrete</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Villain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Ihamouten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raelize Loubser Du Plooy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Palma Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Derobert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Near Surface Geophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 13 (3), pp.299-309. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3997/1873-0604.2015016⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01207528v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Temperature influence on electromagnetic measurements of concrete moisture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Chataigner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Saussol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Derobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Villain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Aubagnac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Journal of Environmental and Civil Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 19 (4), pp.482-495. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/19648189.2014.960102⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01207702v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Time delay and permittivity estimation by ground penetrating radar with support vector regression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Le Bastard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yide Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Baltazart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Derobert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Geoscience and Remote Sensing Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 11 (4), pp.873-877. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LGRS.2013.2280500⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00844482v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Development of a multi-ring resistivity cell and multi-electrode resistivity probe for investigation of cover</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raelize Loubser Du Plooy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Palma Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Villain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Derobert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NDT &amp; E International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 54, pp.27-36. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ndteint.2012.11.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01207521v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Complex permittivity frequency variations from multi-offset GPR data: hydraulic concrete characterization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Ihamouten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Villain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Derobert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Transactions on Instrumentation and Measurement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 61 (6), pp.1636-1648. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TIM.2012.2190330⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01207515v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Special issue on non-destructive testing in civil engineering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Derobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Abraham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H Wiggenhauser</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">JOURNAL OF INFRASTRUCTURE SYSTEMS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 18, 2p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1061/(ASCE)IS.1943-555X.0000085⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01207513v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Description of the general outlines of the french project SENSO - Quality assessment and limits of different NDT methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Balayssac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Laurens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ginette Arliguie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Breysse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Construction and Building Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 35, pp.131-138. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2012.03.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00790359v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Description of the general outlines of the French project SENSO – Quality assessment and limits of different NDT methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Balayssac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Laurens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ginette Arliguie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denys Breysse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Construction and Building Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Construction and Building Materials, 35 (35), pp.131-138. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2012.03.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01304583v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Durability diagnosis of a concrete structure in tidal zone by combining NDT methods: laboratory tests and case study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Villain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Derobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Balayssac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Construction and Building Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 37, pp.893-903. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2012.03.014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01207519v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blind deconvolution via sparsity maximization applied to GPR data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Chahine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Baltazart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yide Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dérobert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Journal of Environmental and Civil Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 15 (4), pp 575-586. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/19648189.2011.9693348⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00611843v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On variants of the frequency power law for the electromagnetic characterization of hydraulic concrete</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Ihamouten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Chahine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Baltazart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Villain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Derobert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Transactions on Instrumentation and Measurement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 60 (11), pp 3658-3668. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TIM.2011.2138210⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00905796v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blind deconvolutiion via sparsity maximization applied to GPR data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Chahine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Baltazart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yide Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Derobert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Journal of Environmental and Civil Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 15 (4), pp. 575-586</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00788542v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparison of nondestructive testing : Infrared thermography, electrical resistivity and capacity methods for assessing a reinforced concrete structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colette Sirieix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean François Lataste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denys Breysse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Naar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Derobert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Building Appraisal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 3 (1), pp 77-88. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1057/palgrave.jba.2950065⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00397612v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Performances de l'imagerie microonde 2D appliquée à la tomographie entre forages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Tarnus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Derobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Pichot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin des Laboratoires des Ponts et Chaussees</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 260, pp.41-53</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00366555v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Auscultation non destructive du chevêtre du pont de la Marque (59)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Klysz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.F. Lataste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Fnine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Derobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bogdan Piwakowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Européenne de Génie Civil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 10, pp.7-24</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00247718v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Endommagement des ouvrages historiques ou de transport de la côte Atlantique dû à l'environnement marin : méthode de diagnostic et de réparation, maintenance : projet MEDACHS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Yotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuela Salta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabel Ana Rodriguez-Maribona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan O'Connor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annales du Bâtiment et des travaux publics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 5, pp.37-41</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01006795v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multifrequency Microwave Tomography Between Boreholes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Tarnus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Derobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Pichot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microwave and Optical Technology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 42 (1), pp.4-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00982507v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">GPR performances for thickness calibration on road test sites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Fauchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Derobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Cariou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Côte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NDT &amp; E International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 36 (2), pp.67-75. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0963-8695(02)00090-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02178085v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Step-frequency radar applied on thin road layers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Derobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Fauchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Côte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Le Brusq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Guillanton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Applied Geophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 47 (3-4), pp.317-325. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0926-9851(01)00075-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02178048v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (102)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Framework for Evaluating the Degradation of UHPFRC Layers in Bridge Decks Using GPR: A Numerical and Experimental Approach</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Théo Dezert</w:t>
+                <w:t xml:space="preserve">Les fouilles d’Henri Delporte à Châtelperron (1951-1962) ou comment un malentendu peut emporter l’éponymie… Quelques réflexions à partir de la révision du stratotype de la « Grotte Effondrée » (Palier sud)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Angevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klaus Herkert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Lejay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Cécile Soulier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heike Würschem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2025 13th International Workshop on Advanced Ground Penetrating Radar (IWAGPR)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Séance de la SPF “A propos des éponymes : 150 ans de construction du discours scientifique autour des gisements de référence en Préhistoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société préhistorique française, May 2025, Mâcon, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05299358v1</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05379318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les fouilles d’Henri Delporte à Châtelperron (1951-1962) ou comment un malentendu peut emporter l’éponymie… Quelques réflexions à partir de la révision du stratotype de la « Grotte Effondrée » (Palier sud)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Heike Würschem</w:t>
+                <w:t xml:space="preserve">Metrological analysis to extract the qualified observables, corrected from temperature effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Chaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rouba Hariri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houssein Ibrahim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Abraham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sérgio Palma Lopes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séance de la SPF “A propos des éponymes : 150 ans de construction du discours scientifique autour des gisements de référence en Préhistoire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société préhistorique française, May 2025, Mâcon, France</w:t>
+              <w:t xml:space="preserve">2025 fib symposium, Concrete structures: extend lifespan, limit impacts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Antibes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05379318v1</w:t>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05194500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metrological analysis to extract the qualified observables, corrected from temperature effects</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Monitoring the degree of saturation in concrete using newly developed embedded capacitive sensors: validation with reference methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houssein Ibrahim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Villain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Balayssac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sérgio Palma Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Narintsoa Ranaivomanana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2025 fib symposium, Concrete structures: extend lifespan, limit impacts</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Antibes, France</w:t>
+              <w:t xml:space="preserve">21th FIB International Symposium 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFGC, Jun 2025, Antibes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05194500v1</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05446052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring the degree of saturation in concrete using newly developed embedded capacitive sensors: validation with reference methods</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Narintsoa Ranaivomanana</w:t>
+                <w:t xml:space="preserve">A Framework for Evaluating the Degradation of UHPFRC Layers in Bridge Decks Using GPR: A Numerical and Experimental Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mengda Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Ihamouten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Bellenfant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Cothenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théo Dezert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21th FIB International Symposium 2025</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2025 13th International Workshop on Advanced Ground Penetrating Radar (IWAGPR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Thessaloniki, Greece. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IWAGPR65621.2025.11109032⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05446052v1</w:t>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05299358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse des potentiels biais affectant une mesure capacitive par capteur noyé dans le béton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houssein Ibrahim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Villain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sérgio Palma Lopes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Balayssac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Narintsoa Ranaivomanana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22e édition des Journées scientifiques du Regroupement francophone pour la recherche et la formation sur le béton (RF)2B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04971596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Profiling the thermal damage gradient in concrete using linear and non-linear ultrasonics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Massina Fengal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierric Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Payan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parisa Shokouhi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Dérobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inter.noise 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2024, Nantes, France. pp.1786-1793, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3397/IN_2024_3078⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04980473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conception de la maquette pédagogique « Submersions rapides et protections associées »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Dérobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Battist</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zheng Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Payrastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherche et Action Publique - R&amp;AP 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Gustave Eiffel; INRAE; Cerema, Oct 2024, Champs Sur Marne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04982272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Concrete structure inspection based on deep learning approaches from visible and radar images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Mansouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Dérobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Fauchard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th International Conference on Quality Control by Artificial Vision</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Albi, France. pp.11, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1117/12.2690477⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04756928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the concrete of Nuclear Power Plants containment by NDT</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Concrete structure inspection based on deep learning approaches from visible and radar images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Foucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Mansouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dérobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Fauchard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NDE NucCon 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2023, Espoo, Finland</w:t>
+              <w:t xml:space="preserve">QCAV'23 Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04296107v1</w:t>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04133106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Concrete structure inspection based on deep learning approaches from visible and radar images</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Assessing the concrete of Nuclear Power Plants containment by NDT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Verdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Sbartai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean François Chaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Abraham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">QCAV'23 Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Albi, France</w:t>
+              <w:t xml:space="preserve">NDE NucCon 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2023, Espoo, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04133106v1</w:t>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04296107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the variants of SVM methods applied to GPR data to classify tack coat characteristics in French pavements: two experimental case studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Andreoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Ihamouten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mai Lan Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Fauchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Fargier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2023 12th International Workshop on Advanced Ground Penetrating Radar (IWAGPR)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, LNEC, Jul 2023, Lisbonne, Portugal. pp.1-5, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/IWAGPR57138.2023.10329070⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04323965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimized Full-Waveform Inversion Method for Characterization of the Waterproofing Membrane in Bridges</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">David Guilbert</w:t>
+                <w:t xml:space="preserve">Calibration process of a capacitive probe for monitoring of reinforced concrete nuclear structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houssein Ibrahim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Villain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Narintsoa Ranaivomanana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dérobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sérgio Palma Lopes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2023 12th International Workshop on Advanced Ground Penetrating Radar (IWAGPR)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">NDE NucCon 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2023, Espoo, Finland</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04331899v1</w:t>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04296121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Calibration process of a capacitive probe for monitoring of reinforced concrete nuclear structures</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Xavier Dérobert</w:t>
+                <w:t xml:space="preserve">Optimized Full-Waveform Inversion Method for Characterization of the Waterproofing Membrane in Bridges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viktoriia Buliuk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Ihamouten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sérgio Palma Lopes</w:t>
+                <w:t xml:space="preserve">Christophe Heinkele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Andreoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NDE NucCon 2023</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2023 12th International Workshop on Advanced Ground Penetrating Radar (IWAGPR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Lisbonne, Portugal. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/iwagpr57138.2023.10329021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04296121v1</w:t>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04331899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parametric study to use the full-waveform inversion approach based on forward model to characterize the waterproof membrane in bridges</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Non Destructive Testing to assess the concrete of Nuclear Power Plant containment: From laboratory to onsite measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Verdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Marie Henault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Abraham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bogdan Piwakowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th International Conference on Ground Penetrating Radar (GPR 2022)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">20th World Conference on Non-Destructive Testing - WCNDT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Songdo Convensia, South Korea</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03973643v1</w:t>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04296168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical study to evaluate characteristics of an embedded SHM sensor to prevent rebar corrosion in concrete using magnetic flux density</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">David Souriou</w:t>
+                <w:t xml:space="preserve">Deep learning based real-time automatic hyperbola detection on GPR data for buried utility network mapping</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rakeeb Mohamed Jaufer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Ihamouten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Guilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Chateau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Dérobert</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Michel Simonin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NDT-CE 2022 - International Symposium on Nondestructive Testing in Civil Engineering</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">1st Data Science in Pavement Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, McLean, Virginia, United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04287723v1</w:t>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04464223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The use of machine learning method to classify electromagnetic characteristics of pavement tack coat</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Grégory Andreoli</w:t>
+                <w:t xml:space="preserve">Numerical and experimental study to investigate the performance of a novel embedded SHM tool to evaluate chlorides front probability of reinforced concrete structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sima Kadkhodazadeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Souriou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Ihamouten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dérobert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th International Conference on Ground Penetrating Radar (GPR 2022)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1190/gpr2022-022.1⟩</w:t>
+              <w:t xml:space="preserve">NDT-CE 2022 - International Symposium on Nondestructive Testing in Civil Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Zurich, Switzerland. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.58286/27334⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03681766v1</w:t>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04287746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical parametric study to classify and estimate pavement characteristics using GPR and machine learning methods</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">R Jaufer</w:t>
+                <w:t xml:space="preserve">Radar database collected over artificial debonding pavement structures during APT at the IFSTTAR's fatigue carrousel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dérobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Baltazart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Simonin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Norgeot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Doué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st International Data Science for Pavements Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2022, McLean, Virginie, United States</w:t>
+              <w:t xml:space="preserve">6th International Conference on Accelerated Pavement Testing - APT 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Gustave Eiffel, Apr 2022, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03766504v1</w:t>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04296221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non Destructive Testing to assess the concrete of Nuclear Power Plant containment: From laboratory to onsite measurements</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Bogdan Piwakowski</w:t>
+                <w:t xml:space="preserve">Detection of anomalies in bridge waterproof membrane using artificial intelligence applied to GPR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Buliuk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Heinkele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Ihamouten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Jaufer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shreedhar Savant Todkar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th World Conference on Non-Destructive Testing - WCNDT</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Songdo Convensia, South Korea</w:t>
+              <w:t xml:space="preserve">Data Science in Pavement Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Mclean, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04296168v1</w:t>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04296197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radar database collected over artificial debonding pavement structures during APT at the IFSTTAR's fatigue carrousel</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">Calibration procedure for the development of an embedded capacitive sensor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houssein Ibrahim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Villain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Dérobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">S. Doué</w:t>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Paul Balayssac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sérgio Palma Lopes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Conference on Accelerated Pavement Testing - APT 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Gustave Eiffel, Apr 2022, Nantes, France</w:t>
+              <w:t xml:space="preserve">25e Congrès Français de Mécanique, Nantes, 29 août-2 septembre 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04296221v1</w:t>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04280177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical and experimental study to investigate the performance of a novel embedded SHM tool to evaluate chlorides front probability of reinforced concrete structures</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">David Souriou</w:t>
+                <w:t xml:space="preserve">Parametric study to use the full-waveform inversion approach based on forward model to characterize the waterproof membrane in bridges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viktoriia Buliuk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Ihamouten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Dérobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Heinkele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shreedhar Savant Todkar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NDT-CE 2022 - International Symposium on Nondestructive Testing in Civil Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.58286/27334⟩</w:t>
+              <w:t xml:space="preserve">19th International Conference on Ground Penetrating Radar (GPR 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Golden, United States. pp.135-138, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1190/gpr2022-035.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04287746v1</w:t>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03973643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep learning based real-time automatic hyperbola detection on GPR data for buried utility network mapping</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rakeeb Mohamed Jaufer</w:t>
+                <w:t xml:space="preserve">The use of machine learning method to classify electromagnetic characteristics of pavement tack coat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Andreoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Ihamouten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rakeeb Jaufer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shreedhar Savant Todkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st Data Science in Pavement Symposium</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">19th International Conference on Ground Penetrating Radar (GPR 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Golden Colorado, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1190/gpr2022-022.1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04464223v1</w:t>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03681766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection of anomalies in bridge waterproof membrane using artificial intelligence applied to GPR</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">C. Heinkele</w:t>
+                <w:t xml:space="preserve">Numerical study to evaluate characteristics of an embedded SHM sensor to prevent rebar corrosion in concrete using magnetic flux density</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sima Kadkhodazadeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Souriou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Ihamouten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dérobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Simonin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Data Science in Pavement Symposium</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">NDT-CE 2022 - International Symposium on Nondestructive Testing in Civil Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Zurich, Switzerland. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.58286/27296⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04296197v1</w:t>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04287723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Calibration procedure for the development of an embedded capacitive sensor</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sérgio Palma Lopes</w:t>
+                <w:t xml:space="preserve">Numerical parametric study to classify and estimate pavement characteristics using GPR and machine learning methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Andreoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Ihamouten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V Buliuk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Fauchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Jaufer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25e Congrès Français de Mécanique, Nantes, 29 août-2 septembre 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2022, Nantes, France</w:t>
+              <w:t xml:space="preserve">1st International Data Science for Pavements Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, McLean, Virginie, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04280177v1</w:t>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03766504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of Deep Lerning on GPR data for parameter inversion of buried cylindrical pipes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">R. Jaufer</w:t>
+                <w:t xml:space="preserve">Deep learning based automatic hyperbola detection on GPR data for buried utility pipes mapping</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rakeeb Mohamed Jaufer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Ihamouten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Guilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shreedhar Savant Todkar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Y. Goyat</w:t>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tarun Yaram</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NSG2021 2nd Conference on Geophysics for Infrastructure Planning, Monitoring and BIM</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3997/2214-4609.202120070⟩</w:t>
+              <w:t xml:space="preserve">2021 11th International Workshop on Advanced Ground Penetrating Radar (IWAGPR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, Valletta, France. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IWAGPR50767.2021.9843151⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04287658v1</w:t>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04464225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep learning based automatic hyperbola detection on GPR data for buried utility pipes mapping</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Tarun Yaram</w:t>
+                <w:t xml:space="preserve">Surveillance non destructive de l'état du béton des enceintes de confinement des centrales nucléaires avec et sans précontrainte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Abraham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean François Chaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ch. Ciccarone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dérobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2021 11th International Workshop on Advanced Ground Penetrating Radar (IWAGPR)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">7ème Congrès international francophone sur les méthodes d'auscultation et d'évaluation des bétons (Diagnobéton 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2021, Bordeaux, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04464225v1</w:t>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04296472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surveillance non destructive de l'état du béton des enceintes de confinement des centrales nucléaires avec et sans précontrainte</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Olivier Durand</w:t>
+                <w:t xml:space="preserve">Numerical modeling using gprMax to identify a subsurface tack coat for SVM classification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Andreoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Ihamouten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Fauchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Jaufer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shreedhar Savant Todkar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7ème Congrès international francophone sur les méthodes d'auscultation et d'évaluation des bétons (Diagnobéton 2021)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">NSG2021 2nd Conference on Geophysics for Infrastructure Planning, Monitoring and BIM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Bordeaux, France. pp.1-5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3997/2214-4609.202120040⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04296472v1</w:t>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03329536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical modeling using gprMax to identify a subsurface tack coat for SVM classification</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">G. Andreoli</w:t>
+                <w:t xml:space="preserve">Use of Deep Lerning on GPR data for parameter inversion of buried cylindrical pipes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Jaufer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Ihamouten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shreedhar Savant Todkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Bosc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Goyat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NSG2021 2nd Conference on Geophysics for Infrastructure Planning, Monitoring and BIM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2021, Bordeaux, France. pp.1-5, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3997/2214-4609.202120040⟩</w:t>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3997/2214-4609.202120070⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03329536v1</w:t>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04287658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D GPR monitoring of artificial debonded pavement structures during accelerated tests</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Vincent Baltazart</w:t>
+                <w:t xml:space="preserve">Ray-based method vs. SVM for the inversion of embedded cylindrical pipe’s parameters from GPR data: Numerical comparative study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rakeeb Jaufer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shreedhar Savant Todkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Ihamouten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Goyat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th International Conference on Ground Penetrating Radar (GPR 2020)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1190/gpr2020-054.1⟩</w:t>
+              <w:t xml:space="preserve">18th International Conference on Ground Penetrating Radar, Golden, Colorado, 14–19 June 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Golden, United States. pp.356-359, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1190/gpr2020-093.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04283411v1</w:t>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04464226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance analysis of Two-class SVM to detect thin interlayer debondings within pavement structures</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+                <w:t xml:space="preserve">3D GPR monitoring of artificial debonded pavement structures during accelerated tests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Norgeot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Doué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dérobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Simonin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Baltazart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General assembly</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/egusphere-egu2020-22503⟩</w:t>
+              <w:t xml:space="preserve">18th International Conference on Ground Penetrating Radar (GPR 2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Golden (Colorado), United States. pp.200-203, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1190/gpr2020-054.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04289581v1</w:t>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04283411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ray-based method vs. SVM for the inversion of embedded cylindrical pipe’s parameters from GPR data: Numerical comparative study</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+                <w:t xml:space="preserve">Performance analysis of Two-class SVM to detect thin interlayer debondings within pavement structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shreedhar Savant Todkar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Baltazart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Ihamouten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dérobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Simonin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th International Conference on Ground Penetrating Radar, Golden, Colorado, 14–19 June 2020</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1190/gpr2020-093.1⟩</w:t>
+              <w:t xml:space="preserve">EGU General assembly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EGU, May 2020, EGU On line, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu2020-22503⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04464226v1</w:t>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04289581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural health monitoring of civil engineering structures using GPR detection of patch antenna resonance frequency changes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Guilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Ihamouten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">David Guilbert</w:t>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hartmut W. Gundel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Borderon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IWAGPR 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, The Hague, Netherlands</w:t>
+              <w:t xml:space="preserve">10th International Workshop on Advanced Ground Penetrating Radar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, The Hague, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04296433v1</w:t>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03023918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural health monitoring of civil engineering structures using GPR detection of patch antenna resonance frequency changes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Ihamouten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Latrach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dérobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Guilbert</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Caroline Borderon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th International Workshop on Advanced Ground Penetrating Radar</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, The Hague, Netherlands</w:t>
+              <w:t xml:space="preserve">IWAGPR 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, The Hague, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03023918v1</w:t>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04296433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non destructive monitoring of mechanical stress in concrete for the survey of nuclear power plants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean François Chaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rakotonarivo S.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bogdan Piwakowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Ciccarone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">46th Annual Review of Progress in Quantitative Nondestructive Evaluation - QNDE 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Portland (OR), United States. 3p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04296402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of the tide on permittivity values obtained on a reinforced concrete bridge in marine environment</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Y. Chan</w:t>
+                <w:t xml:space="preserve">Roadway Interface Analysis with A Support Vector Regression Based Linear Prediction Method Using Stepped-Frequency Radar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Le Bastard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Pan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yide Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Todkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Ihamouten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th International Workshop on Advanced Ground Penetrating Radar</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3997/2214-4609.201902600⟩</w:t>
+              <w:t xml:space="preserve">IGARSS 2019, IEEE International Geoscience and Remote Sensing Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Yokohama, Japan. pp. 3598-3601, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IGARSS.2019.8899302⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04287679v1</w:t>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02993052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roadway Interface Analysis with A Support Vector Regression Based Linear Prediction Method Using Stepped-Frequency Radar</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Amine Ihamouten</w:t>
+                <w:t xml:space="preserve">Effect of the tide on permittivity values obtained on a reinforced concrete bridge in marine environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dérobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Bourreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Lai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Bourreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Chan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IGARSS 2019, IEEE International Geoscience and Remote Sensing Symposium</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/IGARSS.2019.8899302⟩</w:t>
+              <w:t xml:space="preserve">10th International Workshop on Advanced Ground Penetrating Radar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, The Hague, Netherlands. pp.7, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3997/2214-4609.201902600⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02993052v1</w:t>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04287679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring of water imbibition of a particular porous pavement structure by impulse and step-frequency radar</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">Comparative Study of Classification Algorithms to Detect Interlayer Debondings within Pavement Structures from Step-Frequency Radar Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shreedhar Savant Todkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Le Bastard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Baltazart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Ihamouten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Dérobert</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th International Conference on Ground Penetrating Radar (GPR 2018)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IGARSS 2018 - 2018 IEEE International Geoscience and Remote Sensing Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Valence (Espagne), Spain. pp.6820-6823, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IGARSS.2018.8518959⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04296418v1</w:t>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04287917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non Destructive Evaluation of the durability and damages of concrete in nuclear power plant</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A modified algorithm for accurate GPR wave velocity estimation with common offset setting antenna</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fei Xie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janet Fung-Chu Sham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wallace Wai-Lok Lai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dérobert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th European Conference on Non-destructive Testing (ECNDT 2018)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">17th International Conference on Ground Penetrating Radar (GPR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Rapperswil, Switzerland. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICGPR.2018.8441684⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02045183v1</w:t>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04283417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative Study of Classification Algorithms to Detect Interlayer Debondings within Pavement Structures from Step-Frequency Radar Data</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Non Destructive Evaluation of concrete material properties for nuclear power plant survey: results in the laboratory and on the VeRCoRS mock-up</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Abraham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean François Chaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Henault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Legland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IGARSS 2018 - 2018 IEEE International Geoscience and Remote Sensing Symposium</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">NDE/NDT, Structural Materials Technology for Highways and Bridges (SMT) and the International Symposium on Non-Destructive Testing in Civil Engineering (NDT-CE) 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, New Brunswick, United States. 9p</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04287917v1</w:t>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02048420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A modified algorithm for accurate GPR wave velocity estimation with common offset setting antenna</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Monitoring of water imbibition of a particular porous pavement structure by impulse and step-frequency radar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Ihamouten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Dérobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Bosc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Guilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.N. Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th International Conference on Ground Penetrating Radar (GPR)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ICGPR.2018.8441684⟩</w:t>
+              <w:t xml:space="preserve">2018 17th International Conference on Ground Penetrating Radar (GPR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Rapperswil, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICGPR.2018.8441526⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04283417v1</w:t>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01872670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non Destructive Evaluation of concrete material properties for nuclear power plant survey: results in the laboratory and on the VeRCoRS mock-up</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Baptiste Legland</w:t>
+                <w:t xml:space="preserve">Monitoring of water imbibition of a particular porous pavement structure by impulse and step-frequency radar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dérobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Ihamouten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Bosc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Guilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.N. Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NDE/NDT, Structural Materials Technology for Highways and Bridges (SMT) and the International Symposium on Non-Destructive Testing in Civil Engineering (NDT-CE) 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2018, New Brunswick, United States. 9p</w:t>
+              <w:t xml:space="preserve">17th International Conference on Ground Penetrating Radar (GPR 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Rapperswil, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02048420v1</w:t>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04296418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring of water imbibition of a particular porous pavement structure by impulse and step-frequency radar</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">J.N. Gaudin</w:t>
+                <w:t xml:space="preserve">Non Destructive Evaluation of the durability and damages of concrete in nuclear power plant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bogdan Piwakowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Henault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Verdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Balayssac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2018 17th International Conference on Ground Penetrating Radar (GPR)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">12th European Conference on Non-destructive Testing (ECNDT 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Gothenburg, Sweden</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01872670v1</w:t>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02045183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection of debondings with ground penetrating radar using a machine learning method</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Xavier Derobert</w:t>
+                <w:t xml:space="preserve">Automated data extraction from synthetic and real radargrams of district heating pipelines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksandar Govedarica</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milan Pajewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miro Derobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksandar Ristic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milan Vrtunski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IWAGPR 2017, 9th International Workshop on Advanced Ground Penetrating Radar</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2017, Édimbourg, United Kingdom. 6p, </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, Jun 2017, EDIMBOURG, France. 5p</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01599327v1</w:t>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01599300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Verification of algorithm for point extraction from hyperbolic reflections in GPR data</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId163" w:history="1">
+                <w:t xml:space="preserve">Detection of debondings with ground penetrating radar using a machine learning method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shreedhar Savant Todkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Le Bastard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Ihamouten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Baltazart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Derobert</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IWAGPR 2017, 9th International Workshop on Advanced Ground Penetrating Radar</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2017, EDIMBOURG, France. 5p, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/IWAGPR.2017.7996109⟩</w:t>
+              <w:t xml:space="preserve">, Jun 2017, Édimbourg, United Kingdom. 6p, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IWAGPR.2017.7996056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01597627v1</w:t>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01599327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automated data extraction from synthetic and real radargrams of district heating pipelines</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId166" w:history="1">
+                <w:t xml:space="preserve">Verification of algorithm for point extraction from hyperbolic reflections in GPR data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aleksandar Ristic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeljko Bugarinovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miro Govedarica</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lara Pajewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Derobert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IWAGPR 2017, 9th International Workshop on Advanced Ground Penetrating Radar</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2017, EDIMBOURG, France. 5p</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Jun 2017, EDIMBOURG, France. 5p, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IWAGPR.2017.7996109⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01599300v1</w:t>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01597627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of an UHF antenna insensitive to concrete characteristics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Latrach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Ihamouten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hartmut Gundel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Derobert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ENDE 2017, 22nd International Workshop on Electromagnetic Nondestructive Evaluation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, PARIS, France. 2p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01599390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of concrete carbonation on GPR and capacitive measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Villain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Derobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Gomez Cardenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Balayssac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IWAGPR 2017, 9th International Workshop on Advanced Ground Penetrating Radar</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, EDIMBOURG, France. 6p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01599334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">EM characterization of concretes focused on water and chloride content in the frame of multi-linear experimental designs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Derobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Villain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GPR 2016, 16th International Conference of Ground Penetrating Radar</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, HONG KONG, China. 5p, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICGPR.2016.7572644⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01599711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Progress in monitoring the debonding within pavement structures during accelerated pavement testing on the Ifsttar's fatigue carousel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Simonin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Baltazart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Le Bastard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Derobert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th RILEM International Conference on Mechanisms of Cracking and Debonding in Pavements</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, NANTES, France. 6p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01599743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Full-waveform inversion using the step frequency radar in the GPR band to characterize the tack coat in hot-mix asphalt (HMA) layers of flexible pavements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Ihamouten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Bosc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Boutet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Brenugat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2016 16th International Conference on Ground Penetrating Radar (GPR)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Hong Kong, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICGPR.2016.7572645⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01708099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparaison de profils de taux de saturation obtenus par plusieurs méthodes non destructives électriques et électromagnétiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Villain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Balayssac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mila Fares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zoubir Medhi Sbartaï</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Lataste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Diagnobéton 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2016, MARRAKECH, Maroc. 8p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01599838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling of step-frequency radar wave propagation through partially wet limestone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Borui Guan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Ihamouten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bosc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Derobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GPR 2016, 16th International Conference of Ground Penetrating Radar</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Hong Kong, China. 6p, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICGPR.2016.7572691⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01599679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Containment nuclear plant structures evaluation by non destructive testing: strategy and results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Henault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Hafid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean François Chaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TINCE 2016 3rd Conference on Technological Innovations in Nuclear Civil Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Paris, France. 13p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01599552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Progress in Monitoring the Debonding Within Pavement Structures During Accelerated Pavement Testing on the Fatigue Carousel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Simonin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Baltazart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Le Bastard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Derobert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MCD2016, 8th International conference on Mechanisms of Cracking and Debonding in Pavements</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, NANTES, France. 6p, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-94-024-0867-6_104⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01364065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of electromagnetic waves propagating in multilayer waveguide to characterize water transfer in concrete</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">X. Xiao</w:t>
+                <w:t xml:space="preserve">Application of electromagnetic waves propagating in multi-layered waveguide to monitor chloride ingress into concrete</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoting Xiao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Ihamouten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Villain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Derobert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2015 8th International Workshop on Advanced Ground Penetrating Radar (IWAGPR)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">NDT-CE 2015, International Symposium Non-Destructive Testing in Civil Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, BERLIN, Germany. 8p</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01708107v1</w:t>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01608967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of electromagnetic waves propagating in multi-layered waveguide to monitor chloride ingress into concrete</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Estimation of water gradient and concrete durability indicators using capacitive and electrical probes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milia Fares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Villain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Fargier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Thiery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Derobert</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NDT-CE 2015, International Symposium Non-Destructive Testing in Civil Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2015, BERLIN, Germany. 8p</w:t>
+              <w:t xml:space="preserve">, Sep 2015, BERLIN, Germany. 9p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01608967v1</w:t>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01608958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation of water gradient and concrete durability indicators using capacitive and electrical probes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Recent developments of EM non-destructive testing in the radar frequency-band for the evaluation of cover concretes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dérobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Ihamouten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Villain</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NDT-CE 2015, International Symposium Non-Destructive Testing in Civil Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2015 European Radar Conference (EuRAD)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/EuRAD.2015.7346280⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01608958v1</w:t>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01708105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent developments of EM non-destructive testing in the radar frequency-band for the evaluation of cover concretes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xavier Dérobert</w:t>
+                <w:t xml:space="preserve">Use of electromagnetic waves propagating in multi-layer waveguide to characterize water transfer in concrete</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoting Xiao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Derobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Villain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Ihamouten</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Géraldine Villain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2015 European Radar Conference (EuRAD)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IWAGPR 2015, 8th International Workshop on Advanced Ground Penetrating Radar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, FLORENCE, Italy. 4p</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01708105v1</w:t>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01608970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of electromagnetic waves propagating in multi-layer waveguide to characterize water transfer in concrete</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Characterization of Water Gradients in Concrete by Complementary NDT Methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Villain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zoubir Medhi Sbartaï</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Lataste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dérobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IWAGPR 2015, 8th International Workshop on Advanced Ground Penetrating Radar</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2015, FLORENCE, Italy. 4p</w:t>
+              <w:t xml:space="preserve">International Symposium Non-Destructive Testing in Civil Engineering (NDT-CE 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, BERLIN, Germany. 12p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01608970v1</w:t>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01608961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of Water Gradients in Concrete by Complementary NDT Methods</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">An overview of 15 years of French collaborative projects for the characterization of concrete properties by combining NDT methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Balayssac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Villain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zoubir Medhi Sbartaï</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Xavier Dérobert</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Derobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium Non-Destructive Testing in Civil Engineering (NDT-CE 2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, BERLIN, Germany. 12p</w:t>
+              <w:t xml:space="preserve">NDT-CE 2015, International Symposium Non-Destructive Testing in Civil Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, BERLIN, Germany. 11p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01608961v1</w:t>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01608964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An overview of 15 years of French collaborative projects for the characterization of concrete properties by combining NDT methods</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Use of electromagnetic waves propagating in multilayer waveguide to characterize water transfer in concrete</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Xiao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Ihamouten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dérobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Villain</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NDT-CE 2015, International Symposium Non-Destructive Testing in Civil Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2015 8th International Workshop on Advanced Ground Penetrating Radar (IWAGPR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Florence, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IWAGPR.2015.7292706⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01608964v1</w:t>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01708107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parametric study on processing GPR signals to get a dispersion curve</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">Calibration des contrôles non destructifs pour l’auscultation en génie civil sur site</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Dérobert</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Martini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Balayssac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Salin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th International Conference on Ground-Penetrating Radar (GPR) 2014</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journées COFREND 2014, Conférences et exposition sur les essais non destructifs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Bordeaux, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01708111v1</w:t>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03709718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Calibration des contrôles non destructifs pour l’auscultation en génie civil sur site</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+                <w:t xml:space="preserve">Comparison of durability indicators obtained by Non Destructive Testing methods to monitor the durability of concrete structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Villain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Balayssac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bogdan Piwakowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Salin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées COFREND 2014, Conférences et exposition sur les essais non destructifs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2014, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">EWSHM - 7th European Workshop on Structural Health Monitoring</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IFFSTTAR, Inria, Université de Nantes, Jul 2014, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03709718v1</w:t>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01021046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of statistical-based clutter reduction techniques on ground-coupled GPR data for the detection of buried objects in soils</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elias Tebchrany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Sagnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Baltazart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Philippe Tarel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Derobert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GPR 2014 - 15th International Conference on Ground Penetrating Radar</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Belgium. 7p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01053910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of durability indicators obtained by Non Destructive Testing methods to monitor the durability of concrete structures</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Parametric study on processing GPR signals to get a dispersion curve</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoting Xiao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Ihamouten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Villain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dérobert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EWSHM - 7th European Workshop on Structural Health Monitoring</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">15th International Conference on Ground-Penetrating Radar (GPR) 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Brussels, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICGPR.2014.6970490⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01021046v1</w:t>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01708111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GPR characterization of water transfers in Tuffeau walls</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Ihamouten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Le Bastard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Boutet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Villain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Dérobert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2013 7th International Workshop on Advanced Ground Penetrating Radar (IWAGPR)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2013, Nantes, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/IWAGPR.2013.6601517⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01708116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimization of Geo-positioning of NDT measurements for Modeling spatial field of defects: a two stage procedure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trung-Viet Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Schoefs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilio Bastidas-Arteaga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Villain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Derobert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICOSSAR'11</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, New York, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02055033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Probabilistic characterization of uncertainties and spatial variability of material properties from NDT measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viet-Trung Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Schoefs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilio Bastidas-Arteaga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Villain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Dérobert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2013 - 21ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2013, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03440545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of electromagnetic non-destructive techniques for monitoring the chloride ingress into concrete</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Villain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raelize Du Plooy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Ihamouten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Palma-Lopes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Thauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2013 7th International Workshop on Advanced Ground Penetrating Radar (IWAGPR)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2013, Nantes, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/IWAGPR.2013.6601542⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01708120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Support vector regression method applied to thin pavement thickness estimation by GPR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Le Bastard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Baltazart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Derobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yide Wang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14th International Conference on Ground Penetrating Radar (GPR'2012)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, Shanghai, China. pp.GPR 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00690489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimization Of Geo-positioning Of Sensors In Case Of Spatial Fields Of Deterioration/Properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trung-Viet Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Schoefs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilio Bastidas-Arteaga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Villain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Dérobert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th European Conference on Structural Control (EACS 2012)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Genoa, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01008632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimization of non destructive testing when assessing stationary stochastic processes: application to water and chloride content in concrete-Part I and II</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Schoefs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trung-Viet Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilio Bastidas-Arteaga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Villain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Derobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference Durable Structures: from construction to rehabilitation, ICDS12</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Lisboa, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01008637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extraction of the frequency variation of the complex permittivity using GPR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Ihamouten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Dérobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Villain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2011 6th International Workshop on Advanced Ground Penetrating Radar (IWAGPR 2011)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2011, Aachen, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/IWAGPR.2011.5963903⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01708122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of frequency power law to link the results of two EM testing methods for the characterization of humid concretes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Villain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Ihamouten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Dérobert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2011 6th International Workshop on Advanced Ground Penetrating Radar (IWAGPR 2011)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2011, Aachen, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/IWAGPR.2011.5963901⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01708123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Test de la validité du modèle de Jonscher pour caractériser la permittivité diélectrique du béton hydraulique dans la gamme de fréquences du radar géophysique (GPR)</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Optimization of NDT measurements for structural reliability assessment in case of spatial variability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trung-Viet Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Schoefs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilio Bastidas-Arteaga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Villain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Derobert</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11èmes Journées de Caractérisation Microondes et Matériaux (JCMM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2010, France</w:t>
+              <w:t xml:space="preserve">International Workshop in Non Destructive Testing and Evaluation: Physics, Sensors, Materials and Information</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00611890v1</w:t>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01008635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of NDT measurements for structural reliability assessment in case of spatial variability</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Test de la validité du modèle de Jonscher pour caractériser la permittivité diélectrique du béton hydraulique dans la gamme de fréquences du radar géophysique (GPR)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Ihamouten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Baltazart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trung-Viet Tran</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Khaled Chahine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Villain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Derobert</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop in Non Destructive Testing and Evaluation: Physics, Sensors, Materials and Information</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Nantes, France</w:t>
+              <w:t xml:space="preserve">11èmes Journées de Caractérisation Microondes et Matériaux (JCMM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2010, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01008635v1</w:t>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00611890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining NDT tools for analysing the efficiency of repair techniques of wharves: the MAREO project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farouk Benmeddour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Villain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Dérobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Abraham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Schoefs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th International Conference on Applications of Statistics and Probability in Civil Engineering, (ICASP'11)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Zurich, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01008948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electromagnetic dispersion estimated from multi-offset, ground-penetrating radar</w:t>
+                <w:t xml:space="preserve">The effect of coupling on the determination of time zero for radar antennae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Ihamouten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Dérobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Villain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2010 13th International Conference on Ground Penetrating Radar (GPR 2010)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2010, Lecce, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ICGPR.2010.5550085⟩</w:t>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICGPR.2010.5550082⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01708127v1</w:t>
+            <w:hyperlink r:id="rId454" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01708128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effect of coupling on the determination of time zero for radar antennae</w:t>
+                <w:t xml:space="preserve">On the variants of Jonscher's model for the electromagnetic characterization of concrete</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Ihamouten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Baltazart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Villain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Dérobert</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Géraldine Villain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2010 13th International Conference on Ground Penetrating Radar (GPR 2010)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2010, Lecce, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ICGPR.2010.5550082⟩</w:t>
+            <w:hyperlink r:id="rId457" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICGPR.2010.5550083⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01708128v1</w:t>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01708129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the variants of Jonscher's model for the electromagnetic characterization of concrete</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Combining NDT tools for analysing the efficiency of repair techniques of wharves: the MAREO project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farouk Benmeddour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Villain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Schoefs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Dérobert</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2010 13th International Conference on Ground Penetrating Radar (GPR 2010)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">13th international conference and exhibition on Structural Faults &amp; Repair</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Edimbourg, United Kingdom</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01708129v1</w:t>
+            <w:hyperlink r:id="rId458" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01007985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining NDT tools for analysing the efficiency of repair techniques of wharves: the MAREO project</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Electromagnetic dispersion estimated from multi-offset, ground-penetrating radar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Ihamouten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dérobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Villain</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th international conference and exhibition on Structural Faults &amp; Repair</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2010 13th International Conference on Ground Penetrating Radar (GPR 2010)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Lecce, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId461" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICGPR.2010.5550085⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01007985v1</w:t>
+            <w:hyperlink r:id="rId460" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01708127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blind deconvolution via independant component analysis for thin-pavement thickness estimation using GPR</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Evaluation of concrete structures by combining non destructive testing methods (SENSO project)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Balayssac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Laurens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ginette Arliguie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId463" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.A. Ploix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Breysse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NDTCE 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2009, France. pp 191-196</w:t>
+              <w:t xml:space="preserve">7th International Symposium on Non Destructive Testing in Civil Engineering, NDTCE'09</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Nantes, France. pp.391-398</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00451076v1</w:t>
+            <w:hyperlink r:id="rId462" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00800951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of ultrasonic and electromagnetic NDT to evaluate durability monitoring parameters of concretes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId163" w:history="1">
+                <w:t xml:space="preserve">Blind deconvolution via independent component analysis for thin pavement thickness estimation using GPR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Chahine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Baltazart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yide Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Derobert</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NDTCE 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2009, France. pp 343-348</w:t>
+              <w:t xml:space="preserve">International Radar conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2009, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00451077v1</w:t>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00435927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation of compaction of bituminous mixtures at microwave frequencies</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId163" w:history="1">
+                <w:t xml:space="preserve">Effects of Frequency-Dependent Attenuation on the Performance of Time Delay Estimation Techniques Using Ground Penetrating Radar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Chahine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Baltazart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yide Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Derobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Le Bastard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7ème Symposium International sur les Essais Non Destructifs pour le Génie Civil - NDTCE'09</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2009, France</w:t>
+              <w:t xml:space="preserve">EUSIPCO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2009, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00508986v1</w:t>
+            <w:hyperlink r:id="rId465" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00435929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of concrete structures by combining non destructive testing methods (SENSO project)</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">EM characterization of hydraulic concretes in the GPR frequency-band using a quadratic experimental design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Derobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Villain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Cortas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId468" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Louis Chazelas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Symposium on Non Destructive Testing in Civil Engineering, NDTCE'09</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Nantes, France. pp.391-398</w:t>
+              <w:t xml:space="preserve">NDTCE 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, France. pp 177-182</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00800951v1</w:t>
+            <w:hyperlink r:id="rId466" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00451078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blind deconvolution via independent component analysis for thin pavement thickness estimation using GPR</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId246" w:history="1">
+                <w:t xml:space="preserve">Blind deconvolution via independant component analysis for thin-pavement thickness estimation using GPR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Chahine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Baltazart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yide Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Derobert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Radar conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2009, France</w:t>
+              <w:t xml:space="preserve">NDTCE 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, France. pp 191-196</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00435927v1</w:t>
+            <w:hyperlink r:id="rId469" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00451076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of Frequency-Dependent Attenuation on the Performance of Time Delay Estimation Techniques Using Ground Penetrating Radar</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId163" w:history="1">
+                <w:t xml:space="preserve">Use of ultrasonic and electromagnetic NDT to evaluate durability monitoring parameters of concretes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Villain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Derobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Abraham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Coffec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EUSIPCO</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2009, France</w:t>
+              <w:t xml:space="preserve">NDTCE 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, France. pp 343-348</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00435929v1</w:t>
+            <w:hyperlink r:id="rId470" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00451077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">EM characterization of hydraulic concretes in the GPR frequency-band using a quadratic experimental design</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId163" w:history="1">
+                <w:t xml:space="preserve">Estimation of compaction of bituminous mixtures at microwave frequencies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Fauchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId473" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bo Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId474" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Laguerre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId475" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Derobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NDTCE 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2009, France. pp 177-182</w:t>
+              <w:t xml:space="preserve">7ème Symposium International sur les Essais Non Destructifs pour le Génie Civil - NDTCE'09</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00451078v1</w:t>
+            <w:hyperlink r:id="rId472" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00508986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ESPRITWED-UG and AV-ESPRITWED : two new linear subspace algorithms for time delay estimation</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Evaluation of cover concrete and assessment of chloride ingress by Non Destructive Testing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dérobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Lataste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId477" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Loche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Villain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matilde Larget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EUSIPCO</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2008, France</w:t>
+              <w:t xml:space="preserve">Construction heritage in coastal and marine environments (MEDACHS08)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00435926v1</w:t>
+            <w:hyperlink r:id="rId476" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00315320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of cover concrete and assessment of chloride ingress by Non Destructive Testing</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">Evaluation of cover concrete and assessment of chloride ingress by Non Destructive Testing. Part I - Samples preparation - Porosity and resistivity measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId477" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Loche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId480" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-F. Lataste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Dérobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Matilde Larget</w:t>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ouali Amiri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId482" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Larget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Construction heritage in coastal and marine environments (MEDACHS08)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Lisbonne, Portugal</w:t>
+              <w:t xml:space="preserve">MEDACHS08 Construction heritage in coastal and marine environments - Lisbon 28-30 January 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2008, Lisbonne, Portugal. pp.n.a</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00315320v1</w:t>
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00315321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of cover concrete and assessment of chloride ingress by Non Destructive Testing. Part I - Samples preparation - Porosity and resistivity measurements</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">ESPRITWED-UG and AV-ESPRITWED : two new linear subspace algorithms for time delay estimation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Le Bastard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Baltazart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yide Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Derobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId484" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Saillard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MEDACHS08 Construction heritage in coastal and marine environments - Lisbon 28-30 January 2008</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2008, Lisbonne, Portugal. pp.n.a</w:t>
+              <w:t xml:space="preserve">EUSIPCO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2008, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00315321v1</w:t>
+            <w:hyperlink r:id="rId483" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00435926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution of Blind Source Separation to Processing GPR Signals for NDE Applications in Civil Engineering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Chahine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Baltazart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liting Zhong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yide Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Derobert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th International Conference on Ground Penetrating Radar (GPR)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2008, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00435928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Root-OPM: a new linear subspace algorithm applied to thin pavement thickness estimation by GPR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Le Bastard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Baltazart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yide Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Derobert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th International Conference on Ground Penetrating Radar (GPR)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2008, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00435931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of step-frequency radar for road applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Laguerre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faming Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Derobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Fauchard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMTS 2007 Electromagnetic Theory Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2007, France. 3p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00363590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of UWB Printed Antennas for Telecommunications and GPR applications. Frequency and Time Domain Characterizations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Fortino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Dauvignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Kossiavas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Chatelee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Pichot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Microwave Week (EuMC GaAs ECWT EuRAD) - EuMW 2005</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2005, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00090403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental detection and theoretical reconstruction of cylindrical cross-section objects using TM, TE and cascaded TM-TE polarization: applications to pipes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Le Brusq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Dauvignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iannis Aliferis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Pichot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Derobert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress in Electromagnetic Research Symposium (PIERS 2004)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2004, Pise, Italy. pp.658</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00090823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radar subsurface ultra large bande à impulsions synthétiques : applications à la detection de canalisations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Dauvignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Derobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Le Brusq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Laguerre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Pichot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13èmes Journées Nationales Microondes (JNM 2003)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2003, Lille, France. pp.140-141</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00984137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of UWB antennas for step-frequency or impulse radars applied to the detection of thin layers and buried objects</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId295" w:history="1">
+                <w:t xml:space="preserve">Step frequency radar applied on thin pavements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dérobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Simonin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId498" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Laguerre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Pichot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress in Electromagnetic Research Symposium (PIERS 2002)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2002, Cambridge, United States. pp.424</w:t>
+              <w:t xml:space="preserve">9th International Conference on Asphalt Pavements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2002, Copenhague, Denmark. 13 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00980469v1</w:t>
+            <w:hyperlink r:id="rId499" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00984114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Step frequency radar applied on thin pavements</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId295" w:history="1">
+                <w:t xml:space="preserve">Design of UWB antennas for step-frequency or impulse radars applied to the detection of thin layers and buried objects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Le Brusq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId492" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Dauvignac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Pichot</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Fauchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Derobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th International Conference on Asphalt Pavements</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2002, Copenhague, Denmark. 13 p</w:t>
+              <w:t xml:space="preserve">Progress in Electromagnetic Research Symposium (PIERS 2002)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2002, Cambridge, United States. pp.424</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00984114v1</w:t>
+            <w:hyperlink r:id="rId500" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00980469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&amp;lt;title&amp;gt;GPR performances on a road test site&amp;lt;/title&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Fauchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Derobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ph. Cote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Noon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glen Stickley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th International Conference on Ground Penetrating Radar</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2000, Gold Coast, France. pp.421-426</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02178205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Step-frequency radar applied on bituminous concrete</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Derobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Fauchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Coffec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ph. Cote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Le Brusq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th International Conference on Ground Penetrating Radar</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2000, Gold Coast, France. pp.753-757, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1117/12.383511⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02178206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Step frequency radar applied on bituminous concrete</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Derobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Le Brusq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Guillanton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Dauvignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Pichot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Ground Penetrating Radar (GPR2000)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2000, Quennsland, Australia. paper Dero01.pdf, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1117/12.383511⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00984094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microwave tomography imaging for geophysical applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Dourthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Pichot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Derobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId511" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Cote</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th International Conference on Ground Penetrating Radar (GPR'96)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 1996, Sendaï, Japan. pp.253-256</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00988505v1</w:t>
-              </w:r>
-[...8649 lines deleted...]
-                <w:t xml:space="preserve">hal-02178048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -21315,103 +21315,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of Flexible Pavements by GPR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Dérobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Ihamouten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Baltazart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shreedhar Savant Todkar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mohammed SERHIR; Dominique LESSELIER. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ground Penetrating Radar</w:t>
@@ -21453,103 +21453,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radar Database Collected over Artificial Debonding Pavement Structures During APT at the IFSTTAR’s Fatigue Carrousel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Dérobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Baltazart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Simonin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Norgeot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Doué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Accelerated Pavement Testing to Transport Infrastructure Innovation. Proceedings of 6th APT Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 96, </w:t>
@@ -21594,364 +21594,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04283409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electromagnetic Methods</w:t>
-[...59 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Design of an UHF antenna insensitive to the concrete dielectric characteristics. In : Dominique Lesselier, Christophe Reboud (Eds.). Electromagnetic Non-Destructive Evaluation (XXI)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théo Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Latrach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Ihamouten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Borderon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hartmut Gundel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Non-Destructive Testing and Evaluation of Civil Engineering Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/B978-1-78548-229-8.50005-4⟩</w:t>
+              <w:t xml:space="preserve">Design of an UHF antenna insensitive to the concrete dielectric characteristics. In : Dominique Lesselier, Christophe Reboud (Eds.). Electromagnetic Non-Destructive Evaluation (XXI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IOP Publishing, pp. 136-143, 2018, Studies in Applied Electromagnetics and Mechanics, 978-1-61499-835-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId518" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3233/978-1-61499-836-5-136⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01887760v1</w:t>
+                <w:t xml:space="preserve">hal-03058582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId520" w:history="1">
+            <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of an UHF antenna insensitive to the concrete dielectric characteristics. In : Dominique Lesselier, Christophe Reboud (Eds.). Electromagnetic Non-Destructive Evaluation (XXI)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Théo Richard</w:t>
+                <w:t xml:space="preserve">Electromagnetic Methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Derobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Balayssac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Latrach</w:t>
-[...47 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Zoubir Medhi Sbartaï</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId520" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Dumoulin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jean-Paul Balayssac; Vincent Garnier. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Design of an UHF antenna insensitive to the concrete dielectric characteristics. In : Dominique Lesselier, Christophe Reboud (Eds.). Electromagnetic Non-Destructive Evaluation (XXI)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IOP Publishing, pp. 136-143, 2018, Studies in Applied Electromagnetics and Mechanics, 978-1-61499-835-8. </w:t>
+              <w:t xml:space="preserve">Non-Destructive Testing and Evaluation of Civil Engineering Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Elsevier Ltd; ISTE Press Ltd., pp.173-197, 2018, 978-1-78548-229-8. </w:t>
             </w:r>
             <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3233/978-1-61499-836-5-136⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/B978-1-78548-229-8.50005-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId520" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03058582v1</w:t>
+            <w:hyperlink r:id="rId519" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01887760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId522" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microwave Non‐Destructive Testing of Non‐Dispersive and Dispersive Media Using High‐Resolution Methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Le Bastard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Chahine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yide Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Baltazart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Non-Destructive Testing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INTECH open access, chapitre 9, 2016, 978-953-51-2502-0. </w:t>
@@ -22021,64 +22021,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laboratoire Géophysique et Évaluation Non Destructive - Rapport d'activité 2022</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Dérobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sérgio Palma Lopes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Université Gustave Eiffel. 2023, 22p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
@@ -22100,90 +22100,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compte-rendu de fin du projet ANR-18-CE22-0020 Amélioration de la Connaissance de milieux complexes composés de fissures et Inversion MultiParamètres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Baltazart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bourlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Dérobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Ferro-Famil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -22254,77 +22254,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId528" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combined GPR and visible image databases of concrete structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Dérobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Fauchard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023, 4p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -22342,77 +22342,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ground-coupled radar database on samples of hot-mix asphalt layers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Andreoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Dérobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Ihamouten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -22454,289 +22454,289 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04295569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radar database over large debonded areas into pavement structures</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">Complex dielectric permittivity database of porous limestone (tuffeau)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Dérobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Guilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Borui Guan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Ihamouten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Villain</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04283403v1</w:t>
+                <w:t xml:space="preserve">hal-04283406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complex dielectric permittivity database of porous limestone (tuffeau)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">Radar database over large debonded areas into pavement structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Dérobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Baltazart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Simonin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Norgeot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04283406v1</w:t>
+                <w:t xml:space="preserve">hal-04283403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId533" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radar database over narrow debonded areas into pavement structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Dérobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Baltazart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -22806,103 +22806,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId538" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Concrete in marine environment - Steel corrosion in reinforced concrete - Methods of assessment and repair</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Loche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ouali Amiri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Dérobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId539" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Abraham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-F. Lataste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
@@ -22956,103 +22956,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId540" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évaluation intelligente, à grand rendement et non destructive des caractéristiques de collage dans les chaussées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Andreoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Ihamouten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rakeeb Jaufer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shreedhar Savant Todkar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viktoriia Buliuk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ferec</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2021, Paris, France</w:t>
@@ -23081,103 +23081,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parametric pipe detection on the urban site Sense-City using Ground-Penetrating Radar (GPR)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Sagnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Norgeot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Derobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Baltazart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId447" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erick Merliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU - European Geosciences Union General Assembly 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Vienna, Austria. EGU - European Geosciences Union General Assembly 2016, 1p, 2016</w:t>
@@ -23238,103 +23238,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radar database over narrow debonded areas into pavement structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Dérobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Borui Guan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Ihamouten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Villain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -23384,64 +23384,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId543" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">7e symposium international sur les essais non destructifs pour le génie civil, Nantes, 30 juin - 3 juillet 2009</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Abraham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Derobert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">LABORATOIRE CENTRAL DES PONTS ET CHAUSSEES (LCPC), 1027p, cdrom, bibliogr., ill., 2009, </w:t>
             </w:r>
             <w:hyperlink r:id="rId544" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3829/act-actndtce-fr⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -23637,51 +23637,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-05299358v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mengda Wu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Ihamouten" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Bellenfant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Cothenet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Dezert" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWAGPR65621.2025.11109032" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379318v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Angevin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Herkert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lejay" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile Soulier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heike W&#252;rschem" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194500v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Chaix" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rouba Hariri" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssein Ibrahim" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Abraham" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;rgio Palma Lopes" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446052v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Villain" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Balayssac" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narintsoa Ranaivomanana" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971596v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04980473v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massina Fengal" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierric Mora" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Payan" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parisa Shokouhi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier D&#233;robert" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3397/IN_2024_3078" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982272v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Durand" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Battist" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zheng Li" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Payrastre" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756928v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Foucher" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Le" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Mansouri" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Fauchard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2690477" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04296107v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Garnier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Verdier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Sbartai" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Chaix" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133106v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04323965v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Andreoli" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mai Lan Nguyen" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Fargier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWAGPR57138.2023.10329070" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04331899v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktoriia Buliuk" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Heinkele" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Guilbert" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/iwagpr57138.2023.10329021" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04296121v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973643v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shreedhar Savant Todkar" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/gpr2022-035.1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04287723v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sima Kadkhodazadeh" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Souriou" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Simonin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58286/27296" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03681766v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rakeeb Jaufer" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/gpr2022-022.1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03766504v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Buliuk" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Fauchard" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Jaufer" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04296168v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Verdier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Henault" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Piwakowski" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04296221v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Baltazart" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Norgeot" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dou&#233;" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04287746v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58286/27334" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04464223v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rakeeb Mohamed Jaufer" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chateau" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04296197v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Buliuk" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Heinkele" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Jaufer" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280177v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Balayssac" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04287658v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bosc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Goyat" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.202120070" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04464225v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarun Yaram" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWAGPR50767.2021.9843151" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296472v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Ciccarone" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329536v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Andreoli" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fauchard" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.202120040" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04283411v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Norgeot" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Dou&#233;" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/gpr2020-054.1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04289581v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-22503" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04464226v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Goyat" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/gpr2020-093.1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04296433v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Richard" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Latrach" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03023918v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hartmut W. Gundel" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Borderon" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04296402v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rakotonarivo S." TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ciccarone" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04287679v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bourreau" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Lai" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bourreau" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Chan" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.201902600" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993052v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Le Bastard" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pan" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yide Wang" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Todkar" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2019.8899302" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04296418v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Guilbert" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.N. Gaudin" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02045183v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Henault" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04287917v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Le Bastard" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2018.8518959" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04283417v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fei Xie" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janet Fung-Chu Sham" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wallace Wai-Lok Lai" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICGPR.2018.8441684" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048420v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Garnier" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Legland" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872670v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. D&#233;robert" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICGPR.2018.8441526" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599327v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Derobert" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWAGPR.2017.7996056" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597627v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandar Ristic" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeljko Bugarinovic" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miro Govedarica" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Pajewski" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWAGPR.2017.7996109" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599300v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandar Govedarica" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milan Pajewski" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miro Derobert" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milan Vrtunski" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599390v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hartmut Gundel" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599334v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Gomez Cardenas" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599711v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICGPR.2016.7572644" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599743v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708099v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Richard" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Boutet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Brenugat" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICGPR.2016.7572645" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599838v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mila Fares" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoubir Medhi Sbarta&#239;" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Lataste" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599679v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Borui Guan" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bosc" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICGPR.2016.7572691" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599552v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Hafid" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01364065v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-024-0867-6_104" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708107v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Xiao" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWAGPR.2015.7292706" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608967v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoting Xiao" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608958v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milia Fares" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Thiery" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708105v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EuRAD.2015.7346280" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608970v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608961v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608964v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708111v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICGPR.2014.6970490" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03709718v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Martini" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Salin" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01053910v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Tebchrany" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Sagnard" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Tarel" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01021046v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708116v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Boutet" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWAGPR.2013.6601517" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055033v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trung-Viet Tran" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Schoefs" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Bastidas-Arteaga" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440545v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viet-Trung Tran" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Villain" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708120v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raelize Du Plooy" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Palma-Lopes" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Thauvin" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWAGPR.2013.6601542" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00690489v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008632v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008637v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708122v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWAGPR.2011.5963903" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708123v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWAGPR.2011.5963901" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00611890v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Chahine" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008635v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008948v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farouk Benmeddour" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708127v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICGPR.2010.5550085" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708128v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICGPR.2010.5550082" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708129v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICGPR.2010.5550083" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01007985v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Perrin" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451076v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451077v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Coffec" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508986v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Li" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Laguerre" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Ferrari" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00800951v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Balayssac" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Laurens" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ginette Arliguie" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Ploix" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Breysse" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00435927v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00435929v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451078v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Cortas" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Chazelas" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00435926v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Saillard" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00315320v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Loche" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matilde Larget" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00315321v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Lataste" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouali Amiri" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Larget" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00435928v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liting Zhong" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00435931v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00363590v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faming Liu" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00090403v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fortino" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Dauvignac" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Kossiavas" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Chatelee" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Pichot" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00090823v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Le Brusq" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iannis Aliferis" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Derobert" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984137v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Laguerre" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980469v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984114v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178205v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Cote" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Noon" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glen Stickley" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178206v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Coffec" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.383511" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984094v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Guillanton" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00988505v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Dourthe" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cote" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04995425v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.treng.2025.100313" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-05070894v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franziska Schmidt" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.treng.2025.100339" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05443536v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ndteint.2025.103473" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028035v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.treng.2024.100283" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-05132020v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2025.111794" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-05235974v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2025.112009" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04889155v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bouvard-Coconet" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Decitre" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ndteint.2024.103217" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04645791v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.measurement.2024.115057" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283104v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Bouichou" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Marie-Victoire" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khodor El Achrafi" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26168/ajce.41.4.4" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283146v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26168/ajce.41.4.16" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04283310v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ritesh Gupta" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donatien Rossat" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Baroth" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Briffaut" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2022.114057" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03697642v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Multon" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hognon Sogbossi" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.measurement.2022.111204" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814873v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs14153623" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04464208v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs14041047" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04283306v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wallace Wai Lok Lai" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Venus Ho Yan Hui" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jappgeo.2022.104722" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04283320v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wallace W.L. Lai" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tust.2022.104402" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012823v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs14215593" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04283344v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.measurement.2020.108330" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03576386v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Yven" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26168/ajce.38.2.22" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04464332v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092120v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jappgeo.2021.104392" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04283324v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.measurement.2021.109799" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04325864v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04278503v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs13081474" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04283343v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluca Gennarelli" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Catapano" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Soldovieri" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TGRS.2020.3024831" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998749v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIM.2020.3024037" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907612v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingjing Pan" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meng Sun" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LGRS.2018.2873045" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02133940v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bernardin" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nsg.12044" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02992660v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ndteint.2019.102128" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664153v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pinel" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TGRS.2017.2763983" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872667v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ndteint.2018.08.002" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-01876324v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Garnier" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-018-1165-4" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708034v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ndteint.2017.12.006" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04283380v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Annan" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ndteint.2017.04.002" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255703v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2113/JEEG23.4.443" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058565v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs10040530" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058625v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Meschino" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2113/JEEG23.4.407" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04276499v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Stryk" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Matula" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Posp&#237;&#353;il" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2017.06.134" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596683v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ndteint.2017.03.006" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599949v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lambot" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2017.2743215" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592843v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ndteint.2016.08.001" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592925v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ndteint.2017.09.001" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592906v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2016.12.061" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592882v2" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ndteint.2017.02.004" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01248110v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trung Viet Tran" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2015.11.041" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425157v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ndteint.2016.01.002" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425139v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/1873-0604.2016045" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608956v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xing Gao" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cote" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Blais" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Dong" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haowen Tong" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2015.05.050" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592975v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Merliot" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.measurement.2016.03.044" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207533v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raelize Loubser Du Plooy" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Palma Lopes" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-013-0189-z" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207642v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan van Der Kruk" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/1873-0604.2015020" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207528v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/1873-0604.2015016" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207702v2" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Chataigner" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Saussol" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Aubagnac" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2014.960102" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00844482v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LGRS.2013.2280500" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207521v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ndteint.2012.11.007" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S2SB7K9H-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207519v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2012.03.014" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9W32XZWH-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207513v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Wiggenhauser" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(ASCE)IS.1943-555X.0000085" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207515v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIM.2012.2190330" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00790359v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2012.03.003" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KDQX7P3X-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304583v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denys Breysse" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00788542v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00611843v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2011.9693348" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00905796v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIM.2011.2138210" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00397612v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Sirieix" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Lataste" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Naar" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/palgrave.jba.2950065" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00366555v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Tarnus" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00247718v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Klysz" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Lataste" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fnine" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01006795v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Yotte" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Salta" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Rousseau" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Ana Rodriguez-Maribona" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan O'Connor" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982507v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178085v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cariou" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C C&#244;te" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0963-8695(02)00090-7" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6RMVWS0F-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178048v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0926-9851(01)00075-1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-08GJRFW6-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631776v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394284405.ch6" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04283409v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-55236-7" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-55236-7_65" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01887760v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dumoulin" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-1-78548-229-8.50005-4" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058582v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-61499-836-5-136" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362215v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/62410" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04400265v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525453v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bourlier" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ferro-Famil" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133038v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295569v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lebouc" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04283403v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04283406v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04301038v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Baltazart" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Simonin" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hui" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ching" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312123v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Abraham" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767956v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615713v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04283400v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400448v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3829/act-actndtce-fr" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04995425v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Andreoli" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Ihamouten" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier D&#233;robert" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.treng.2025.100313" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-05070894v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franziska Schmidt" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mai Lan Nguyen" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Souriou" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.treng.2025.100339" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05443536v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massina Fengal" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierric Mora" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parisa Shokouhi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Durand" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ndteint.2025.103473" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028035v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktoriia Buliuk" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Heinkele" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.treng.2024.100283" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-05132020v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2025.111794" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-05235974v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Guilbert" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2025.112009" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04889155v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Villain" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;rgio Palma Lopes" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bouvard-Coconet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Decitre" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ndteint.2024.103217" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04645791v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssein Ibrahim" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narintsoa Ranaivomanana" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Balayssac" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.measurement.2024.115057" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283104v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Bouichou" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Marie-Victoire" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khodor El Achrafi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26168/ajce.41.4.4" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283146v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26168/ajce.41.4.16" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04283310v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ritesh Gupta" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donatien Rossat" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Baroth" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Briffaut" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2022.114057" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03697642v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Multon" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Verdier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hognon Sogbossi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.measurement.2022.111204" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04464208v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rakeeb Mohamed Jaufer" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Goyat" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shreedhar Savant Todkar" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs14041047" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814873v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sima Kadkhodazadeh" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs14153623" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04283320v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fei Xie" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wallace W.L. Lai" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tust.2022.104402" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04283306v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wallace Wai Lok Lai" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Venus Ho Yan Hui" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jappgeo.2022.104722" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012823v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs14215593" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04283344v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.measurement.2020.108330" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04464332v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chateau" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03576386v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Garnier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Sbartai" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Yven" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26168/ajce.38.2.22" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092120v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Baltazart" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jappgeo.2021.104392" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04283324v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.measurement.2021.109799" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04325864v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Simonin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Norgeot" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04283343v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluca Gennarelli" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Catapano" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Soldovieri" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TGRS.2020.3024831" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04278503v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs13081474" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998749v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Borui Guan" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIM.2020.3024037" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907612v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Le Bastard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingjing Pan" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yide Wang" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meng Sun" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LGRS.2018.2873045" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02133940v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Derobert" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bosc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bernardin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nsg.12044" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02992660v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ndteint.2019.102128" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872667v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoting Xiao" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ndteint.2018.08.002" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-01876324v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Garnier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoubir Medhi Sbarta&#239;" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-018-1165-4" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708034v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Fauchard" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ndteint.2017.12.006" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058565v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Pajewski" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs10040530" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04283380v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wallace Wai-Lok Lai" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Annan" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ndteint.2017.04.002" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255703v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2113/JEEG23.4.443" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058625v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeljko Bugarinovic" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Meschino" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milan Vrtunski" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandar Ristic" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2113/JEEG23.4.407" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664153v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pinel" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TGRS.2017.2763983" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596683v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Lataste" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Laurens" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ndteint.2017.03.006" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599949v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lambot" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2017.2743215" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592925v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ndteint.2017.09.001" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592843v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ndteint.2016.08.001" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592906v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2016.12.061" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592882v2" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ndteint.2017.02.004" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04276499v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Stryk" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Matula" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Posp&#237;&#353;il" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2017.06.134" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608956v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xing Gao" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cote" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Blais" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Dong" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haowen Tong" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2015.05.050" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425139v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/1873-0604.2016045" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425157v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milia Fares" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Fargier" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ndteint.2016.01.002" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592975v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Sagnard" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Merliot" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.measurement.2016.03.044" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01248110v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Schoefs" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Bastidas-Arteaga" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trung Viet Tran" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2015.11.041" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207642v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan van Der Kruk" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/1873-0604.2015020" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207533v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raelize Loubser Du Plooy" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Palma Lopes" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-013-0189-z" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207528v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/1873-0604.2015016" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207702v2" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Chataigner" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Saussol" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Aubagnac" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2014.960102" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00844482v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LGRS.2013.2280500" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207521v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ndteint.2012.11.007" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S2SB7K9H-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207515v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIM.2012.2190330" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207513v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Abraham" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Wiggenhauser" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(ASCE)IS.1943-555X.0000085" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00790359v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Balayssac" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ginette Arliguie" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Breysse" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2012.03.003" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KDQX7P3X-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304583v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denys Breysse" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207519v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Garnier" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2012.03.014" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9W32XZWH-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00611843v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Chahine" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2011.9693348" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00905796v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIM.2011.2138210" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00788542v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00397612v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Sirieix" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Lataste" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Naar" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/palgrave.jba.2950065" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00366555v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Tarnus" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Derobert" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Pichot" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00247718v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Klysz" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Lataste" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fnine" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Piwakowski" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01006795v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Yotte" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Salta" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Rousseau" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Ana Rodriguez-Maribona" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan O'Connor" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982507v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178085v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fauchard" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cariou" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C C&#244;te" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0963-8695(02)00090-7" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6RMVWS0F-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178048v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Le Brusq" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Guillanton" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0926-9851(01)00075-1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-08GJRFW6-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379318v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Angevin" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Herkert" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lejay" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile Soulier" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heike W&#252;rschem" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194500v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Chaix" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rouba Hariri" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446052v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-05299358v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mengda Wu" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Bellenfant" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Cothenet" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Dezert" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWAGPR65621.2025.11109032" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971596v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04980473v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Payan" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3397/IN_2024_3078" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982272v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Battist" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zheng Li" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Payrastre" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756928v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Foucher" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Le" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Mansouri" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2690477" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133106v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04296107v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Chaix" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04323965v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWAGPR57138.2023.10329070" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04296121v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04331899v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/iwagpr57138.2023.10329021" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04296168v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Verdier" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Henault" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04464223v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04287746v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58286/27334" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04296221v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Norgeot" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dou&#233;" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04296197v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Buliuk" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Heinkele" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Jaufer" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280177v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Balayssac" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973643v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/gpr2022-035.1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03681766v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rakeeb Jaufer" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/gpr2022-022.1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04287723v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58286/27296" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03766504v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Buliuk" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Fauchard" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Jaufer" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04464225v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarun Yaram" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWAGPR50767.2021.9843151" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296472v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Ciccarone" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329536v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Andreoli" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.202120040" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04287658v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bosc" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Goyat" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.202120070" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04464226v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/gpr2020-093.1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04283411v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Dou&#233;" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/gpr2020-054.1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04289581v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-22503" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03023918v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Richard" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hartmut W. Gundel" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Borderon" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04296433v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Latrach" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04296402v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rakotonarivo S." TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ciccarone" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993052v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pan" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Todkar" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2019.8899302" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04287679v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bourreau" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Lai" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bourreau" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Chan" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.201902600" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04287917v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Le Bastard" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2018.8518959" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04283417v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janet Fung-Chu Sham" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICGPR.2018.8441684" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048420v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Henault" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Legland" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872670v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. D&#233;robert" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Guilbert" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.N. Gaudin" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICGPR.2018.8441526" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04296418v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02045183v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599300v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandar Govedarica" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milan Pajewski" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miro Derobert" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599327v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWAGPR.2017.7996056" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597627v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miro Govedarica" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWAGPR.2017.7996109" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599390v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hartmut Gundel" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599334v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Gomez Cardenas" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599711v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICGPR.2016.7572644" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599743v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708099v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Richard" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Boutet" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Brenugat" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICGPR.2016.7572645" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599838v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mila Fares" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599679v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICGPR.2016.7572691" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599552v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Hafid" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01364065v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-024-0867-6_104" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608967v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608958v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Thiery" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708105v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EuRAD.2015.7346280" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608970v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608961v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608964v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708107v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Xiao" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWAGPR.2015.7292706" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03709718v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Martini" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Salin" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01021046v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01053910v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Tebchrany" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Tarel" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708111v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICGPR.2014.6970490" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708116v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Boutet" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWAGPR.2013.6601517" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055033v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trung-Viet Tran" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440545v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viet-Trung Tran" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Villain" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708120v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raelize Du Plooy" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Palma-Lopes" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Thauvin" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWAGPR.2013.6601542" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00690489v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008632v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008637v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708122v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWAGPR.2011.5963903" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708123v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWAGPR.2011.5963901" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008635v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00611890v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008948v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farouk Benmeddour" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708128v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICGPR.2010.5550082" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708129v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICGPR.2010.5550083" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01007985v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Perrin" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708127v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICGPR.2010.5550085" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00800951v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Ploix" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00435927v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00435929v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451078v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Cortas" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Chazelas" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451076v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451077v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Coffec" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508986v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Li" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Laguerre" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Ferrari" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00315320v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Loche" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matilde Larget" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00315321v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Lataste" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouali Amiri" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Larget" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00435926v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Saillard" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00435928v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liting Zhong" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00435931v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00363590v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faming Liu" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00090403v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fortino" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Dauvignac" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Kossiavas" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Chatelee" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00090823v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iannis Aliferis" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984137v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Laguerre" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984114v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980469v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178205v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Cote" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Noon" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glen Stickley" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178206v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Coffec" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.383511" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984094v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00988505v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Dourthe" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cote" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631776v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394284405.ch6" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04283409v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-55236-7" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-55236-7_65" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058582v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-61499-836-5-136" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01887760v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dumoulin" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-1-78548-229-8.50005-4" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362215v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/62410" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04400265v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525453v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bourlier" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ferro-Famil" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133038v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295569v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lebouc" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04283406v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04283403v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04301038v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Baltazart" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Simonin" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hui" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ching" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312123v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Abraham" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767956v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615713v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04283400v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400448v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3829/act-actndtce-fr" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>