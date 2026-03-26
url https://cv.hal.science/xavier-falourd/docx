--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -66,10879 +66,12033 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (54)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (57)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complementary NMR analyses of cellulose-based assembly reveal how multi-scale structure governs saccharification efficiency in steam-exploded wood</w:t>
+                <w:t xml:space="preserve">Antioxidant functionalization of pullulan with ferulic acid using enzymatic catalysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edwige Audibert</w:t>
+                <w:t xml:space="preserve">Koceila Boundaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Falourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adriana Quintero</w:t>
+                <w:t xml:space="preserve">Corinne Loutelier-Bourhis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Martel</w:t>
+                <w:t xml:space="preserve">Tony Varacavoudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriel Paës</w:t>
+                <w:t xml:space="preserve">Luc Picton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carbohydrate Polymers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2026, 377, pp.124898. </w:t>
+              <w:t xml:space="preserve">, 2026, 381, pp.125202. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.carbpol.2026.124898⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.carbpol.2026.125202⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05458312v1</w:t>
+                <w:t xml:space="preserve">hal-05556130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The reversible swelling of starch granules investigated by solid-state nuclear magnetic resonance</w:t>
+                <w:t xml:space="preserve">A Reproducible Workflow for Modelling of 1 H to 13 C Polarization Transfer Kinetics Using Solid‐State NMR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Daniel Jacob</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">X. Falourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Deborde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Rondeau-Mouro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Hydrocolloids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2025.112395⟩</w:t>
+              <w:t xml:space="preserve">Magnetic Resonance in Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mrc.70090⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05479974v1</w:t>
+                <w:t xml:space="preserve">hal-05544812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A comparison between microwave and conventional baking; impact on bread structure, bread quality and water mobility</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Vanessa Jury</w:t>
+                <w:t xml:space="preserve">Kink-bands as drivers of hygroscopic response in flax fibres: A multi-scale investigation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loren Morgillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lèna Brionne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Falourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Lionel Boillereaux</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérangère Lesaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jfoodeng.2025.112686⟩</w:t>
+              <w:t xml:space="preserve">Industrial Crops and Products</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 240, pp.122613. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.indcrop.2025.122613⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05500108v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05559440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the factors contributing to texture loss in lentil cv. Anicia during cooking</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Complementary NMR analyses of cellulose-based assembly reveal how multi-scale structure governs saccharification efficiency in steam-exploded wood</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Alvarado</w:t>
+                <w:t xml:space="preserve">Edwige Audibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Falourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bérengère Marais</w:t>
+                <w:t xml:space="preserve">Adriana Quintero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Paës</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2025.146422⟩</w:t>
+              <w:t xml:space="preserve">Carbohydrate Polymers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 377, pp.124898. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.carbpol.2026.124898⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05358079v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05458312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A comprehensive platform investigating thermal, mechanical and rheological properties for biocomposite based on poly (3-hydroxybutyrate-co-3-hydroxyvalerate) reinforced with biomass by-products</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The reversible swelling of starch granules investigated by solid-state nuclear magnetic resonance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Falourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Lahaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Rondeau-Mouro</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sustainable Materials and Technologies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.susmat.2025.e01471⟩</w:t>
+              <w:t xml:space="preserve">Food Hydrocolloids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 174, pp.112395. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2025.112395⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05319950v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05479974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of drying on the composition and organization tomato fruit cell walls: A biochemical and structural study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A comparison between microwave and conventional baking; impact on bread structure, bread quality and water mobility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roua Bou-Orm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Jury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Falourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Lahaye</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Xavier Falourd</w:t>
+                <w:t xml:space="preserve">Luc Guihard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Le Bot</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Lionel Boillereaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Research International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodres.2025.116567⟩</w:t>
+              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 402, pp.112686. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jfoodeng.2025.112686⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05115919v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05500108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insights into multiscale chemical characterisation for the understanding of berry maturation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A comprehensive platform investigating thermal, mechanical and rheological properties for biocomposite based on poly (3-hydroxybutyrate-co-3-hydroxyvalerate) reinforced with biomass by-products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Mathel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Theo Le Gagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Falourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Claude Boulet</w:t>
+                <w:t xml:space="preserve">Catherine Deborde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Meudec</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Sophie Le Gall</w:t>
+                <w:t xml:space="preserve">Lucie Le-Bot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OENO One</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.20870/oeno-one.2025.59.1.8286⟩</w:t>
+              <w:t xml:space="preserve">Sustainable Materials and Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 45, pp.e01471. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.susmat.2025.e01471⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04929632v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05319950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Probing structural features in potato starch granules at moderate hydration through the modelling of 1H-&gt;13C polarization transfer kinetics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of drying on the composition and organization tomato fruit cell walls: A biochemical and structural study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lahaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Falourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marc Lahaye</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Bertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corinne C. Rondeau-Mouro</w:t>
+                <w:t xml:space="preserve">Maja Musse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Biological Macromolecules</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 272, pp.132806. </w:t>
+              <w:t xml:space="preserve">Food Research International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 213, pp.116567. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijbiomac.2024.132806⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.foodres.2025.116567⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04639996v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05115919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiscale analysis of hydrated gluten structure and phase distribution under thermal treatments</w:t>
+                <w:t xml:space="preserve">Exploring the factors contributing to texture loss in lentil cv. Anicia during cooking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elham Rakhshi</w:t>
+                <w:t xml:space="preserve">Guilhem Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Della Valle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Alvarado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Falourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corinne Rondeau-Mouro</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Bérengère Marais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Food Research and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 250, pp.1201-1217. </w:t>
+              <w:t xml:space="preserve">Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 495, pp.146422. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00217-023-04456-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2025.146422⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04493976v1</w:t>
+                <w:t xml:space="preserve">hal-05358079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oleofoams: The impact of formulating air-in-oil systems from a lipid oxidation perspective</w:t>
+                <w:t xml:space="preserve">Insights into multiscale chemical characterisation for the understanding of berry maturation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Ribourg-Birault</w:t>
+                <w:t xml:space="preserve">Jean-Claude Boulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Meynier</w:t>
+                <w:t xml:space="preserve">Emmanuelle Meudec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Vergé</w:t>
+                <w:t xml:space="preserve">Marie-Agnes Ducasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emeline Sallan</w:t>
+                <w:t xml:space="preserve">Elissa Abi-Habib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alice Kermarrec</w:t>
+                <w:t xml:space="preserve">Sophie Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Research in Food Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 8, pp.100690. </w:t>
+              <w:t xml:space="preserve">OENO One</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 59 (1), pp.8286. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.crfs.2024.100690⟩</w:t>
+                <w:t xml:space="preserve">⟨10.20870/oeno-one.2025.59.1.8286⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04643757v1</w:t>
+                <w:t xml:space="preserve">hal-04929632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polysaccharide-water interactions: NMR and DVS data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Falourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne C. Rondeau-Mouro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Cambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Chabbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Data in Brief</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 53, pp.110106. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.dib.2024.110106⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (data paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04640035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing the complementarity of time domain NMR, solid-state NMR and dynamic vapor sorption in the characterization of polysaccharide-water interactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Falourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne C. Rondeau-Mouro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Cambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Chabbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carbohydrate Polymers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 326, pp.121579. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.carbpol.2023.121579⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04384882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From Tomato Pomaces Biorefinery to Biobased Shape-Memory Semicrystalline Polyester Networks</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Oleofoams: The impact of formulating air-in-oil systems from a lipid oxidation perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christelle Lopez</w:t>
+                <w:t xml:space="preserve">Lucie Ribourg-Birault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noemie Viller</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Xavier Falourd</w:t>
+                <w:t xml:space="preserve">Anne Meynier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Fanuel</w:t>
+                <w:t xml:space="preserve">Simon Vergé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Sallan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Kermarrec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Sustainable Chemistry &amp; Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acssuschemeng.3c05713⟩</w:t>
+              <w:t xml:space="preserve">Current Research in Food Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 8, pp.100690. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.crfs.2024.100690⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04737068v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04643757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-scale investigation of the heat-induced transformation of starch in model dough and starch systems</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Probing structural features in potato starch granules at moderate hydration through the modelling of 1H-&gt;13C polarization transfer kinetics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Falourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lahaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne C. Rondeau-Mouro</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Hydrocolloids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 149, pp.109616. </w:t>
+              <w:t xml:space="preserve">International Journal of Biological Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 272, pp.132806. </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2023.109616⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijbiomac.2024.132806⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04384895v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04639996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of kink-band structures and specificities of cell wall polysaccharides in modern and ancient flax fibres</w:t>
+                <w:t xml:space="preserve">Multiscale analysis of hydrated gluten structure and phase distribution under thermal treatments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Goudenhooft</w:t>
+                <w:t xml:space="preserve">Elham Rakhshi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Falourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alessia Melelli</w:t>
+                <w:t xml:space="preserve">Marie-Hélène Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Durand</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tiphaine Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Rondeau-Mouro</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carbohydrate Polymers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.carbpol.2024.122526⟩</w:t>
+              <w:t xml:space="preserve">European Food Research and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 250, pp.1201-1217. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00217-023-04456-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04664311v1</w:t>
+                <w:t xml:space="preserve">hal-04493976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A multimodal and multiscale investigation of factors affecting the juice yield of cider apples</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">From Tomato Pomaces Biorefinery to Biobased Shape-Memory Semicrystalline Polyester Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méline Calatraba</w:t>
+                <w:t xml:space="preserve">Mathilde Marc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tiphaine Gauclain</w:t>
+                <w:t xml:space="preserve">Christelle Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noemie Viller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Falourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Fanuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2023.135649⟩</w:t>
+              <w:t xml:space="preserve">ACS Sustainable Chemistry &amp; Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12 (6), pp.2191 - 2202. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acssuschemeng.3c05713⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04102624v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04737068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determining whether granule structural or surface features govern the wheat starch digestion, a kinetic analysis</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comparison of kink-band structures and specificities of cell wall polysaccharides in modern and ancient flax fibres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Philippe Ral</w:t>
+                <w:t xml:space="preserve">Camille Goudenhooft</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessia Melelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Falourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Le-Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carbohydrate Polymers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 315, pp.120966. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.carbpol.2023.120966⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 344, pp.122526. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.carbpol.2024.122526⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04109890v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04664311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of cellulose interactions with water by ssNMR: 1H-&amp;gt;13C transfer kinetics revisited</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multi-scale investigation of the heat-induced transformation of starch in model dough and starch systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elham Rakhshi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Falourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruud Den Adel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John van Duynhoven</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carbohydrate Polymers</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Food Hydrocolloids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 149, pp.109616. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2023.109616⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.carbpol.2022.120104⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03831185v1</w:t>
+                <w:t xml:space="preserve">hal-04384895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of acquisition and processing times for the measurement of 1H to 13C polarization transfer kinetics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A multimodal and multiscale investigation of factors affecting the juice yield of cider apples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lahaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loric Thoulouze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Méline Calatraba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Gauclain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Falourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MethodsX</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mex.2022.101914⟩</w:t>
+              <w:t xml:space="preserve">Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 420, pp.135649. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2023.135649⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04384889v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04102624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dextran-based polyelectrolyte multilayers: Effect of charge density on film build-up and morphology</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Angélina D’orlando</w:t>
+                <w:t xml:space="preserve">Determining whether granule structural or surface features govern the wheat starch digestion, a kinetic analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuzi Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Saulnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Ral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Falourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bernard Cathala</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Kansou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloids and Surfaces B: Biointerfaces</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.colsurfb.2021.112258⟩</w:t>
+              <w:t xml:space="preserve">Carbohydrate Polymers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 315, pp.120966. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.carbpol.2023.120966⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03531807v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04109890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anticipating global warming effects: A comprehensive study of drought impact of both flax plants and fibres</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dextran-based polyelectrolyte multilayers: Effect of charge density on film build-up and morphology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Delvart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angélina D’orlando</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Falourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Cathala</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Industrial Crops and Products</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.indcrop.2022.115011⟩</w:t>
+              <w:t xml:space="preserve">Colloids and Surfaces B: Biointerfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 210, pp.112258. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.colsurfb.2021.112258⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03682977v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03531807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cellulose nanocrystals from native and mercerized cotton</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Assessment of cellulose interactions with water by ssNMR: 1H-&amp;gt;13C transfer kinetics revisited</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Falourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lahaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne C. Rondeau-Mouro</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cellulose</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10570-021-04313-8⟩</w:t>
+              <w:t xml:space="preserve">Carbohydrate Polymers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 298, pp.120104. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.carbpol.2022.120104⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03561543v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03831185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of cell wall non-cellulosic and cellulosic polymers on the mechanical properties of flax fibre bundles</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Angeline Paturel</w:t>
+                <w:t xml:space="preserve">Optimization of acquisition and processing times for the measurement of 1H to 13C polarization transfer kinetics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Falourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Le Gall</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marc Lahaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne C. Rondeau-Mouro</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carbohydrate Polymers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.carbpol.2022.119599⟩</w:t>
+              <w:t xml:space="preserve">MethodsX</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 9, pp.101914. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mex.2022.101914⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03699943v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04384889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure of heteroxylans from vitreous and floury endosperms of maize grain and impact on the enzymatic degradation</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cellulose nanocrystals from native and mercerized cotton</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc Fillaudeau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Durand</w:t>
+                <w:t xml:space="preserve">Somia Haouache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Jimenez-Saelices</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Cousin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Falourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Pontoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carbohydrate Polymers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.carbpol.2021.118942⟩</w:t>
+              <w:t xml:space="preserve">Cellulose</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 29 (3), pp.1567-1581. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10570-021-04313-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03526157v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03561543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bifunctionalization of Cellulose Fibers by One-Step Williamson’s Etherification to Obtain Modified Microfibrillated Cellulose</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Anticipating global warming effects: A comprehensive study of drought impact of both flax plants and fibres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessia Melelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Alvarado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Kervoëlen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Foucat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Sustainable Chemistry &amp; Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Industrial Crops and Products</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 184, pp.115011. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.indcrop.2022.115011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acssuschemeng.2c03754⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04131353v1</w:t>
+                <w:t xml:space="preserve">hal-03682977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bioinspired co-polyesters of hydroxy-fatty acids extracted from tomato peel agro-wastes and glycerol with tunable mechanical, thermal and barrier properties</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Marc</w:t>
+                <w:t xml:space="preserve">Impact of cell wall non-cellulosic and cellulosic polymers on the mechanical properties of flax fibre bundles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Gautreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angeline Paturel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regis Risani</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Bruno Pontoire</w:t>
+                <w:t xml:space="preserve">Loïc Foucat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Industrial Crops and Products</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Carbohydrate Polymers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 291, pp.119599. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.carbpol.2022.119599⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.indcrop.2021.113718⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03318668v1</w:t>
+                <w:t xml:space="preserve">hal-03699943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluating polymer interplay after hot water pretreatment to investigate maize stem internode recalcitrance</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Amandine Leroy</w:t>
+                <w:t xml:space="preserve">Structure of heteroxylans from vitreous and floury endosperms of maize grain and impact on the enzymatic degradation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Bonnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Joseph-Aimé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Fillaudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Falourd</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Fabienne Guillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biotechnology for Biofuels</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13068-021-02015-8⟩</w:t>
+              <w:t xml:space="preserve">Carbohydrate Polymers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 278, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.carbpol.2021.118942⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03320504v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03526157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sequential natural deep eutectic solvent pretreatments of apple pomace: A novel way to promote water extraction of pectin and to tailor its main structural domains</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mingrui Chen</w:t>
+                <w:t xml:space="preserve">Bifunctionalization of Cellulose Fibers by One-Step Williamson’s Etherification to Obtain Modified Microfibrillated Cellulose</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Falourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marc Lahaye</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malika Talantikite</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Cathala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Villares</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carbohydrate Polymers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.carbpol.2021.118113⟩</w:t>
+              <w:t xml:space="preserve">ACS Sustainable Chemistry &amp; Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10 (40), pp.13415-13423. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acssuschemeng.2c03754⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03239745v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04131353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enzymatic degradation of maize shoots: monitoring of chemical and physical changes reveals different saccharification behaviors</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Loic Foucat</w:t>
+                <w:t xml:space="preserve">Evaluating polymer interplay after hot water pretreatment to investigate maize stem internode recalcitrance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Falourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Rachelle Looten</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Foucat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Méchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Guillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biotechnology for Biofuels</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 14 (1), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13068-020-01854-1⟩</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13068-021-02015-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03117590v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03320504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pectin degradation accounts for apple tissue fragmentation during thermomechanical-mediated puree production</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Leca</w:t>
+                <w:t xml:space="preserve">Bioinspired co-polyesters of hydroxy-fatty acids extracted from tomato peel agro-wastes and glycerol with tunable mechanical, thermal and barrier properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Marc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regis Risani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Desnoes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Falourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Loïc Foucat</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Pontoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Hydrocolloids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2021.106885⟩</w:t>
+              <w:t xml:space="preserve">Industrial Crops and Products</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 170, pp.113718. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.indcrop.2021.113718⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03313582v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03318668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impacts of the baking heating rate on the water mobility, starch microstructure and mechanical properties of degassed crumb during staling</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Vanessa Jury</w:t>
+                <w:t xml:space="preserve">Sequential natural deep eutectic solvent pretreatments of apple pomace: A novel way to promote water extraction of pectin and to tailor its main structural domains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mingrui Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Falourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lahaye</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cereal Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Carbohydrate Polymers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 266, pp.118113. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.carbpol.2021.118113⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jcs.2021.103228⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03231591v1</w:t>
+                <w:t xml:space="preserve">hal-03239745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adjuvant Effect of Orally Applied Preparations Containing Non-Digestible Polysaccharides on Influenza Vaccination in Healthy Seniors: A Double-Blind, Randomised, Controlled Pilot Trial</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Enzymatic degradation of maize shoots: monitoring of chemical and physical changes reveals different saccharification behaviors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monique van Erp</w:t>
+                <w:t xml:space="preserve">Cécile Barron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ekaterina Papazova</w:t>
+                <w:t xml:space="preserve">Marie-Francoise Devaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edlyn Soeth</w:t>
+                <w:t xml:space="preserve">Loic Foucat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Falourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachelle Looten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nutrients</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/nu13082683⟩</w:t>
+              <w:t xml:space="preserve">Biotechnology for Biofuels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 14 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13068-020-01854-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-04098220v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03117590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Versatile nanocellulose-anatase TiO2 hybrid nanoparticles in Pickering emulsions for the photocatalytic degradation of organic and aqueous dyes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hugo Voisin</w:t>
+                <w:t xml:space="preserve">Pectin degradation accounts for apple tissue fragmentation during thermomechanical-mediated puree production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Buergy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Rolland-Sabaté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Leca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Falourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Foucat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JCIS Open</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jciso.2021.100014⟩</w:t>
+              <w:t xml:space="preserve">Food Hydrocolloids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 120, pp.106885. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2021.106885⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03319832v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03313582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non thermal plasma in liquid media: Effect on inulin depolymerization and functionalization</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Adjuvant Effect of Orally Applied Preparations Containing Non-Digestible Polysaccharides on Influenza Vaccination in Healthy Seniors: A Double-Blind, Randomised, Controlled Pilot Trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Fourre</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Christiane Laue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yala Stevens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique van Erp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ekaterina Papazova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edlyn Soeth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carbohydrate Polymers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.carbpol.2019.115704⟩</w:t>
+              <w:t xml:space="preserve">Nutrients</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (8), pp.2683. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/nu13082683⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02944380v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-04098220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiscale Structure of Starches Grafted with Hydrophobic Groups: A New Analytical Strategy</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Marion Collinet-Fressancourt</w:t>
+                <w:t xml:space="preserve">Impacts of the baking heating rate on the water mobility, starch microstructure and mechanical properties of degassed crumb during staling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roua Bou Orm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Jury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Falourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Boillereaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Guihard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/molecules25122827⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cereal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 100, pp.103228. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcs.2021.103228⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-02877848v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03231591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cellulose, pectin and water in cell walls determine apple flesh viscoelastic mechanical properties</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marc Lahaye</w:t>
+                <w:t xml:space="preserve">Versatile nanocellulose-anatase TiO2 hybrid nanoparticles in Pickering emulsions for the photocatalytic degradation of organic and aqueous dyes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Voisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Falourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sophie Le Gall</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Rivard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Capron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carbohydrate Polymers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.carbpol.2019.115768⟩</w:t>
+              <w:t xml:space="preserve">JCIS Open</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 3, pp.100014. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jciso.2021.100014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-02912984v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03319832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Drug delivery system obtained by hot-melt processing of zein plasticized by a pharmaceutically active ionic liquid</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lydie Viau</w:t>
+                <w:t xml:space="preserve">Multiscale Structure of Starches Grafted with Hydrophobic Groups: A New Analytical Strategy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Volant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Gilet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Beddiaf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Collinet-Fressancourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Falourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of materials chemistry‎ B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D0TB00326C⟩</w:t>
+              <w:t xml:space="preserve">Molecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 25 (12), pp.2827. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/molecules25122827⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-02561774v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02877848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cellulose nanocrystals-starch nanocomposites produced by extrusion: Structure and behavior in physiological conditions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Veronica Nessi</w:t>
+                <w:t xml:space="preserve">Non thermal plasma in liquid media: Effect on inulin depolymerization and functionalization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raluca Nastase</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Fourre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Fanuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Falourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Capron</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carbohydrate Polymers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, Carbohydrate Polymers, 225, pp.115123. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.carbpol.2019.115123⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 231, pp.115704. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.carbpol.2019.115704⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02436575v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02944380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benchmarking of techniques used to assess the freeze damage in potatoes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Drug delivery system obtained by hot-melt processing of zein plasticized by a pharmaceutically active ionic liquid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kévin Vidot</w:t>
+                <w:t xml:space="preserve">Laurent Chaunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Epameinondas Xanthakis</w:t>
+                <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Falourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joran Fontaine</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Denis Lourdin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jfoodeng.2019.05.008⟩</w:t>
+              <w:t xml:space="preserve">Journal of materials chemistry‎ B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8 (21), pp.4672-4679. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D0TB00326C⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02539349v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02561774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Challenging the putative structure of mannan in wheat (Triticum aestivum) endosperm</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yves Verhertbruggen</w:t>
+                <w:t xml:space="preserve">Cellulose, pectin and water in cell walls determine apple flesh viscoelastic mechanical properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Falourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marlayna Sterner</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Brigitte Laillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Le Gall</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carbohydrate Polymers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 224, pp.1-9. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.carbpol.2019.115063⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 232, pp.115768. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.carbpol.2019.115768⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03261419v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02912984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of flax cell wall ultrastructure and mechanical properties during the retting step</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Challenging the putative structure of mannan in wheat (Triticum aestivum) endosperm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Verhertbruggen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Falourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Bourmaud</w:t>
+                <w:t xml:space="preserve">Marlayna Sterner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Guillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Siniscalco</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Xavier Falourd</w:t>
+                <w:t xml:space="preserve">Christine Girousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carbohydrate Polymers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 206, pp.48 - 56. </w:t>
+              <w:t xml:space="preserve">, 2019, 224, pp.1-9. </w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.carbpol.2018.10.065⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.carbpol.2019.115063⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01937778v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03261419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agar Extraction By-Products from Gelidium sesquipedale as a Source of Glycerol-Galactosides</w:t>
+                <w:t xml:space="preserve">Cellulose nanocrystals-starch nanocomposites produced by extrusion: Structure and behavior in physiological conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Salim Lebbar</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sophie Le Gall</w:t>
+                <w:t xml:space="preserve">Veronica Nessi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Falourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Ropartz</w:t>
+                <w:t xml:space="preserve">Jean-Eudes Maigret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Cahier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelina D’orlando</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/molecules23123364⟩</w:t>
+              <w:t xml:space="preserve">Carbohydrate Polymers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Carbohydrate Polymers, 225, pp.115123. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.carbpol.2019.115123⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04949392v1</w:t>
+                <w:t xml:space="preserve">hal-02436575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enzymatic synthesis of polysaccharide-based copolymers</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Benchmarking of techniques used to assess the freeze damage in potatoes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Tarquis</w:t>
+                <w:t xml:space="preserve">Piyush Kumar Jha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandra Pizzut Serin</w:t>
+                <w:t xml:space="preserve">Kévin Vidot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Roblin</w:t>
+                <w:t xml:space="preserve">Epameinondas Xanthakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Falourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joran Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Green Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C8GC01251B⟩</w:t>
+              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 262, pp.60-74. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jfoodeng.2019.05.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01889263v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02539349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multimodal analysis of pretreated biomass species highlights generic markers of lignocellulose recalcitrance</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Evolution of flax cell wall ultrastructure and mechanical properties during the retting step</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aya Zoghlami</w:t>
+                <w:t xml:space="preserve">Alain Bourmaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anouck Habrant</w:t>
+                <w:t xml:space="preserve">David Siniscalco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Foucat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Goudenhooft</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Falourd</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Loic Foucat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biotechnology for Biofuels</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 11 (1), pp.1-17. </w:t>
+              <w:t xml:space="preserve">Carbohydrate Polymers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 206, pp.48 - 56. </w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13068-018-1053-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.carbpol.2018.10.065⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02625480v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01937778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barn owl nestlings vocally escalate when interrupted by a sibling: evidence from an interactive playback experiment</w:t>
+                <w:t xml:space="preserve">Enzymatic synthesis of polysaccharide-based copolymers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Ducouret</w:t>
+                <w:t xml:space="preserve">Florent Grimaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amelie Dreiss</w:t>
+                <w:t xml:space="preserve">Pauline Faucard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlène Gémard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Xavier Falourd</w:t>
+                <w:t xml:space="preserve">Laurence Tarquis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Roulin</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sandra Pizzut Serin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Roblin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Behaviour</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.anbehav.2018.09.003⟩</w:t>
+              <w:t xml:space="preserve">Green Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 20 (17), pp.4012-4022. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C8GC01251B⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03052270v1</w:t>
+                <w:t xml:space="preserve">hal-01889263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agar extraction by-products from gelidium sesquipedale as a source of glycerol-galactosides</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId210" w:history="1">
+                <w:t xml:space="preserve">Agar Extraction By-Products from Gelidium sesquipedale as a Source of Glycerol-Galactosides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salim Lebbar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Fanuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Falourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Ropartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 23 (12), pp.1-8. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId212" w:history="1">
+              <w:t xml:space="preserve">, 2018, 23 (12), pp.3364. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/molecules23123364⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02626391v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04949392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanostructured cellulose-xyloglucan blends via ionic liquid/water processing</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Multimodal analysis of pretreated biomass species highlights generic markers of lignocellulose recalcitrance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Eudes Maigret</w:t>
+                <w:t xml:space="preserve">Mickaël Herbaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aya Zoghlami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anouck Habrant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Falourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Foucat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carbohydrate Polymers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.carbpol.2017.03.080⟩</w:t>
+              <w:t xml:space="preserve">Biotechnology for Biofuels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 11 (1), pp.1-17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13068-018-1053-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03336355v2</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02625480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lytic polysaccharide monooxygenases disrupt the cellulose fibers structure</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Barn owl nestlings vocally escalate when interrupted by a sibling: evidence from an interactive playback experiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonia Garajova</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pauline Ducouret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amelie Dreiss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Gémard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Falourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Roulin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/srep40262⟩</w:t>
+              <w:t xml:space="preserve">Animal Behaviour</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 145, pp.51-57. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.anbehav.2018.09.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01595678v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03052270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Water Mobility and Microstructure Evolution in the Germinating Medicago truncatula Seed Studied by NMR Relaxometry. A Revisited Interpretation of Multicomponent Relaxation.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marc Lahaye</w:t>
+                <w:t xml:space="preserve">Agar extraction by-products from gelidium sesquipedale as a source of glycerol-galactosides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salim Lebbar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Fanuel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Falourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Ropartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jf505515n⟩</w:t>
+              <w:t xml:space="preserve">Molecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 23 (12), pp.1-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/molecules23123364⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01209990v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02626391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brachypodium cell wall mutant with enhanced saccharification potential despite increased lignin content</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nanostructured cellulose-xyloglucan blends via ionic liquid/water processing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard Sibout</w:t>
+                <w:t xml:space="preserve">Amine Bendaoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Francoise Devaux</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Rachelle Looten</w:t>
+                <w:t xml:space="preserve">Rene Kehrbusch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anton Baranov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Duchemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Eudes Maigret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioEnergy Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12155-014-9501-1⟩</w:t>
+              <w:t xml:space="preserve">Carbohydrate Polymers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 168, pp.163-172. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.carbpol.2017.03.080⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01123292v1</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03336355v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of lipoteichoic acid structures from three probiotic Bacillus strains: involvement of d-alanine in their biological activity</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId146" w:history="1">
+                <w:t xml:space="preserve">Lytic polysaccharide monooxygenases disrupt the cellulose fibers structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Villares Garicochea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Bennati-Granier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Garajova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Foucat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antonie van Leeuwenhoek</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10482-014-0239-8⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/srep40262⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01102999v1</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01595678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Histological and cell wall polysaccharide chemical variability among apricot varieties</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Brachypodium cell wall mutant with enhanced saccharification potential despite increased lignin content</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Timpano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Sibout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Francoise Devaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Alvarado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachelle Looten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LWT - Food Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.lwt.2014.04.009⟩</w:t>
+              <w:t xml:space="preserve">BioEnergy Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 8 (1), pp.1-15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12155-014-9501-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02633952v1</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01123292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular mobility in Medicago truncatula seed during early stage of germination : Neutron Scattering and NMR investigations.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Water Mobility and Microstructure Evolution in the Germinating Medicago truncatula Seed Studied by NMR Relaxometry. A Revisited Interpretation of Multicomponent Relaxation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lahaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Falourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Loic Foucat</w:t>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis-Mohamed Limami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Foucat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Physics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 63 (6), pp.1698-1710. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jf505515n⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.chemphys.2013.10.014⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01161769v1</w:t>
+                <w:t xml:space="preserve">hal-01209990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Histological and cell wall polysaccharide chemical variability among apricot varieties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lahaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Falourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Quemener</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Francoise M. F. Devaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Marc Audergon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LWT - Food Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 58, pp.486-496. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.lwt.2014.04.009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02633952v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Characterization of lipoteichoic acid structures from three probiotic Bacillus strains: involvement of d-alanine in their biological activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Villéger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Grenier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naïma Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Falourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Foucat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Antonie van Leeuwenhoek</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 106 (4), pp.693-706. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10482-014-0239-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01102999v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Molecular mobility in Medicago truncatula seed during early stage of germination : Neutron Scattering and NMR investigations.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Falourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Natali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Peters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Foucat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 428, pp.181-185. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemphys.2013.10.014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01161769v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Cell wall polysaccharide chemistry of peach genotypes with contrasted textures and other fruit traits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Falourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Quemener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Ralet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Werner Howad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 60 (26), pp.6594-6605. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/jf301494j⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02648936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (22)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">13C solid-state NMR of polysaccharide assemblies: a new approach showing the involvement of water in the organization of macromolecules.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Reproducible Workflow for Modelling of 1 H to 13 C Polarization Transfer Kinetics using Solid-State NMR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Jacob</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Falourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Deborde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...38 lines deleted...]
-                <w:t xml:space="preserve">hal-05358096v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Rondeau-Mouro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05405136v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermoplasticization of Paramylon by Ionic Liquids</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Bouquillon</w:t>
+                <w:t xml:space="preserve">Co-Polyesters of Hydroxy-Fatty Acids Extracted from Tomato Peel Agro-Wastes and Glycerol with Tunable 16 Mechanical, Thermal and Barrier Properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rubens Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Paula Batista</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Silva Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Marion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Marc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr>
-[...508 lines deleted...]
-            </w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.17660/ActaHortic.2022.1353.3⟩</w:t>
-[...1925 lines deleted...]
-                <w:t xml:space="preserve">hal-02817999v1</w:t>
+                <w:t xml:space="preserve">hal-02980994v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (10)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (23)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of signal processing obtained by 1H→13C polarization transfer to better characterize water structuring in biomaterials</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">13C solid-state NMR of polysaccharide assemblies: a new approach showing the involvement of water in the organization of macromolecules.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Falourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Aguié-Béghin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lahaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne C. Rondeau-Mouro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GERM 2025</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05190060v1</w:t>
+              <w:t xml:space="preserve">8th EPNOE International Polysaccharides Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Sundsvall, Sweden</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05358096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NMR CHARACTERIZATION OF 13 C LABELLED LIGNOCELLULOSIC BIOMASS</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Thermoplasticization of Paramylon by Ionic Liquids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavien Mouillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Lourdin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Chaunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Eudes Maigret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Bouquillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GERM 2025</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05190039v1</w:t>
+              <w:t xml:space="preserve">ILMAT 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sapienza Università di Roma; Consiglio Nazionale delle Ricerche; CNR Istituto di Struttura della Materia; European Society of Ionic Matter, Sep 2025, Rome, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05190280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">THE REVERSIBLE SWELLING OF STARCH GRANULES INVESTIGATED BY SOLID-STATE NMR</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact de la laccase fongique et des médiateurs sur les propriétés de la structure de la biomasse lignocellulosique pendant la saccharification.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Vinter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angélina D'Orlando</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Falourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Bonnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nassim Belmokhtar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GERM 2025</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05190082v1</w:t>
+              <w:t xml:space="preserve">14èmes Journées du Réseau Français des Parois</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Saint-Malo, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04850012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of structural and morphological features of industrially steam exploded woody biomass on bioethanol production</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Edwige Audibert</w:t>
+                <w:t xml:space="preserve">ROLE DE L'EAU DANS LA STRUCTURATION ET LE COMPORTEMENT HYGROSCOPIQUE D'ASSEMBLAGES LIGNOCELLULOSIQUES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anouck Habrant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Sablot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Falourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Caroline Rémond</w:t>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cassandre Guinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Chabbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lignobiotech</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04849453v1</w:t>
+              <w:t xml:space="preserve">RFP - Réseau Français des Parois</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Saint-Malo (France), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04821135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of starch granule diversity and interactions with water by ssNMR.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marc Lahaye</w:t>
+                <w:t xml:space="preserve">Oleofoams:the impact of formulatin air-in-oil systems from a lipid oxidation perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Berton-Carabin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Ribourg-Birault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Kermarrec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Falourd</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Vergé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MR Food 2024</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04848659v1</w:t>
+              <w:t xml:space="preserve">19 th Euro Fed Lipid</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EFL, Sep 2023, Poznan (PL), Poland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04667756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comprehensive characterization of steam exploded woody biomass using NMR spectroscopy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Edwige Audibert</w:t>
+                <w:t xml:space="preserve">Apple firmness relies on cell wall architecture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lahaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Delaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Orsel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Falourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Caroline Rémond</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Foucat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Chemical Society Spring Meeting 2024</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04522288v1</w:t>
+              <w:t xml:space="preserve">XXXI International Horticultural Congress (IHC2022): International Symposium on Integrative Approaches to Product Quality in Fruits and Vegetables</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISHS, Aug 2023, Angers (FR), France. pp.19-28, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17660/ActaHortic.2022.1353.3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03972041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NMR studies of the role of water in the structuring and hygroscopic behavior of cellulose-hemicellulose assemblies</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Assessment of cellulose structure diversity and interactions by ssNMR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Falourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Véronique Aguié-Béghin</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lahaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Rondeau-Mouro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BINATIONAL GIDRM-GERM</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04106208v1</w:t>
+              <w:t xml:space="preserve">7th International Polysaccharide conference (EPNOE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EPNOE Network, Oct 2021, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05551293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beyond the content, the lignin conformation has a critical impact on the cellulose accessibility</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId136" w:history="1">
+                <w:t xml:space="preserve">Multiscale analysis of the influence of hot water pretreatment: consequences on lignocellulosic biomass recalcitrance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Falourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Foucat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Méchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Guillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Conference on Plant Cell Wall Biology</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03276544v1</w:t>
+              <w:t xml:space="preserve">29th EUBCE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03212353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">[P1.103] Apple viscoelasticity: Turgor and cell wall contributions</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Intake of 13C ssNMR at natural abundance and T2 LF-NMR, to understand spatial organization of plant macromolecular assemblies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Falourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Méchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillon Fabienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Paës</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EFFOST2018</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03337927v1</w:t>
+              <w:t xml:space="preserve">EUROMAR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Portoroz, Slovenia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03281359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">ELUCIDATION OF THE STRUCTURE AND BIOSYNTHESIS OF WHEAT GRAIN MANNAN</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Verhertbruggen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Alvarado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axelle Bouder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Falourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Foucat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plant Cell Wall Biology 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Sapporo, Japan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03279868v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thermoplasticization of Zein by [Lidocainium][Ibuprofenate] as Active Pharmaceutical Ingredient-Ionic Liquid.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Chaunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Viau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Lourdin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Falourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GDR LIPS Scientific WEBINAR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GDR Liquides ioniques et polymères, Oct 2020, Online conference, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05353296v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O1.6 -Role of apple flesh mechanical properties in juice production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lahaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Gauclain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jade Bakiepa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Falourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Le-Quere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3rd F&amp;V Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2020, Avignon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03338085v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flax Cell Wall Ultrastructure Modifications During Retting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Beaugrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bourmaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Foucat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Falourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Arnould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4th International Conference on Natural Fibers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Porto, Portugal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02269023v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cell Wall Ultrastructure Modifications During Flax Fiber Retting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Beaugrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Foucat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Falourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Arnould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Baley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cell Wall Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Cambridge, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02269029v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bioinspired cellulose-xyloglucan polymer blends obtained using an ionic liquid as processing aid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bendaoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rene P Kehrbusch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Duchemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Eudes Maigret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Falourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5th EPNOE International Polysaccharide Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Jena, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01636836v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cellulose/Xyloglucan blends obtained using an ionic liquid as processing aid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Bendaoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rene P Kehrbusch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Duchemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Eudes Maigret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Falourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées Scientifiques du GDR LIPS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01963970v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Does mannan interact with arabinogalactan proteins and impact wheat endosperm development?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Verhertbruggen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Alvarado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylviane Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axelle Bouder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Falourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14. Cell Wall Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Chania, Greece</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02798140v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Medicago truncatula seed germination and radicle growth: A microstructural NMR clarification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Falourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Foucat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis-Mohamed Limami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lahaye</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7. Plant Biomechanics International Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UMR Physique et Physiologie Intégratives de l'Arbre Fruitier et Forestier (0547)., Aug 2012, Clermont-Ferrand, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01209992v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seed germination and radicle growth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Falourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Foucat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis-Mohamed Limami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lahaye</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7. plant biomecanics international conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UMR Physique et Physiologie Intégratives de l'Arbre Fruitier et Forestier (0547)., Aug 2012, Clermont-Ferrand, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01209948v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cell wall polysaccharide composition and structure of the germinating Medicago truncatula seed</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Falourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Cukier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis-Mohamed Limami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lahaye</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plant and Seaweed Polysaccharides Symposium 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UR Biopolymères, Interactions Assemblages (1268)., Jul 2012, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01209947v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">PHENOCHEM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Le Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Falourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Rogniaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit B. Jaillais</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plant and Seaweed Polysaccharides Symposium 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UR Biopolymères, Interactions Assemblages (1268)., Jul 2012, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02810729v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seed germination and radicle growth : A microstructural NMR clarification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Falourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Foucat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis M. Limami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lahaye</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7th Plant Biomechanics International Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Clermont-Ferrand, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03339436v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genetic variability in apricot cell wall texture componants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Falourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Quemener</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Francoise M. F. Devaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Marc Audergon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lahaye</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4. Isafruit General Assembly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Angers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02817999v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Poster de conférence (14)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Optimization of signal processing obtained by 1H→13C polarization transfer to better characterize water structuring in biomaterials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florentin Chauveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Deborde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Jacob</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Falourd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GERM 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Autrans (Vercors), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05190060v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">NMR CHARACTERIZATION OF 13 C LABELLED LIGNOCELLULOSIC BIOMASS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Vinter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Deborde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angélina D'Orlando</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Sibout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Falourd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GERM 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Autrans (Vercors), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05190039v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">THE REVERSIBLE SWELLING OF STARCH GRANULES INVESTIGATED BY SOLID-STATE NMR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Falourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lahaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne C. Rondeau-Mouro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GERM 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Autrans (Vercors), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05190082v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evaluation of Starch Granule Diversity and Water Interactions Using ssNMR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Rondeau-Mouro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lahaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Falourd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée plénière du GDR SLAMM 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Le Croisic, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05544379v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impact of structural and morphological features of industrially steam exploded woody biomass on bioethanol production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwige Audibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Falourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adriana Quintero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Rémond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lignobiotech</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04849453v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assessment of starch granule diversity and interactions with water by ssNMR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Rondeau-Mouro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lahaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Falourd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16th International Conference on the Applications of Magnetic Resonance in Food Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Foz Do Iguazu, Brazil</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05543480v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assessment of starch granule diversity and interactions with water by ssNMR.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne C. Rondeau-Mouro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lahaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Falourd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MR Food 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Foz do Iguaçu (Brazil), Brazil</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04848659v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comprehensive characterization of steam exploded woody biomass using NMR spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwige Audibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Falourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adriana Quintero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Rémond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">American Chemical Society Spring Meeting 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, New Orleans (LO), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04522288v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hydrated starch, an extremely complex organisation studied through a wide range of cross-polarisation experiments.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Falourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lahaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Rondeau-Mouro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès du GERM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Murol, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05551213v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">NMR studies of the role of water in the structuring and hygroscopic behavior of cellulose-hemicellulose assemblies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne C. Rondeau-Mouro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Falourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Chabbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Aguié-Béghin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BINATIONAL GIDRM-GERM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Milan (Italie), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04106208v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reducing acquisition and processing duration in solid-state NMR: a critical point for wider use</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Falourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Lollier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lahaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Rondeau-Mouro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7th International Polysaccharide conference (EPNOE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05551101v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beyond the content, the lignin conformation has a critical impact on the cellulose accessibility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Falourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Foucat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Méchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Guillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7th International Conference on Plant Cell Wall Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Online, Japan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03276544v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">[P1.103] Apple viscoelasticity: Turgor and cell wall contributions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Lahaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X Falourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Le Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EFFOST2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03337927v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Cell wall polysaccharide composition and structure of germinating Medicago truncatula seed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Falourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Cukier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis M. Limami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lahaye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PSP12 - Plant and Seaweed Polysaccharide Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Nantes, France. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03339441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10948,547 +12102,279 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Advancing biomimetic approaches to cellulose hemicellulose based composite materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Staiger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Bendaoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Cathala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Duchemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jean-Michel Carnus, Geoffroy Lamarche, Anne Rouault and Di Tracey. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20 YEARS OF SCIENTIFIC COOPERATION BETWEEN FRANCE AND NEW ZEALAND</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 978-0-473-74140-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05349447v1</w:t>
-              </w:r>
-[...266 lines deleted...]
-                <w:t xml:space="preserve">hal-02980994v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solid-State NMR Principles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Jacob</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Falourd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05405099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId345"/>
+      <w:footerReference w:type="default" r:id="rId366"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -11635,51 +12521,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458312v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Audibert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Falourd" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Quintero" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Martel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Pa&#235;s" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2026.124898" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05479974v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Falourd" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lahaye" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rondeau-Mouro" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2025.112395" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05500108v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roua Bou-Orm" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Jury" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Guihard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Boillereaux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2025.112686" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05358079v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Maillard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Della Valle" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Alvarado" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Marais" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2025.146422" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319950v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mathel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Le Gagne" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Deborde" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Le-Bot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susmat.2025.e01471" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05115919v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lahaye" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Le Bot" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bertin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maja Musse" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2025.116567" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04929632v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Boulet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Meudec" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agnes Ducasse" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elissa Abi-Habib" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Gall" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2025.59.1.8286" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04639996v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne C. Rondeau-Mouro" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2024.132806" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493976v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elham Rakhshi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Morel" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Lucas" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Rondeau-Mouro" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00217-023-04456-x" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04643757v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Ribourg-Birault" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Meynier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Verg&#233;" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Sallan" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Kermarrec" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crfs.2024.100690" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04640035v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Cambert" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Chabbert" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2024.110106" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04384882v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2023.121579" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04737068v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Marc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Lopez" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Viller" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fanuel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.3c05713" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04384895v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruud Den Adel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John van Duynhoven" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2023.109616" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04664311v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Goudenhooft" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Melelli" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Durand" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2024.122526" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04102624v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loric Thoulouze" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;line Calatraba" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Gauclain" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2023.135649" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04109890v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuzi Wang" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Saulnier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Ral" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Kansou" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2023.120966" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03831185v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2022.120104" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04384889v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mex.2022.101914" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03531807v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Delvart" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Moreau" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lina D&#8217;orlando" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Cathala" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2021.112258" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682977v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Kervo&#235;len" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Foucat" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2022.115011" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03561543v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Somia Haouache" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Jimenez-Saelices" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Cousin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pontoire" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10570-021-04313-8" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03699943v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gautreau" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angeline Paturel" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2022.119599" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03526157v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Bonnin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Joseph-Aim&#233;" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Fillaudeau" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2021.118942" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04131353v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Talantikite" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Villares" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.2c03754" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03318668v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Risani" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Desnoes" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2021.113718" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03320504v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Leroy" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie M&#233;chin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Guillon" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13068-021-02015-8" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03239745v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingrui Chen" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2021.118113" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03117590v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Barron" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Francoise Devaux" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Foucat" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachelle Looten" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13068-020-01854-1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03313582v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Buergy" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Rolland-Sabat&#233;" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Leca" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2021.106885" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03231591v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roua Bou Orm" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcs.2021.103228" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04098220v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Laue" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yala Stevens" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique van Erp" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Papazova" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edlyn Soeth" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu13082683" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03319832v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Voisin" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rivard" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Capron" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jciso.2021.100014" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02944380v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raluca Nastase" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Fourre" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2019.115704" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02877848v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Volant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gilet" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Beddiaf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Collinet-Fressancourt" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules25122827" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02912984v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Laillet" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2019.115768" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561774v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chaunier" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Viau" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lourdin" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Leroy" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0TB00326C" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02436575v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Nessi" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Eudes Maigret" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Cahier" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina D&#8217;orlando" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2019.115123" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02539349v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piyush Kumar Jha" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Vidot" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Epameinondas Xanthakis" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joran Fontaine" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2019.05.008" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03261419v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Verhertbruggen" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlayna Sterner" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Girousse" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2019.115063" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01937778v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bourmaud" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Siniscalco" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2018.10.065" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949392v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Lebbar" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ropartz" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules23123364" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889263v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Grimaud" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Faucard" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Tarquis" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Pizzut Serin" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Roblin" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8GC01251B" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625480v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Herbaut" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aya Zoghlami" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouck Habrant" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13068-018-1053-8" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052270v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Ducouret" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Dreiss" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne G&#233;mard" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Roulin" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2018.09.003" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626391v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03336355v2" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Bendaoud" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rene Kehrbusch" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Baranov" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Duchemin" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Eudes Maigret" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2017.03.080" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595678v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Villares Garicochea" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Bennati-Granier" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Garajova" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep40262" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209990v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis-Mohamed Limami" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf505515n" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123292v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Timpano" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Sibout" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Francoise Devaux" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12155-014-9501-1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01102999v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Vill&#233;ger" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Grenier" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na&#239;ma Saad" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10482-014-0239-8" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633952v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Quemener" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Francoise M. F. Devaux" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Audergon" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2014.04.009" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01161769v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Natali" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Peters" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemphys.2013.10.014" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LW1DHXH0-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648936v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Ralet" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Werner Howad" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf301494j" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05358096v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Agui&#233;-B&#233;ghin" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05190280v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Mouillard" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bouquillon" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04850012v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Vinter" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lina D'Orlando" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Belmokhtar" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821135v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Sablot" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandre Guinet" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04667756v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Berton-Carabin" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03972041v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Delaire" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Orsel" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2022.1353.3" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03212353v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03281359v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillon Fabienne" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03279868v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Bouder" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03338085v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Bakiepa" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Le-Quere" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05353296v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269023v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Beaugrand" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Arnould" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269029v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Baley" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636836v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bendaoud" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rene P Kehrbusch" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Duchemin" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963970v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798140v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Daniel" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810729v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rogniaux" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit B. Jaillais" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209947v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Cukier" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209948v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209992v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03339436v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis M. Limami" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817999v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05190060v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florentin Chauveau" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Jacob" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05190039v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05190082v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849453v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline R&#233;mond" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04848659v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04522288v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04106208v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03276544v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03337927v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Lahaye" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Falourd" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Le Gall" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03339441v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349447v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Staiger" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05405136v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02980994v2" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rubens Rodriguez" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Paula Batista" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Silva Pereira" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Marion" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05405099v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05556130v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koceila Boundaoui" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Falourd" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Loutelier-Bourhis" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Varacavoudin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Picton" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2026.125202" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05544812v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Jacob" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Falourd" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Deborde" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lahaye" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rondeau-Mouro" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrc.70090" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05559440v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loren Morgillo" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#232;na Brionne" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Adrien" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;rang&#232;re Lesaint" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2025.122613" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458312v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Audibert" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Quintero" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Martel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Pa&#235;s" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2026.124898" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05479974v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2025.112395" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05500108v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roua Bou-Orm" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Jury" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Guihard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Boillereaux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2025.112686" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319950v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mathel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Le Gagne" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Deborde" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Le-Bot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susmat.2025.e01471" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05115919v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lahaye" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Le Bot" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bertin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maja Musse" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2025.116567" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05358079v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Maillard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Della Valle" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Alvarado" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Marais" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2025.146422" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04929632v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Boulet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Meudec" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agnes Ducasse" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elissa Abi-Habib" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Gall" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2025.59.1.8286" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04640035v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne C. Rondeau-Mouro" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Cambert" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Chabbert" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2024.110106" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04384882v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2023.121579" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04643757v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Ribourg-Birault" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Meynier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Verg&#233;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Sallan" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Kermarrec" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crfs.2024.100690" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04639996v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2024.132806" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493976v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elham Rakhshi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Morel" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Lucas" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Rondeau-Mouro" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00217-023-04456-x" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04737068v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Marc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Lopez" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Viller" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fanuel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.3c05713" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04664311v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Goudenhooft" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Melelli" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Durand" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2024.122526" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04384895v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruud Den Adel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John van Duynhoven" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2023.109616" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04102624v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loric Thoulouze" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;line Calatraba" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Gauclain" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2023.135649" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04109890v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuzi Wang" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Saulnier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Ral" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Kansou" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2023.120966" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03531807v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Delvart" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Moreau" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lina D&#8217;orlando" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Cathala" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2021.112258" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03831185v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2022.120104" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04384889v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mex.2022.101914" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03561543v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Somia Haouache" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Jimenez-Saelices" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Cousin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pontoire" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10570-021-04313-8" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682977v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Kervo&#235;len" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Foucat" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2022.115011" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03699943v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gautreau" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angeline Paturel" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2022.119599" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03526157v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Bonnin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Joseph-Aim&#233;" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Fillaudeau" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2021.118942" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04131353v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Talantikite" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Villares" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.2c03754" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03320504v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Leroy" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie M&#233;chin" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Guillon" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13068-021-02015-8" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03318668v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Risani" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Desnoes" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2021.113718" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03239745v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingrui Chen" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2021.118113" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03117590v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Barron" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Francoise Devaux" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Foucat" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachelle Looten" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13068-020-01854-1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03313582v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Buergy" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Rolland-Sabat&#233;" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Leca" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2021.106885" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04098220v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Laue" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yala Stevens" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique van Erp" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Papazova" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edlyn Soeth" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu13082683" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03231591v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roua Bou Orm" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcs.2021.103228" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03319832v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Voisin" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rivard" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Capron" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jciso.2021.100014" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02877848v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Volant" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gilet" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Beddiaf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Collinet-Fressancourt" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules25122827" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02944380v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raluca Nastase" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Fourre" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2019.115704" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561774v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chaunier" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Viau" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lourdin" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Leroy" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0TB00326C" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02912984v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Laillet" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2019.115768" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03261419v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Verhertbruggen" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlayna Sterner" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Girousse" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2019.115063" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02436575v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Nessi" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Eudes Maigret" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Cahier" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina D&#8217;orlando" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2019.115123" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02539349v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piyush Kumar Jha" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Vidot" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Epameinondas Xanthakis" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joran Fontaine" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2019.05.008" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01937778v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bourmaud" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Siniscalco" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2018.10.065" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889263v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Grimaud" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Faucard" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Tarquis" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Pizzut Serin" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Roblin" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8GC01251B" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949392v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Lebbar" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ropartz" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules23123364" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625480v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Herbaut" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aya Zoghlami" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouck Habrant" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13068-018-1053-8" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052270v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Ducouret" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Dreiss" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne G&#233;mard" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Roulin" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2018.09.003" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626391v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03336355v2" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Bendaoud" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rene Kehrbusch" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Baranov" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Duchemin" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Eudes Maigret" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2017.03.080" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595678v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Villares Garicochea" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Bennati-Granier" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Garajova" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep40262" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123292v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Timpano" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Sibout" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Francoise Devaux" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12155-014-9501-1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209990v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis-Mohamed Limami" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf505515n" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633952v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Quemener" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Francoise M. F. Devaux" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Audergon" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2014.04.009" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01102999v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Vill&#233;ger" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Grenier" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na&#239;ma Saad" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10482-014-0239-8" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01161769v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Natali" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Peters" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemphys.2013.10.014" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LW1DHXH0-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648936v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Ralet" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Werner Howad" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf301494j" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05405136v2" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02980994v2" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rubens Rodriguez" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Paula Batista" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Silva Pereira" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Marion" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05358096v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Agui&#233;-B&#233;ghin" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05190280v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Mouillard" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bouquillon" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04850012v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Vinter" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lina D'Orlando" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Belmokhtar" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821135v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Sablot" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandre Guinet" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04667756v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Berton-Carabin" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03972041v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Delaire" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Orsel" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2022.1353.3" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05551293v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03212353v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03281359v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillon Fabienne" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03279868v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Bouder" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05353296v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03338085v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Bakiepa" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Le-Quere" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269023v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Beaugrand" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Arnould" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269029v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Baley" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636836v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bendaoud" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rene P Kehrbusch" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Duchemin" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963970v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798140v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Daniel" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209992v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209948v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209947v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Cukier" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810729v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rogniaux" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit B. Jaillais" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03339436v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis M. Limami" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817999v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05190060v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florentin Chauveau" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05190039v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05190082v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05544379v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849453v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline R&#233;mond" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05543480v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04848659v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04522288v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05551213v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04106208v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05551101v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Lollier" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03276544v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03337927v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Lahaye" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Falourd" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Le Gall" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03339441v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349447v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Staiger" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05405099v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>