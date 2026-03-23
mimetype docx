--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -25,266 +25,347 @@
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:spacing w:after="20"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Xavier FRANK </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Identifiants chercheurs</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> IdHAL : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">xavier-frank</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> ORCID : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">0000-0003-3528-7892</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> IdRef : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">103599606</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Présentation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Situation actuelle</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Depuis 2011 : Chargé de recherche INRAE (UMR INRAE 1208 IATE, Montpellier, France)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Situations passées</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">2007-2011 : Chargé de recherche INRA (UMR INRA 1092 LERFOB, Nancy, France)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">2000-2007 : Professeur agrégé de l'enseignement secondaire, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Physique-Chimie</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">, temps plein. Niveaux collège, lycée. Vacations IUT et L3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">2000-2005 : Thèse &amp;quot;Approche multiéchelle de la dynamique des bulles en fluide non Newtonien&amp;quot;, directeur: Huai Zhi Li (Laboratoire des Sciences du Génie Chimique, UPR CNRS 6811, ENSIC, INPL, Nancy, France)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">1996-2000 : Scolarité département </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Physique</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> (Ecole Normale Supérieure de Cachan). Magistère </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Physique Fondamentale</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> (Université Paris XI, Orsay)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Diplômes, formation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">2005 : Doctorat, &amp;quot;Approche multiéchelle de la dynamique des bulles en fluide non Newtonien&amp;quot;, directeur: Huai Zhi Li (Laboratoire des Sciences du Génie Chimique, UPR CNRS 6811, ENSIC, INPL, Nancy, France)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">2000 : DEA de </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Génie des procédés</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> (ENSIC, INPL, Nancy, France)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">1999 : Agrégation de </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Physique</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> (Ecole Normale Supérieure, Cachan, France)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">1998 : Maîtrise de Physique Fondamentale (Université Paris XI, Orsay, France)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">1997 : Licence de Physique Fondamentale (Université Paris XI, Orsay, France)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="400"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
@@ -312,7392 +393,7992 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peridynamic study of the strength and failure of cemented cellular materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Delenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 111 (5), pp.055507. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.111.055507⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05090064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Initial coalescence between a drop and a liquid pool: A lattice Boltzmann investigation validated by experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Collignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Q. Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huai Li</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics of Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 36 (12), pp.123104. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/5.0238233⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04822061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From stress concentrations between inclusions to probability of breakage: A two-dimensional peridynamic study of particle-embedded materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlanvi Lampoh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Delenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 108 (3), pp.034903. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevE.108.034903⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04214592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Breakage of flawed particles by peridynamic simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farhang Radjai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Mayer-Laigle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Delenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computational Particle Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 8, pp.1019-1031. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s40571-021-00390-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03170725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tensile strength of granular aggregates: Stress chains across particle phase versus stress concentration by pores</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Stress transmission in cemented bidisperse granular materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Heinze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie V. Lullien-Pellerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu George</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farhang Radjai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 102, pp.022906. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.102.022906⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 101 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.101.052901⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02918592v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02573271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stress transmission in cemented bidisperse granular materials</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Tensile strength of granular aggregates: Stress chains across particle phase versus stress concentration by pores</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farhang Radjai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saeid Nezamabadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Delenne</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 101 (5), </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.101.052901⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 102, pp.022906. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.102.022906⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02573271v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02918592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of grinding energy and particle size during dry ball-milling of silica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Mayer-Laigle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farhang Radjai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Delenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Powder Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 376, pp.661-667. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.powtec.2020.08.048⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02918595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parallel implicit contact algorithm for soft particle systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saeid Nezamabadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Delenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Averseng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farhang Radjai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Physics Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 237, pp.17-25. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.cpc.2018.10.030⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01985869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DRY biorefineries: Multiscale modeling studies and innovative processing</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Multiscale modeling for bioresources and bioproducts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Barnabe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Chabin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Delenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Xavier Frank</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Duri-Bechemilh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Innovative Food Science &amp; Emerging Technologies / Innovative Food Science and Emerging Technologies </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 46, pp.131-139. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ifset.2017.08.006⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 46, pp.41-53. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifset.2017.09.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-01606747v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01607608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiscale modeling for bioresources and bioproducts</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">DRY biorefineries: Multiscale modeling studies and innovative processing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Mayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdellatif Barakat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Barron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Delenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Agnès Duri-Bechemilh</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Innovative Food Science &amp; Emerging Technologies / Innovative Food Science and Emerging Technologies </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 46, pp.41-53. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ifset.2017.09.015⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 46, pp.131-139. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifset.2017.08.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-01607608v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01606747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MPM with frictional contact for application to soft particulate materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saeid Nezamabadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thanh Hai Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Delenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Averseng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Procedia Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 175, pp.141-147. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.proeng.2017.01.044⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01494427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New modelling approaches to predict wood properties from its cellular structure: image-based representation and meshless methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Perre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giana Almeida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Ayouz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Forest Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 73 (1), pp.147-162. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s13595-015-0519-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01237586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelles avancées de la recherche sur le fractionnement du blé tendre ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Barron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Mayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Rouau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Francoise Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Mabille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Industries Alimentaires et Agricoles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 11/12, pp.16-19</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01605351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A coarse-grain force-field for xylan and its interaction with cellulose</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liang Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Perre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Mazeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carbohydrate Polymers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 127, pp.438-450. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.carbpol.2015.04.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01186422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lattice Boltzmann investigation of droplet inertial spreading on various porous surfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Perre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huai-Zhi Li</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 91 (5), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevE.91.052405⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01186414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A damping phenomenon in viscoelastic fluids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Dietrich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huai-Zhi Li</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 105 (5), 6 p. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1209/0295-5075/105/54006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01268559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bubbles in Non-Newtonian Fluids: A Multiscale Modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Charpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Canneviere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noel Midoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huai-Zhi Li</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Oil &amp; Gas Science and Technology - Revue d'IFP Energies nouvelles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 68 (6), pp.1059-1072. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2516/ogst/2012085⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01278789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stiffness of normal, opposite, and tension poplar wood determined using micro-samples in the three material directions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Perre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anh Tuan Dinh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Assor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Pilate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Wood Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 47 (3), pp.481-498. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00226-012-0511-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00819191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Droplet spreading on a porous surface: A lattice Boltzmann study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Perre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics of Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 24 (4), 042101 (11p.). </w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.3701996⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00803805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Multiscale Approach for Modeling Bubbles Rising in Non-Newtonian Fluids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Charpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youguang Ma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noel Midoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huai-Zhi Li</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Industrial and engineering chemistry research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 51 (4), pp.2084-2093. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/ie2006577⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00778220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiphase flow in the vascular system of wood: From microscopic exploration to 3-D Lattice Boltzmann experiments</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">The potential of meshless methods to address physical and mechanical phenomena involved during drying at the pore level</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Perre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Multiphase Flow</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2010.04.006⟩</w:t>
+              <w:t xml:space="preserve">Drying Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 28 (8), pp.932-943. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/07373937.2010.497077⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-01195061v1</w:t>
+                <w:t xml:space="preserve">hal-01195062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The potential of meshless methods to address physical and mechanical phenomena involved during drying at the pore level</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Multiphase flow in the vascular system of wood: From microscopic exploration to 3-D Lattice Boltzmann experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Perre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Drying Technology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Multiphase Flow</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 36 (8), pp.599-607. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2010.04.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/07373937.2010.497077⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01195062v1</w:t>
+                <w:t xml:space="preserve">hal-01195061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Route to chaos in the rising dynamics of a bubble chain in a polymeric fluid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H.-Z. Li</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics Letters A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 372 (40), pp.6155-6160. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.physleta.2008.08.031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
-              <w:r>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00379429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bubble nucleation and growth in fluids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Dietrich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Barraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H.-Z. Li</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Engineering Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 62, pp.7090-7097</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00272986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bubbles in a viscous liquid : lattice Boltzmann simulation and experimental validation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Origin of the negative wake behind a bubble rising in non-Newtonian fluids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Kemiha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Poncin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H.-Z. Li</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 546, pp.113-122</w:t>
+              <w:t xml:space="preserve">Chemical Engineering Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 61 (12), pp.4041-4047</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00282280v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00282320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Origin of the negative wake behind a bubble rising in non-Newtonian fluids</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Bubbles in a viscous liquid : lattice Boltzmann simulation and experimental validation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Funfschilling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Midoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H.-Z. Li</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Engineering Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 61 (12), pp.4041-4047</w:t>
+              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 546, pp.113-122</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00282320v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00282280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Negative wake behind a sphere rising in viscoelastic fluids: A lattice Boltzmann investigation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H.-Z. Li</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 74 (056307), 9 p. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevE.74.056307⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00282272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Complex flow around a bubble rising in a non-Newtonian fluid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Li H.Z.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 71.036309, 5 p. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevE.71.036309⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00069325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An analytical approach to the rise velocity of periodic bubble trains in non-Newtonian fluids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Funfschilling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal E: Soft matter and biological physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 16 (1), pp.29-35. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1140/epje/e2005-00004-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
-              <w:r>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02748105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bubbles' rising dynamics in polymeric solutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huai Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Funfschilling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Diard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Modern Physics Letters A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 325 (1), pp.43-50. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.physleta.2004.03.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
-              <w:r>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02748092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bubble Motion in Non-Newtonian Fluids and Suspensions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huai Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Funfschilling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Burdin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youguang Ma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Canadian Journal of Chemical Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 81 (3-4), pp.483-490. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/cjce.5450810321⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02748078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards the understanding of bubble interactions and coalescence in non-Newtonian fluids: a cognitive approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huai Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Funfschilling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mouline</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Engineering Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 56 (21-22), pp.6419-6425. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S0009-2509(01)00269-X⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
-              <w:r>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02748061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (32)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (38)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ANM-based fragmentation model of granular materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohann Trivino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farhang Radjai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlanvi Lampoh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Delenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9. International Conference on Discrete Element Methods (DEM9)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Erlangen, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04165704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling Particle Fracture using a Hybrid DEM/AI Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohann Trivino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Delenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farhang Radjai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlanvi Lampoh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IRN GeoMech</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04169142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation parallèle des milieux granulaires à particules déformables</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Modelling soft granular materials: Compaction behaviour</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saeid Nezamabadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farhang Radjai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Delenne</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julien Averseng</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14. Colloque National en Calcul de Structures (CSMA 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Giens, France</w:t>
+              <w:t xml:space="preserve">Joint GeoMech-M2UN Workshop on Upscaling for Strategic Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02930365v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02941598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Breaking the grains : Fragmentation of a cemented granular bio-material</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Modelling and rheology of soft granular materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saeid Nezamabadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thanh Hai Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Delenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farhang Radjai</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Joint GeoMech-M2UN Workshop on Upscaling for Strategic Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Montpellier, France</w:t>
+              <w:t xml:space="preserve">DEM 8 – 8th International Conference on Discrete Element Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Enschede, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02943080v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02929515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peridynamics simulation of particle crushing</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Breaking the grains : Fragmentation of a cemented granular bio-material</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karsta Heinze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Lullien-Pellerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu George</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farhang Radjai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DEM 8 – 8th International Conference on Discrete Element Methods</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Enschede, Netherlands</w:t>
+              <w:t xml:space="preserve">Joint GeoMech-M2UN Workshop on Upscaling for Strategic Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02929600v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02943080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling and rheology of soft granular materials</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Peridynamics simulation of particle crushing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Frank</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saeid Nezamabadi</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Claire Mayer-Laigle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farhang Radjai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Delenne</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Farhang Radjai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DEM 8 – 8th International Conference on Discrete Element Methods</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Enschede, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02929515v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02929600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling soft granular materials: Compaction behaviour</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Modelling soft granular materials: Compaction behavior</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saeid Nezamabadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farhang Radjai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Frank</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Delenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Joint GeoMech-M2UN Workshop on Upscaling for Strategic Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02941598v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04966610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fracturation of particle embodying defects using Peridynamics simulation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Peridynamics simulation of particle fracture embodying defects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Mayer-Laigle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farhang Radjai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Delenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Joint GeoMech-M2UN Workshop on Upscaling for Strategic Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Powders and Granular Materials Challenges and Future Trends</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02944690v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04182617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strength and fracture of porous, granular and cellular materials by peridynamic simulations</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Compaction rheology of soft granular materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farhang Radjai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saeid Nezamabadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. H. Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Frank</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Delenne</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Farhang Radjai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DEM 8 – 8th International Conference on Discrete Element Methods</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Enschede, Netherlands</w:t>
+              <w:t xml:space="preserve">54ime Congrès du Groupe Français de Rhéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02929507v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04967112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peridynamics simulation of particle fracture embodying defects</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Fracturation of particle embodying defects using Peridynamics simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Mayer-Laigle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farhang Radjai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Delenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Powders and Granular Materials Challenges and Future Trends</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Joint GeoMech-M2UN Workshop on Upscaling for Strategic Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04182617v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02944690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How the device and the process parameters influence milling efficiency and agglomeration ?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Strength and fracture of porous, granular and cellular materials by peridynamic simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Frank</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Delenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saeid Nezamabadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farhang Radjai</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Powders and Granular Materials Challenges and Future Trends</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Montpellier, France</w:t>
+              <w:t xml:space="preserve">DEM 8 – 8th International Conference on Discrete Element Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Enschede, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02940671v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02929507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation discrète de la déconstruction d’aliments - projet AIC MiDiDAM</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">How the device and the process parameters influence milling efficiency and agglomeration ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Delenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Rouau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farhang Radjai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Farhang Radjai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Métaséminaire CEPIA 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">Powders and Granular Materials Challenges and Future Trends</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01918035v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02940671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical modeling of the tensile strength of a biological granular aggregate: Effect of the particle size distribution</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Modélisation parallèle des milieux granulaires à particules déformables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saeid Nezamabadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farhang Radjai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Delenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Averseng</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International workshop on Powders and Grains</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">14. Colloque National en Calcul de Structures (CSMA 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Giens, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01539472v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02930365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peridynamics simulation of the comminution of particles containing microcraks</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modélisation discrète de la déconstruction d’aliments - projet AIC MiDiDAM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Frank</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Delenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Blanc</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Komlanvi Lampoh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saeid Nezamabadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farhang Radjai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Micromechanics of Granular Media (Powders &amp; Grains)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Métaséminaire CEPIA 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01595386v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01918035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical study of the failure of materials embedding soft to hard particles</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Peridynamics simulation of the comminution of particles containing microcraks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Mayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farhang Radjai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Delenne</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Farhang Radjai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Micromechanics of Granular Media (Powders &amp; Grains)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Montpellier, France. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjconf/201714007018⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/epjconf/201714002029⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01595485v1</w:t>
+                <w:t xml:space="preserve">hal-01595386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approche péridynamique de la fissuration quasi-statique d’un matériau comportant des inclusions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Numerical modeling of the tensile strength of a biological granular aggregate: Effect of the particle size distribution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karsta Heinze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Lullien-Pellerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu George</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farhang Radjai</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22. Congrès Français de Mécanique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International workshop on Powders and Grains</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Montpellier, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjconf/201714008013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01837431v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01539472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude péridynamique de la rupture de particules sous impact</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Numerical study of the failure of materials embedding soft to hard particles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Delenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farhang Radjai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22. Congrès Français de Mécanique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Conference on Micromechanics of Granular Media (Powders &amp; Grains)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Montpellier, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjconf/201714002029⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01837430v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01595485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of discrtet computational methods (Lattice Boltzmann, Material Point Method and peridynamic) to predict wood properties</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Approche péridynamique de la fissuration quasi-statique d’un matériau comportant des inclusions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Delenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farhang Radjai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EuroDrying'2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2015, Budapest, Hungary</w:t>
+              <w:t xml:space="preserve">22. Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01816626v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01837431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation et simulation numérique de la fragmentation des matériaux ligno-cellulosiques</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Approche péridynamique de la fissuration quasi-statique d'un matériau comportant des inclusions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier, Frank</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire Bioraffinerie des Lignocelluloses (BILI)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2014, Paris, France</w:t>
+              <w:t xml:space="preserve">CFM 2015 - 22ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01568887v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03444928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Failure of materials embedding inclusions: a numerical study using a peridynamic approach</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Etude péridynamique de la rupture de particules sous impact</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Delenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Mayer-Laigle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farhang Radjai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Modeling Granular Media Across Scales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2014, Montpellier, France</w:t>
+              <w:t xml:space="preserve">22. Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02916257v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01837430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation numérique de la fissuration d’un matériau granulaire cimenté par une approche peridynamique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Use of discrtet computational methods (Lattice Boltzmann, Material Point Method and peridynamic) to predict wood properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Perre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Ayouz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giana Almeida Perré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Yves Delenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21. Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2013, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">EuroDrying'2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Budapest, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01837429v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01816626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MPM modelling of the cellular collapse of bio-products due to capillary forces</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Failure of materials embedding inclusions: a numerical study using a peridynamic approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Delenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th International Drying Symposium IDS'2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2012, Xiamen, China</w:t>
+              <w:t xml:space="preserve">Modeling Granular Media Across Scales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01533838v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02916257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiscale Approach for Modeling Bubbles Rising in Non-Newtonian Fluids</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Modélisation et simulation numérique de la fragmentation des matériaux ligno-cellulosiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Delenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdellatif Barakat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelkrim Sadoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Mabille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Multiscale Approaches for Process Innovation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2012, Lyon, France</w:t>
+              <w:t xml:space="preserve">Séminaire Bioraffinerie des Lignocelluloses (BILI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02916220v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01568887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lattice Boltzmann approach of wood surface wetting at the pore level</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Simulation numérique de la fissuration d’un matériau granulaire cimenté par une approche peridynamique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Patrick Perré</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Delenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. International Conference on Porous Media</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2011, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">21. Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01533840v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01837429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MPM modelling of the wood/water relations at the cellular level : shrinkage and collapse</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Multiscale Approach for Modeling Bubbles Rising in Non-Newtonian Fluids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Giana Almeida Perré</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Charpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noël Midoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huai-Zhi Li</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. International Conference on Porous Media</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2011, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">International Conference on Multiscale Approaches for Process Innovation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2012, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01533839v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02916220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bubble nucleation and growth in fluids</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">MPM modelling of the cellular collapse of bio-products due to capillary forces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Perré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giana Almeida Perré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Huai-Zhi Li</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International Conference on Gas-Liquid and Gas-Liquid-Solid Reactor Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2007, New Delhi, India</w:t>
+              <w:t xml:space="preserve">18th International Drying Symposium IDS'2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2012, Xiamen, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02916218v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01533838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interaction entre deux sphères sédimentant en fluide non Newtonien: PIV et simulation Lattice Boltzmann</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Lattice Boltzmann approach of wood surface wetting at the pore level</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohammed Kemiha</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Huai-Zhi Li</w:t>
+                <w:t xml:space="preserve">Patrick Perré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFM 2007 - 18ème Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2007, Grenoble, France. 6 p</w:t>
+              <w:t xml:space="preserve">3. International Conference on Porous Media</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2011, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02916277v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01533840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flow fields around rigid spheres in a non-Newtonian fluid: PIV measurements and simulations</w:t>
+                <w:t xml:space="preserve">MPM modelling of the wood/water relations at the cellular level : shrinkage and collapse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohammed Kemiha</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Patrick Perré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Huai-Zhi Li</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giana Almeida Perré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th World Congress of Chemical Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2005, Glasgow, United Kingdom</w:t>
+              <w:t xml:space="preserve">3. International Conference on Porous Media</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2011, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02916208v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01533839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Origin of the negative wake behind a bubble rising in non Newtonian fluids</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Imbibition capillaire d’un échantillon de bois : reconstitution 3D de l’anatomie et simulation Lattice Boltzmann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Frank</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giana Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohammed Kemiha</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Huai-Zhi Li</w:t>
+                <w:t xml:space="preserve">Patrick Perré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Conference on Gas-Liquid and Gas-Liquid-Solid Reactor Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2005, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">CFM 2009 - 19ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2009, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02916211v1</w:t>
+                <w:t xml:space="preserve">hal-03390796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nucléation homogène et croissance des bulles en fluide non Newtonien</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Modélisation par MPM du comportement de l'agencement cellulaire du bois en grandes déformations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Perré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Huai-Zhi Li</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9ème Congrès de la Société Française de Génie des Procédés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2003, Saint-Nazaire, France</w:t>
+              <w:t xml:space="preserve">CFM 2009 - 19ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2009, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02916265v1</w:t>
+                <w:t xml:space="preserve">hal-03378330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bubble Motion in Non-Newtonian Fluids and Suspensions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Interaction entre deux sphères sédimentant en fluide non Newtonien: PIV et simulation Lattice Boltzmann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Kemiha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huai-Zhi Li</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Youguang Ma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Conference on Gas-Liquid and Gas-Liquid-Solid Reactor Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2003, Vancouver, Canada</w:t>
+              <w:t xml:space="preserve">CFM 2007 - 18ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2007, Grenoble, France. 6 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02916205v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02916277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Bubble nucleation and growth in fluids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Frank</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Dietrich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jing Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Barraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huai-Zhi Li</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8th International Conference on Gas-Liquid and Gas-Liquid-Solid Reactor Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2007, New Delhi, India</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02916218v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude de l'effet Weissenberg microscopique par micro-PIV</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Dietrich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Frank</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Poncin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Midoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFM 2007 - 18ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2007, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03361146v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Origin of the negative wake behind a bubble rising in non Newtonian fluids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Kemiha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Frank</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souhila Poncin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huai-Zhi Li</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7th International Conference on Gas-Liquid and Gas-Liquid-Solid Reactor Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2005, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02916211v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flow fields around rigid spheres in a non-Newtonian fluid: PIV measurements and simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Kemiha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Frank</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souhila Poncin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huai-Zhi Li</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7th World Congress of Chemical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2005, Glasgow, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02916208v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bubble Motion in Non-Newtonian Fluids and Suspensions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Frank</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huai-Zhi Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Funfschilling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Burdin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youguang Ma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6th International Conference on Gas-Liquid and Gas-Liquid-Solid Reactor Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2003, Vancouver, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02916205v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nucléation homogène et croissance des bulles en fluide non Newtonien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Frank</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Bonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Barraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youguang Ma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huai-Zhi Li</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9ème Congrès de la Société Française de Génie des Procédés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2003, Saint-Nazaire, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02916265v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Coalescence des bulles: dynamique chaotique et comportement cognitif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huai-Zhi Li</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8ème Congrès de la Société Française de Génie des Procédés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2001, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02916260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7707,1156 +8388,1156 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transferts thermiques dans les matériaux granulaires biosourcés: vers la caractérisation de l'efficacité énergétique d'échangeurs pour la réfrigération</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Rioual</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houssam Nfissi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">33. Congrès de la Société Francaise de Thermique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2025, Chambéry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05239411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation péridynamique du comportement à la rupture de mousses solides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiane Guessasma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Della Valle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saeid Nezamabadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Richefeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">54ème Congrès du Groupe Français de Rhéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02931636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compaction rheology of soft granular materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saeid Nezamabadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanh Hai Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Delenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farhang Radjai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">54ème Congrès du Groupe Français de Rhéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02931647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Textural analysis of soft granular materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saeid Nezamabadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thanh Hai Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Delenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Averseng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gordon Research Conference session Granular Matter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Easton, United States. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01568873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peridynamic study of the fracture of particles embedding microcracks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Mayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farhang Radjai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Delenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMI International Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Metz, France. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01568133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The interface in biomimetic xylan/cellulose nanocomposites probed by multiscale modelling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Mazeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liang Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Perré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IAWPS, International Symposium on Wood Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2015, Tokyo, Japan. , 2015, Book of Asbtracts</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01594438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peridynamic study of particle fracture under impact loading</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Multiscale modelling of the interfacial structure in xylan/cellulose nanocomposites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Mazeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Perré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liang Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Farhang Radjai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference on Particle-Based Methods (PARTICLES 2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Barcelona, Spain. 2015</w:t>
+              <w:t xml:space="preserve">245. ACS National Meeting and Exposition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2015, Denver, United States. , 2015, Online Technical Program</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01837473v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01594437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiscale modelling of the interfacial structure in xylan/cellulose nanocomposites</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Peridynamic study of particle fracture under impact loading</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Delenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Mayer-Laigle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farhang Radjai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">245. ACS National Meeting and Exposition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2015, Denver, United States. , 2015, Online Technical Program</w:t>
+              <w:t xml:space="preserve">Conference on Particle-Based Methods (PARTICLES 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Barcelona, Spain. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01594437v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01837473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Failure of materials embedding inclusions: a numerical study using a peridynamic approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Delenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Modeling Granular Media Across Scales - MGMAS2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2014, Montpellier, France. 2014, Book of abstracts</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01533842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spreading and penetration of a water droplet on native and heat treated wood</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Perré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giana Almeida Perré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jacquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th International IUFRO Wood Drying Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Belem, Brazil. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Instituto de Pesquisas e Estudos Florestais IPEF</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Série Técnica ( (Instituto de Pesquisas e Estudos Florestais IPEF), 15, 2012, Série Técnica ( (Instituto de Pesquisas e Estudos Florestais IPEF)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01533854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8866,130 +9547,130 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flowbox</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Delenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Richefeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farhang Radjai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01603489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8999,100 +9680,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approche multiéchelle de la dynamique des bulles en fluide non newtonien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Alimentation et Nutrition. Institut National Polytechnique de Lorraine, 2005. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2005INPL099N⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01749983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9102,105 +9783,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation physique et mécanique pour les procédés de transformation de la matière végétale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Frank</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mécanique des matériaux [physics.class-ph]. Université de Montpellier, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03750193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId199"/>
+      <w:footerReference w:type="default" r:id="rId211"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -9268,51 +9949,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="45511A7D"/>
+    <w:nsid w:val="509FA2D6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9416,51 +10097,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="69998862"/>
+    <w:nsid w:val="46182DB8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9564,51 +10245,199 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="6086DDC7"/>
+    <w:nsid w:val="6FFA6409"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="C264BAE5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9720,50 +10549,53 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
@@ -9801,51 +10633,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05090064v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Frank" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Delenne" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.111.055507" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04822061v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Collignon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Zhang" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huai Li" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0238233" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214592v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Komlanvi Lampoh" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.108.034903" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03170725v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Blanc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farhang Radjai" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mayer-Laigle" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40571-021-00390-5" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02918592v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saeid Nezamabadi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.102.022906" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02573271v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Heinze" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie V. Lullien-Pellerin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu George" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.101.052901" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02918595v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2020.08.048" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985869v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Averseng" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpc.2018.10.030" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606747v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mayer" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellatif Barakat" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Barron" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2017.08.006" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607608v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Barnabe" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chabin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Duri-Bechemilh" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2017.09.015" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01494427v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Hai Nguyen" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2017.01.044" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01237586v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Perre" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giana Almeida" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Ayouz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13595-015-0519-0" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605351v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Rouau" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Francoise Samson" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Mabille" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186422v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liang Li" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Mazeau" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2015.04.003" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N2Q3WGQF-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186414v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huai-Zhi Li" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.91.052405" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268559v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Dietrich" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/105/54006" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01278789v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Charpentier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Canneviere" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noel Midoux" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2516/ogst/2012085" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00819191v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh Tuan Dinh" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Assor" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Frank" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pilate" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00226-012-0511-x" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-04PJF50L-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803805v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3701996" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00778220v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youguang Ma" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ie2006577" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195061v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Almeida" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2010.04.006" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5H7NJ9LQ-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195062v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07373937.2010.497077" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00379429v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.-Z. Li" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physleta.2008.08.031" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-84149KT6-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00272986v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wu" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Barraud" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00282280v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Funfschilling" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Midoux" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00282320v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kemiha" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Poncin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00282272v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.74.056307" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00069325v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li H.Z." TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.71.036309" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02748105v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Li" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/e2005-00004-3" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/68C65140CB5AF4703775672147B8489C47F061EE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02748092v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Diard" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physleta.2004.03.023" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q8054DPJ-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02748078v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Funfschilling" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Burdin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cjce.5450810321" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-Q1ZTPF33-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02748061v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Mouline" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0009-2509(01)00269-X" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NXDLTTF8-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165704v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Trivino" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04169142v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02930365v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02943080v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karsta Heinze" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lullien-Pellerin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02929600v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02929515v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941598v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02944690v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02929507v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04182617v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02940671v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01918035v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01539472v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Lullien-Pellerin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201714008013" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595386v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201714007018" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595485v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201714002029" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837431v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837430v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816626v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giana Almeida Perr&#233;" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568887v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Sadoudi" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02916257v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837429v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533838v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Perr&#233;" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02916220v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Midoux" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533840v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533839v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02916218v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dietrich" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Wu" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Barraud" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02916277v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Kemiha" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02916208v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souhila Poncin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02916211v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02916265v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Bonnier" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02916205v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02916260v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05239411v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rioual" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssam Nfissi" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02931636v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Guessasma" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Della Valle" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Richefeu" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02931647v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanh Hai Nguyen" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568873v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568133v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594438v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837473v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594437v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533842v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533854v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jacquin" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipef.br/publicacoes/stecnica/nr36/st036.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603489v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01749983v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2005INPL099N" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-03750193v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/xavier-frank" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3528-7892" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/103599606" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05090064v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Frank" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Delenne" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.111.055507" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04822061v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Collignon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Zhang" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huai Li" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0238233" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214592v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Komlanvi Lampoh" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.108.034903" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03170725v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Blanc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farhang Radjai" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mayer-Laigle" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40571-021-00390-5" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02573271v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Heinze" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie V. Lullien-Pellerin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu George" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.101.052901" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02918592v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saeid Nezamabadi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.102.022906" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02918595v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2020.08.048" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985869v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Averseng" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpc.2018.10.030" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607608v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Barnabe" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chabin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Duri-Bechemilh" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2017.09.015" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606747v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mayer" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellatif Barakat" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Barron" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2017.08.006" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01494427v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Hai Nguyen" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2017.01.044" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01237586v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Perre" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giana Almeida" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Ayouz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13595-015-0519-0" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605351v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Rouau" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Francoise Samson" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Mabille" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186422v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liang Li" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Mazeau" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2015.04.003" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N2Q3WGQF-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186414v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huai-Zhi Li" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.91.052405" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268559v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Dietrich" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/105/54006" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01278789v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Charpentier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Canneviere" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noel Midoux" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2516/ogst/2012085" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00819191v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh Tuan Dinh" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Assor" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Frank" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pilate" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00226-012-0511-x" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-04PJF50L-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803805v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3701996" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00778220v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youguang Ma" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ie2006577" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195062v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07373937.2010.497077" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195061v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Almeida" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2010.04.006" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5H7NJ9LQ-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00379429v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.-Z. Li" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physleta.2008.08.031" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-84149KT6-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00272986v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wu" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Barraud" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00282320v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kemiha" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Poncin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00282280v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Funfschilling" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Midoux" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00282272v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.74.056307" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00069325v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li H.Z." TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.71.036309" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02748105v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Li" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/e2005-00004-3" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/68C65140CB5AF4703775672147B8489C47F061EE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02748092v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Diard" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physleta.2004.03.023" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q8054DPJ-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02748078v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Funfschilling" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Burdin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cjce.5450810321" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-Q1ZTPF33-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02748061v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Mouline" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0009-2509(01)00269-X" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NXDLTTF8-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165704v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Trivino" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04169142v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941598v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02929515v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02943080v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karsta Heinze" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lullien-Pellerin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02929600v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966610v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04182617v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967112v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. H. Nguyen" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02944690v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02929507v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02940671v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02930365v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01918035v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595386v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201714007018" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01539472v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Lullien-Pellerin" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201714008013" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595485v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201714002029" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837431v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444928v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier, Frank" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837430v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816626v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giana Almeida Perr&#233;" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02916257v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568887v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Sadoudi" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837429v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02916220v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Midoux" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533838v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Perr&#233;" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533840v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533839v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390796v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378330v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02916277v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Kemiha" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02916218v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dietrich" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Wu" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Barraud" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361146v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Zhao" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02916211v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souhila Poncin" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02916208v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02916205v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02916265v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Bonnier" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02916260v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05239411v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rioual" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssam Nfissi" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02931636v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Guessasma" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Della Valle" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Richefeu" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02931647v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanh Hai Nguyen" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568873v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568133v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594438v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594437v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837473v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533842v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533854v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jacquin" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipef.br/publicacoes/stecnica/nr36/st036.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603489v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01749983v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2005INPL099N" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-03750193v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>