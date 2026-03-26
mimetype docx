--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -411,433 +411,433 @@
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tourette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scandinavian Journal of Medicine and Science in Sports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2026, 36 (2), </w:t>
+              <w:t xml:space="preserve">, 2026, 36 (2), pp.e70211. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/sms.70211⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05488735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modified vector coding analysis of the shoulder and elbow joints coordination during arm-jump test</w:t>
+                <w:t xml:space="preserve">Coordination of upper and lower limbs in climbing dyno movement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Hugues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Oudar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Cahouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Quaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Multidisciplinary Biomechanics Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 49th congress of the Société de Biomécanique, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.46298/mbj.14570⟩</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46298/mbj.14571⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04738062v2</w:t>
+                <w:t xml:space="preserve">hal-04738064v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blood flow restriction exacerbates muscle deoxygenation and fatigue during sport climbing specific finger flexors resistance training</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modified vector coding analysis of the shoulder and elbow joints coordination during arm-jump test</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Hugues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violaine Cahouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Quaine</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Applied Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00421-025-05980-2⟩</w:t>
+              <w:t xml:space="preserve">Multidisciplinary Biomechanics Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 49th congress of the Société de Biomécanique, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46298/mbj.14570⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05299873v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04738062v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coordination of upper and lower limbs in climbing dyno movement</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Blood flow restriction exacerbates muscle deoxygenation and fatigue during sport climbing specific finger flexors resistance training</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Titouan P Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Randy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Hugues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tourette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Oudar</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marie Coudurier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Multidisciplinary Biomechanics Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 49th congress of the Société de Biomécanique, </w:t>
+              <w:t xml:space="preserve">European Journal of Applied Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.46298/mbj.14571⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00421-025-05980-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04738064v2</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05299873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -907,124 +907,124 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Nordez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Beaudoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Titouan P Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The XXX Congress of the International Society of Biomechanics 27-31 July Stockholm</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, Stockholm (Suède), Sweden</w:t>
+              <w:t xml:space="preserve">ISB 2025 - The XXX Congress of the International Society of Biomechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Stockholm, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05196186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A connected wall for biomechanical speed climbing analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Cahouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Hugues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1082,317 +1082,317 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04885996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Innovative Rock-climbing wall: enhancing biomechanics analysis of climbing performance</w:t>
+                <w:t xml:space="preserve">Kinematic and kinetic comparisons of Jump pull ups used in rockclimbing evaluations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Hugues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Cahouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Arthur Thepault</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Rogue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Quaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SB 2023 - 48ème congrès de la Société de Biomécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oct 2023, Grenoble, France. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+              <w:t xml:space="preserve">, Oct 2023, Grenoble, France. pp.S15-S17, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/10255842.2023.2246304⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04202816v1</w:t>
+                <w:t xml:space="preserve">hal-04198992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kinematic and kinetic comparisons of Jump pull ups used in rockclimbing evaluations</w:t>
+                <w:t xml:space="preserve">Innovative Rock-climbing wall: enhancing biomechanics analysis of climbing performance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Hugues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Cahouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Romain Rogue</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Thepault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Quaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SB 2023 - 48ème congrès de la Société de Biomécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oct 2023, Grenoble, France. pp.S15-S17, </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+              <w:t xml:space="preserve">, Oct 2023, Grenoble, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/10255842.2023.2246304⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04198992v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04202816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Countermovement effect on arm-jump performance in rock climbing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Hugues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Cahouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Rogue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Quaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1443,64 +1443,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Upper limb joints coordination during jump pull-ups in rock climbers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Hugues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Cahouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Rogue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Quaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1583,51 +1583,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biomechanics of Rock Climbing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Hugues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Cahouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Quaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1710,64 +1710,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oral presentation for the CDP of my undergoing PhD</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Hugues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Cahouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Rogue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Brugniaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1901,51 +1901,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="47D0F85F"/>
+    <w:nsid w:val="AEBD9143"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2132,51 +2132,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/xavier-hugues" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6642-2845" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05488723v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Hugues" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Quaine" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Nordez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Perrin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Beaudoin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2026.113193" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05488735v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Paul Perrin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Randy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pyr&#232;ne Santal" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tourette" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sms.70211" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738062v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Cahouet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.14570" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299873v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan P Perrin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Coudurier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-025-05980-2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738064v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Oudar" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.14571" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05196186v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885996v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Thepault" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202816v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2023.2246304" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198992v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Rogue" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198904v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206271v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206187v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199219v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Brugniaux" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/xavier-hugues" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6642-2845" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05488723v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Hugues" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Quaine" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Nordez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Perrin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Beaudoin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2026.113193" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05488735v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Paul Perrin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Randy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pyr&#232;ne Santal" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tourette" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sms.70211" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738064v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Oudar" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Cahouet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.14571" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738062v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.14570" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299873v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan P Perrin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Coudurier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-025-05980-2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05196186v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885996v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Thepault" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198992v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Rogue" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2023.2246304" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202816v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198904v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206271v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206187v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199219v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Brugniaux" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>