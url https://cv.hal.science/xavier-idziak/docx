--- v0 (2026-03-06)
+++ v1 (2026-03-29)
@@ -339,165 +339,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04563974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la protection de la terre aux soulèvements. Les limites du militantisme écologique</w:t>
+                <w:t xml:space="preserve">La Constitution à l'épreuve de la réforme des retraites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Idziak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Ententes, cartels, mafias… Les formes d’association interdites</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Davansant, Frédéric; Noisette, Valentin; Laboratoire de Recherche Juridique (LARJ), Nov 2023, Boulogne Sur Mer, France</w:t>
+              <w:t xml:space="preserve">La constitution à l'épreuve de la réforme des retraites. Intervention à l'occasion de la nuit du droit.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Club Jules Verne de la Côte d'Opale, Sep 2023, Dunkerque, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04565472v1</w:t>
+                <w:t xml:space="preserve">hal-04564783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Constitution à l'épreuve de la réforme des retraites</w:t>
+                <w:t xml:space="preserve">De la protection de la terre aux soulèvements. Les limites du militantisme écologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Idziak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La constitution à l'épreuve de la réforme des retraites. Intervention à l'occasion de la nuit du droit.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Club Jules Verne de la Côte d'Opale, Sep 2023, Dunkerque, France</w:t>
+              <w:t xml:space="preserve">Colloque Ententes, cartels, mafias… Les formes d’association interdites</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Davansant, Frédéric; Noisette, Valentin; Laboratoire de Recherche Juridique (LARJ), Nov 2023, Boulogne Sur Mer, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04564783v1</w:t>
+                <w:t xml:space="preserve">hal-04565472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'ordre public écologique, la réponse à l'insécurité environnementale ?</w:t>
               </w:r>
@@ -1223,85 +1223,85 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04733433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t>
+        <w:t xml:space="preserve">N°spécial de revue/special issue (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les Cahiers du LARJ n°2 : la sécurité</w:t>
+                <w:t xml:space="preserve">Les cahiers du LARJ n°3 : L'urgence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Megane Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Idziak</w:t>
@@ -1310,63 +1310,253 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Moreil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Cahiers du LARJ</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 3, 93 p., 2025, L'urgence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05566050v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Cahiers du LARJ : N°1: La sanction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Megane Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Idziak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Moreil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers du LARJ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04563857v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Cahiers du LARJ n°2 : la sécurité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Megane Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Idziak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Moreil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers du LARJ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2, 241 p., 2024, La sécurité</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04769034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1376,51 +1566,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les psychotropes et le droit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Megane Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1429,51 +1619,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Idziak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mare &amp; Martin, 270 p., 2025, 978-2-38600-167-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05490149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1483,365 +1673,245 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiches pays et chapitre sur les éthiques environnementales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Idziak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Notre Affaire À Tous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Yzquierdo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Toledo, Camille de [Préfacier]; Henao, Juan Carlos [Auteur de la postface, du colophon]; Notre affaire à tous. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les droits de la nature : vers un nouveau paradigme de protection du vivant / Notre Affaire à Tous</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Le Pommier, 2022, 978-2-7465-2491-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04565652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
+        <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les Cahiers du LARJ N°1: La sanction</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Essai sur les fonctions de protection et de direction de l’ordre public écologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Idziak</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...105 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Droit. Université du Littoral Côte d'Opale, 2023. Français. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : 2023DUNK0666⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04418797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId35"/>
+      <w:footerReference w:type="default" r:id="rId36"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1988,51 +2058,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04993239v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Idziak" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565466v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563974v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565472v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564783v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565476v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563947v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04564011v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04565655v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Guittard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564769v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565468v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563963v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04563986v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564788v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Noisette" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733433v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769034v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megane Brunet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Moreil" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05490149v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565652v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Notre Affaire &#192; Tous" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Yzquierdo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563857v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04418797v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023DUNK0666" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04993239v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Idziak" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565466v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563974v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564783v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565472v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565476v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563947v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04564011v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04565655v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Guittard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564769v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565468v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563963v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04563986v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564788v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Noisette" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733433v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05566050v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megane Brunet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Moreil" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563857v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769034v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05490149v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565652v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Notre Affaire &#192; Tous" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Yzquierdo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04418797v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023DUNK0666" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>