--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -790,319 +790,319 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01405237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pretreatment of the cockroach cercal afferent/giant interneuron synapses with nicotinoids and neonicotinoids differently affects acetylcholine and nicotine-induced ganglionic depolarizations</w:t>
+                <w:t xml:space="preserve">Quinuclidine compounds differently act as agonists of Kenyon cell nicotinic acetylcholine receptors and induced distinct effect on insect ganglionic depolarizations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benzidane Yassine</w:t>
+                <w:t xml:space="preserve">Monique Mathe-Allainmat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Swale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Leray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Quinchard</w:t>
+                <w:t xml:space="preserve">Yassine Benzidane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José Pedro Ceron-Carrasco</w:t>
+                <w:t xml:space="preserve">Jacques Lebreton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Invertebrate Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 13 (2), pp.91-97. </w:t>
+              <w:t xml:space="preserve">INVERTEBRATE NEUROSCIENCE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 13 (2), pp.167-177. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10158-013-0151-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10158-013-0160-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02268785v1</w:t>
+                <w:t xml:space="preserve">hal-02142391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quinuclidine compounds differently act as agonists of Kenyon cell nicotinic acetylcholine receptors and induced distinct effect on insect ganglionic depolarizations</w:t>
+                <w:t xml:space="preserve">Pretreatment of the cockroach cercal afferent/giant interneuron synapses with nicotinoids and neonicotinoids differently affects acetylcholine and nicotine-induced ganglionic depolarizations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monique Mathe-Allainmat</w:t>
+                <w:t xml:space="preserve">Benzidane Yassine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Leray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Swale</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Xavier Leray</w:t>
+                <w:t xml:space="preserve">Charlotte Falaise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yassine Benzidane</w:t>
+                <w:t xml:space="preserve">Sophie Quinchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques Lebreton</w:t>
+                <w:t xml:space="preserve">José Pedro Ceron-Carrasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INVERTEBRATE NEUROSCIENCE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 13 (2), pp.167-177. </w:t>
+              <w:t xml:space="preserve">Invertebrate Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 13 (2), pp.91-97. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10158-013-0160-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10158-013-0151-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02142391v1</w:t>
+                <w:t xml:space="preserve">hal-02268785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1711,51 +1711,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating the interplay between PIKfyve/PI(3,5)P2 and ClC-7 in lysosomal acidification and trafficking.</w:t>
+                <w:t xml:space="preserve">Investigating the interplay between PIKfyve and ClC-7 in lysosomal acidification and trafficking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Leray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anowarul Amin</w:t>
@@ -1773,106 +1773,97 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Weston</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Mindell</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">63rd Annual Meeting of the Biophysical Society</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Gordon Research Conference on Organellar Channels and Transporters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, West Dover, VT, United States. </w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04653246v1</w:t>
+                <w:t xml:space="preserve">hal-04653194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating the interplay between PIKfyve and ClC-7 in lysosomal acidification and trafficking</w:t>
+                <w:t xml:space="preserve">Investigating the interplay between PIKfyve/PI(3,5)P2 and ClC-7 in lysosomal acidification and trafficking.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Leray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anowarul Amin</w:t>
@@ -1890,73 +1881,82 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Weston</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Mindell</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gordon Research Conference on Organellar Channels and Transporters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">63rd Annual Meeting of the Biophysical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Baltimore, MD, United States. , 116 (3), pp.228a, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bpj.2018.11.1256⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04653194v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04653246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating the interplay between PIKfyve/PI(3,5)P2 and ClC-7 in lysosomal acidification and trafficking</w:t>
               </w:r>
@@ -2752,130 +2752,248 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04521959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
+        <w:t xml:space="preserve">Autre publication scientifique (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Échanges autour des recherches, des métiers, des parcours de formation et visite (UMR BOA, INRAE)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Chesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Javaloyes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Le Bihan-Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Leray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05543673v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Un senseur nutritionnel dans l’estomac de la cellule</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Leray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Gasnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04654196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2885,382 +3003,382 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hormone-regulated dynamics of mRNA distribution on ribosomes in Sertoli cells</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Towards the convergent therapeutic potential of GPCRs in autism spectrum disorders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anil Annamneedi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Gora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Dudas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Leray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Bozon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kelly León</w:t>
-[...42 lines deleted...]
-                <w:t xml:space="preserve">hal-04869030v1</w:t>
+                <w:t xml:space="preserve">hal-03821893v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards the convergent therapeutic potential of GPCRs in autism spectrum disorders</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hormone-regulated dynamics of mRNA distribution on ribosomes in Sertoli cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Leray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Véronique Bozon</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Morales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Tréfier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kelly León</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Bourquard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2024</w:t>
+              <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03821893v2</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04869030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude mécanistique et physiologique du transporteur lysosomal d’acides aminés PQLC2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Leray</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Biologie moléculaire. Université Sorbonne Paris Cité, 2016. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2016USPCB152⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04474507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId94"/>
+      <w:footerReference w:type="default" r:id="rId97"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3328,51 +3446,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="3CD2E289"/>
+    <w:nsid w:val="D6EFFFE4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3559,51 +3677,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/xavier-leray" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2107-6082" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/24340459X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220553v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anil Annamneedi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gora" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Dudas" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Leray" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bozon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bph.16216" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04516368v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Hilton" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamsi Nwangwu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alissa Becerril" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vedrana Mikusevic" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.74136" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03320088v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossella Conti" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Li" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Debacker" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Castelli" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2025315118" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01405237v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Pittaras" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Faure" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elina Moraitopoulou" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Cressant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyt.2016.00171" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268785v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benzidane Yassine" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Falaise" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Quinchard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Pedro Ceron-Carrasco" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10158-013-0151-3" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/259743A1AD2B5277DAADB50A730FFBDF4BFE5D48/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142391v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Mathe-Allainmat" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Swale" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Benzidane" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lebreton" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10158-013-0160-2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8533D75CE8EBE15C6980E7E69BAF735E295B84AB/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05384220v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Chesse" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Delaveau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gourichon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guyot" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Herv&#233;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04736378v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Dombre" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Gautron" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment G&#233;rard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04653720v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04653634v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04653632v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04652976v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Anne" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anselm A Zdebik" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Gasnier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04653246v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anowarul Amin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Weston" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Mindell" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2018.11.1256" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04653194v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04653165v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04653004v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04652904v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04652959v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04652928v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04652798v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Jezegou" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Llinares" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Kieffer-Jaquinod" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04521959v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Sagn&#233;" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/b22460" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654196v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869030v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Morales" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Tr&#233;fier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Le&#243;n" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bourquard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03821893v2" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04474507v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016USPCB152" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/xavier-leray" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2107-6082" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/24340459X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220553v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anil Annamneedi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gora" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Dudas" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Leray" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bozon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bph.16216" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04516368v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Hilton" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamsi Nwangwu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alissa Becerril" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vedrana Mikusevic" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.74136" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03320088v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossella Conti" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Li" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Debacker" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Castelli" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2025315118" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01405237v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Pittaras" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Faure" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elina Moraitopoulou" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Cressant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyt.2016.00171" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142391v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Mathe-Allainmat" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Swale" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Benzidane" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lebreton" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10158-013-0160-2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8533D75CE8EBE15C6980E7E69BAF735E295B84AB/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268785v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benzidane Yassine" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Falaise" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Quinchard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Pedro Ceron-Carrasco" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10158-013-0151-3" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/259743A1AD2B5277DAADB50A730FFBDF4BFE5D48/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05384220v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Chesse" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Delaveau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gourichon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guyot" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Herv&#233;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04736378v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Dombre" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Gautron" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment G&#233;rard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04653720v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04653634v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04653632v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04652976v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Anne" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anselm A Zdebik" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Gasnier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04653194v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anowarul Amin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Weston" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Mindell" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04653246v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2018.11.1256" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04653165v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04653004v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04652904v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04652959v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04652928v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04652798v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Jezegou" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Llinares" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Kieffer-Jaquinod" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04521959v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Sagn&#233;" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/b22460" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05543673v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Javaloyes" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Le Bihan-Duval" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654196v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03821893v2" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869030v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Morales" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Tr&#233;fier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Le&#243;n" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bourquard" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04474507v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016USPCB152" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>