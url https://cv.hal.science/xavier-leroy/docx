--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1143,209 +1143,209 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01350287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compilation of extended recursion in call-by-value functional languages</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Formal verification of a realistic compiler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Leroy</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J. B. Wells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Higher-Order and Symbolic Computation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10990-009-9042-z⟩</w:t>
+              <w:t xml:space="preserve">Communications of the ACM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 52 (7), pp.107-115. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/1538788.1538814⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00359213v1</w:t>
+                <w:t xml:space="preserve">inria-00415861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formal verification of a realistic compiler</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Compilation of extended recursion in call-by-value functional languages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tom Hirschowitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. B. Wells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications of the ACM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 52 (7), pp.107-115. </w:t>
+              <w:t xml:space="preserve">Higher-Order and Symbolic Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 22 (1), pp.3-66. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/1538788.1538814⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10990-009-9042-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00415861v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00359213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanized semantics for the Clight subset of the C language</w:t>
               </w:r>
@@ -1889,51 +1889,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mixin modules in a call-by-value setting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Hirschowitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2662,368 +2662,368 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02392114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Embedded Program Annotations for WCET Analysis</w:t>
+                <w:t xml:space="preserve">CompCert: Practical Experience on Integrating and Qualifying a Formally Verified Optimizing Compiler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Daniel Kästner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jörg Barrho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulrich Wünsche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Schlickling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Bernhard Schommer</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Michael Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WCET 2018: 18th International Workshop on Worst-Case Execution Time Analysis</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ERTS2 2018 - 9th European Congress Embedded Real-Time Software and Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 3AF, SEE, SIE, Jan 2018, Toulouse, France. pp.1-9</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01848686v1</w:t>
+                <w:t xml:space="preserve">hal-01643290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CompCert: Practical Experience on Integrating and Qualifying a Formally Verified Optimizing Compiler</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Embedded Program Annotations for WCET Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernhard Schommer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Kästner</w:t>
+                <w:t xml:space="preserve">Christoph Cullmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jörg Barrho</w:t>
+                <w:t xml:space="preserve">Gernot Gebhard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ulrich Wünsche</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Bernhard Schommer</w:t>
+                <w:t xml:space="preserve">Michael Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ERTS2 2018 - 9th European Congress Embedded Real-Time Software and Systems</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">WCET 2018: 18th International Workshop on Worst-Case Execution Time Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Barcelona, Spain. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/OASIcs.WCET.2018.8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01643290v1</w:t>
+                <w:t xml:space="preserve">hal-01848686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Closing the Gap – The Formally Verified Optimizing Compiler CompCert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Kästner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Blazy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernhard Schommer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SSS'17: Safety-critical Systems Symposium 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2017, Bristol, United Kingdom. pp.163-180</w:t>
@@ -3203,64 +3203,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Blazy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Kästner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernhard Schommer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Pister</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3426,278 +3426,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01078386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formal C semantics: CompCert and the C standard</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Formal proofs of code generation and verification tools</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Leroy</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Freek Wiedijk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ITP 2014: Fifth conference on Interactive Theorem Proving</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-08970-6_36⟩</w:t>
+              <w:t xml:space="preserve">SEFM 2014 - 12th International Conference Software Engineering and Formal Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Grenoble, France. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-10431-7_1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00981212v1</w:t>
+                <w:t xml:space="preserve">hal-01059423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formal verification of a static analyzer: abstract interpretation in type theory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Types - The 2014 Types Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00983847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formal proofs of code generation and verification tools</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Formal C semantics: CompCert and the C standard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robbert Krebbers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freek Wiedijk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SEFM 2014 - 12th International Conference Software Engineering and Formal Methods</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Grenoble, France. pp.1-4, </w:t>
+              <w:t xml:space="preserve">ITP 2014: Fifth conference on Interactive Theorem Proving</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Vienna, Austria. pp.543-548, </w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-10431-7_1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-08970-6_36⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01059423v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00981212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compiler verification for fun and profit</w:t>
               </w:r>
@@ -3923,118 +3923,131 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00743090v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A formally-verified alias analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Validating LR(1) Parsers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques-Henri Jourdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentin Robert</w:t>
+                <w:t xml:space="preserve">François Pottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CPP 2012 - Second International Conference on Certified Programs and Proofs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2012, Kyoto, Japan. pp.11-26, </w:t>
+              <w:t xml:space="preserve">ESOP 2012 - Programming Languages and Systems - 21st European Symposium on Programming</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2012, Tallinn, Estonia. pp.397-416, </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-642-35308-6_5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-28869-2_20⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00773109v1</w:t>
+                <w:t xml:space="preserve">hal-01077321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A mechanized semantics for C++ object construction and destruction, with applications to resource management</w:t>
               </w:r>
@@ -4118,131 +4131,118 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00674663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validating LR(1) Parsers</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A formally-verified alias analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Pottier</w:t>
+                <w:t xml:space="preserve">Valentin Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESOP 2012 - Programming Languages and Systems - 21st European Symposium on Programming</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2012, Tallinn, Estonia. pp.397-416, </w:t>
+              <w:t xml:space="preserve">CPP 2012 - Second International Conference on Certified Programs and Proofs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2012, Kyoto, Japan. pp.11-26, </w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-642-28869-2_20⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-35308-6_5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01077321v1</w:t>
+                <w:t xml:space="preserve">hal-00773109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formally verified optimizing compilation in ACG-based flight control software</w:t>
               </w:r>
@@ -5270,105 +5270,131 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00289541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coinductive big-step operational semantics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Formal Verification of a C Compiler Front-end</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Blazy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zaynah Dargaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Symposium on Programming (ESOP 2006)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2006, Vienne, Austria. pp.42-54, </w:t>
+              <w:t xml:space="preserve">FM'06: 14th Symposium on Formal Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2006, Hamilton, Canada. pp.460-475, </w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/11693024_5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/11813040_31⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00289545v1</w:t>
+                <w:t xml:space="preserve">inria-00106401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Managing the Complexity of Large Free and Open Source Package-Based Software Distributions</w:t>
               </w:r>
@@ -5482,444 +5508,418 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00149566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A list-machine benchmark for mechanized metatheory (extended abstract)</w:t>
+                <w:t xml:space="preserve">A structured approach to proving compiler optimizations based on dataflow analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrew W. W. Appel</w:t>
+                <w:t xml:space="preserve">Yves Bertot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Grégoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Int. Workshop on Logical Frameworks and Meta-Languages (LFMTP 2006)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.entcs.2007.01.020⟩</w:t>
+              <w:t xml:space="preserve">Types for Proofs and Programs, Workshop TYPES 2004</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2004, Jouy-en-Josas, France. pp.66-81, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/11617990⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00289543v1</w:t>
+                <w:t xml:space="preserve">inria-00289549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A structured approach to proving compiler optimizations based on dataflow analysis</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A list-machine benchmark for mechanized metatheory (extended abstract)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Grégoire</w:t>
+                <w:t xml:space="preserve">Andrew W. W. Appel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Types for Proofs and Programs, Workshop TYPES 2004</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2004, Jouy-en-Josas, France. pp.66-81, </w:t>
+              <w:t xml:space="preserve">Int. Workshop on Logical Frameworks and Meta-Languages (LFMTP 2006)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2006, Seattle (Washington), United States. pp.95-108, </w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/11617990⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.entcs.2007.01.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00289549v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00289543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">News from the EDOS project: improving the maintenance of free software distributions.</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Coinductive big-step operational semantics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Leroy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...22 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Symposium on Programming (ESOP 2006)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2006, Vienne, Austria. pp.42-54, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/11693024_5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00154357v1</w:t>
+                <w:t xml:space="preserve">inria-00289545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formal Verification of a C Compiler Front-end</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Zaynah Dargaye</w:t>
+                <w:t xml:space="preserve">News from the EDOS project: improving the maintenance of free software distributions.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Di Cosmo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaap Boender</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Berke Durak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Leroy</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...12 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Mancinelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Apr 2006, Porto Alegre, Brazil. pp.199-207</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/11813040_31⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">inria-00106401v1</w:t>
+                <w:t xml:space="preserve">hal-00154357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maintaining large software distributions: new challenges from the FOSS era.</w:t>
               </w:r>
@@ -6313,77 +6313,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Call-by-value mixin modules: Reduction semantics, side effects, types</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Hirschowitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. B. Wells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Symposium on Programming</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, Barcelona, Spain. pp.64-78, </w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6495,77 +6495,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compilation of extended recursion in call-by-value functional languages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Hirschowitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. B. Wells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PPDP '03</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, Uppsala, Sweden. pp.160--171, </w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6599,51 +6599,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Compiled Implementation of Strong Reduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Grégoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6690,51 +6690,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mixin modules in a call-by-value setting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Hirschowitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8482,160 +8482,160 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02392159v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le logiciel, entre l'esprit et la matière</w:t>
+                <w:t xml:space="preserve">Le logiciel, entre l’esprit et la matière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Collège de France; Fayard, 2019, Leçons inaugurales du Collège de France, 284, 978-2-213-71241-3</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">OpenEdition Books</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9782722605299</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02370113v1</w:t>
+                <w:t xml:space="preserve">hal-02405754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le logiciel, entre l’esprit et la matière</w:t>
+                <w:t xml:space="preserve">Le logiciel, entre l'esprit et la matière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Collège de France; Fayard, 2019, Leçons inaugurales du Collège de France, 284, 978-2-213-71241-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">OpenEdition Books</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-02405754v1</w:t>
+                <w:t xml:space="preserve">hal-02370113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -9377,51 +9377,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="DEE7A780"/>
+    <w:nsid w:val="DD8197DC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9608,51 +9608,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/xavier-leroy" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8971-9171" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/026985691" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322705v2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathana&#235;lle Courant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Leroy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3776695" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://college-de-france.hal.science/hal-05455792v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15e09" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245933v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/annuaire-cdf.18052" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03372247v4" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew W Appel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10817-022-09655-x" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265123v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/annuaire-cdf.16737" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000244v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathana&#235;l Courant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3434321" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00862689v3" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Boldo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Henri Jourdan" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Melquiond" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10817-014-9317-x" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00674176v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew W. Appel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Dockins" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10817-011-9226-1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/9986DE6DE532365FDD30639EC0741CB076E444EE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01091803v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2043174.2043196" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00511377v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01350287v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00359213v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Hirschowitz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. B. Wells" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10990-009-9042-z" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00415861v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1538788.1538814" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00352524v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Blazy" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10817-009-9148-3" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00360768v3" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10817-009-9155-4" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499915v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaynah Dargaye" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10990-010-9050-z" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00309010v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Grall" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ic.2007.12.004" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00289709v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Rideau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard P. Serpette" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10817-007-9096-8" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F11C6AA625E960F54B12767FC6368C8DCAAAAC44/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00289542v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10817-008-9099-0" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00310317v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1086642.1086644" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499939v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1025055424017" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/CB4F61A9DF900BAE53A28D0DD5A5CC17AF3D120E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499944v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/spe.438" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499948v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pessaux" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/349214.349230" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499946v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0956796800003683" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499965v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0956796800001933" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499972v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Mauny" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0956796800000848" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C69315C141EC39F71472E065C4B6D922CB498555/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04356563v2" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02392114v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01848686v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Schommer" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Cullmann" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gernot Gebhard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Schmidt" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/OASIcs.WCET.2018.8" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01643290v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel K&#228;stner" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg Barrho" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich W&#252;nsche" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Schlickling" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01399482v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01512286v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Bourke" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;lio Brun" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Evariste Dagand" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pouzet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01238879v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Pister" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01078386v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Laporte" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pichardie" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2676726.2676966" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00981212v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robbert Krebbers" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freek Wiedijk" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-08970-6_36" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00983847v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01059423v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-10431-7_1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01076547v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00983850v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00743090v2" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00773109v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Robert" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-35308-6_5" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00674663v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tahina Ramananandro" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel dos Reis" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2103656.2103718" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01077321v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pottier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-28869-2_20" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00653367v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Bedin Fran&#231;a" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Favre-Felix" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pantel" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01079337v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-35182-2_27" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01091800v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CGO.2011.5764668" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00674174v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1926385.1926395" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01076682v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1926385.1926387" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00551370v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Souyris" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/OASIcs.PPES.2011.59" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00529836v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Tristan" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1706299.1706311" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00529841v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvain Rideau" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-11970-5_13" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00415865v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1542476.1542512" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00289540v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1328438.1328444" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00289541v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-75560-9_17" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00289545v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/11693024_5" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00149566v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Mancinelli" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaap Boender" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Di Cosmo" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Vouillon" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berke Durak" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ASE.2006.49" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00289543v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew W. W. Appel" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.entcs.2007.01.020" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00289549v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Bertot" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Gr&#233;goire" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/11617990" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00154357v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00106401v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/11813040_31" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00154188v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00000963v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1111037.1111042" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00699644v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Abiteboul" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Vrdoljak" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ciaran Bryce" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00077921v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/11576280" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00310123v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/b96702" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499938v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-36575-3_1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00310121v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/888251.888267" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499941v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/581478.581501" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00310119v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-45927-8" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499956v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-45418-7_13" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499955v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-44585-4_26" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499959v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/292540.292565" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499963v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rouaix" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/268946.268979" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499960v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BFb0055509" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499962v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Danelutto" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanna Pelagatti" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499964v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499966v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/199448.199476" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499967v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Virginia Aponte" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499976v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/174675.176926" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499970v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/158511.158632" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499969v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Doligez" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/158511.158611" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499973v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/143165.143205" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499984v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499974v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Weis" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/99583.99622" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499980v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Cardelli" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499983v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BFb0024189" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04210865v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Charpin" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01101937v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alwen Tiu" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dl.acm.org/citation.cfm?id=2676724" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02392159v2" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02370113v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02405754v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/cdf/7671" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://college-de-france.hal.science/hal-05304329v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.college-de-france.fr/fr/editions/colloques-de-rentree/genre-et-sciences-9782415013325" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00905435v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gordon Stewart" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00529848v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-60750-100-8-195" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499957v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-48749-2_7" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01966252v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01620870v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/tel-01499951v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/xavier-leroy" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8971-9171" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/026985691" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322705v2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathana&#235;lle Courant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Leroy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3776695" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://college-de-france.hal.science/hal-05455792v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15e09" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245933v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/annuaire-cdf.18052" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03372247v4" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew W Appel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10817-022-09655-x" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265123v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/annuaire-cdf.16737" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000244v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathana&#235;l Courant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3434321" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00862689v3" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Boldo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Henri Jourdan" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Melquiond" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10817-014-9317-x" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00674176v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew W. Appel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Dockins" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10817-011-9226-1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/9986DE6DE532365FDD30639EC0741CB076E444EE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01091803v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2043174.2043196" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00511377v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01350287v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00415861v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1538788.1538814" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00359213v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Hirschowitz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. B. Wells" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10990-009-9042-z" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00352524v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Blazy" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10817-009-9148-3" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00360768v3" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10817-009-9155-4" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499915v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaynah Dargaye" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10990-010-9050-z" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00309010v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Grall" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ic.2007.12.004" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00289709v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Rideau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard P. Serpette" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10817-007-9096-8" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F11C6AA625E960F54B12767FC6368C8DCAAAAC44/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00289542v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10817-008-9099-0" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00310317v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1086642.1086644" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499939v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1025055424017" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/CB4F61A9DF900BAE53A28D0DD5A5CC17AF3D120E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499944v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/spe.438" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499948v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pessaux" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/349214.349230" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499946v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0956796800003683" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499965v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0956796800001933" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499972v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Mauny" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0956796800000848" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C69315C141EC39F71472E065C4B6D922CB498555/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04356563v2" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02392114v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01643290v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel K&#228;stner" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg Barrho" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich W&#252;nsche" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Schlickling" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Schommer" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01848686v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Cullmann" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gernot Gebhard" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Schmidt" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/OASIcs.WCET.2018.8" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01399482v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01512286v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Bourke" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;lio Brun" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Evariste Dagand" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pouzet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01238879v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Pister" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01078386v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Laporte" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pichardie" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2676726.2676966" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01059423v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-10431-7_1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00983847v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00981212v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robbert Krebbers" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freek Wiedijk" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-08970-6_36" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01076547v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00983850v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00743090v2" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01077321v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pottier" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-28869-2_20" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00674663v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tahina Ramananandro" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel dos Reis" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2103656.2103718" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00773109v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Robert" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-35308-6_5" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00653367v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Bedin Fran&#231;a" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Favre-Felix" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pantel" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01079337v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-35182-2_27" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01091800v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CGO.2011.5764668" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00674174v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1926385.1926395" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01076682v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1926385.1926387" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00551370v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Souyris" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/OASIcs.PPES.2011.59" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00529836v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Tristan" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1706299.1706311" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00529841v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvain Rideau" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-11970-5_13" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00415865v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1542476.1542512" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00289540v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1328438.1328444" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00289541v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-75560-9_17" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00106401v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/11813040_31" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00149566v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Mancinelli" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaap Boender" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Di Cosmo" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Vouillon" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berke Durak" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ASE.2006.49" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00289549v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Bertot" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Gr&#233;goire" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/11617990" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00289543v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew W. W. Appel" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.entcs.2007.01.020" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00289545v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/11693024_5" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00154357v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00154188v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00000963v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1111037.1111042" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00699644v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Abiteboul" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Vrdoljak" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ciaran Bryce" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00077921v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/11576280" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00310123v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/b96702" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499938v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-36575-3_1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00310121v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/888251.888267" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499941v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/581478.581501" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00310119v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-45927-8" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499956v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-45418-7_13" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499955v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-44585-4_26" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499959v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/292540.292565" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499963v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rouaix" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/268946.268979" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499960v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BFb0055509" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499962v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Danelutto" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanna Pelagatti" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499964v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499966v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/199448.199476" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499967v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Virginia Aponte" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499976v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/174675.176926" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499970v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/158511.158632" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499969v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Doligez" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/158511.158611" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499973v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/143165.143205" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499984v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499974v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Weis" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/99583.99622" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499980v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Cardelli" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499983v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BFb0024189" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04210865v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Charpin" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01101937v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alwen Tiu" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dl.acm.org/citation.cfm?id=2676724" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02392159v2" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02405754v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/cdf/7671" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02370113v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://college-de-france.hal.science/hal-05304329v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.college-de-france.fr/fr/editions/colloques-de-rentree/genre-et-sciences-9782415013325" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00905435v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gordon Stewart" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00529848v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-60750-100-8-195" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01499957v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-48749-2_7" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01966252v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01620870v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/tel-01499951v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>