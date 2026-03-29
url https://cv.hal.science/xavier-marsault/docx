--- v0 (2026-03-05)
+++ v1 (2026-03-29)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (18)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (19)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -195,1594 +195,1663 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05235761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An interactive and generative eco-design tool for architects in the sketch phase</w:t>
+                <w:t xml:space="preserve">IA pour l'architecture : enjeux et limites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Marsault</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florent Torres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CISBAT 2019 | Climate Resilient Cities – Energy Efficiency &amp; Renewables in the Digital Era</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Conférences ENSAL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ecole Nationale Supérieure d'Architecture de Lyon, Oct 2024, Vaulx-en-Velin, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02559188v1</w:t>
+                <w:t xml:space="preserve">hal-05551922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éco-conception pré-architecturale générative : jusqu'où peut-on aller ? Enjeux, possibilités, méthodes</w:t>
+                <w:t xml:space="preserve">An interactive and generative eco-design tool for architects in the sketch phase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Marsault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hervé Lequay</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Torres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SCAN '16 : Séminaire de Conception Architecturale Numérique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">CISBAT 2019 | Climate Resilient Cities – Energy Efficiency &amp; Renewables in the Digital Era</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Lausanne, Switzerland. pp.012136, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/1343/1/012136⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01817856v1</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02559188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">EC-CO-GEN: An evolutionary simulation assisted design tool for energy rating of buildings in early design stages to optimize the building form</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Éco-conception pré-architecturale générative : jusqu'où peut-on aller ? Enjeux, possibilités, méthodes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Marsault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Florent Torres</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Lequay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Building Simulation 2013</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">SCAN '16 : Séminaire de Conception Architecturale Numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, TOULOUSE, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01052941v1</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01817856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A multiobjective and interactive genetic algorithm to optimize the building form in early design stages</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">EC-CO-GEN: An evolutionary simulation assisted design tool for energy rating of buildings in early design stages to optimize the building form</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Marin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Marsault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lazaros Elias Mavromatidis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renato Saleri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Torres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Building Simulation 2013: 13th International Conference of the International Building Performance Simulation Association</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.26868/25222708.2013.2217⟩</w:t>
+              <w:t xml:space="preserve">Building Simulation 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National de l'Energie Solaire (CEA, université de Savoie, CNRS et CSTB); INSA de Lyon, Aug 2013, Chambery, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.26868/25222708.2013.2259⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01052736v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01052941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ec-Co-Gen : An evolutionary simulation assisted design tool for energy rating of buildings in early design stage to optimize the building form</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A multiobjective and interactive genetic algorithm to optimize the building form in early design stages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Marsault</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Florent Torres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference of the International Building Performance Simulation Association (IBSA)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Building Simulation 2013: 13th International Conference of the International Building Performance Simulation Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INES (CEA, université de Savoie, CNRS et CSTB); INSA de Lyon, Aug 2013, Chambery, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.26868/25222708.2013.2217⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02017177v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01052736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'Eco-Conception Générative: Une illustration de la pensée complexe</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Ec-Co-Gen : An evolutionary simulation assisted design tool for energy rating of buildings in early design stage to optimize the building form</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Marin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Marsault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Lazaros Elias Mavromatidis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Renato Saleri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Bignon</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Torres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SCAN’12 - 5e Séminaire de Conception Architecturale Numérique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UMR-MAACC (Modélisations pour l’Assistance à l’Activité Cognitive de la Conception); Ecole Nationale Supérieure de Paris La Villette; Association de Recherche sur la Conception Architecturale Numérique (ARCAN), Jun 2012, Paris, France</w:t>
+              <w:t xml:space="preserve">International Conference of the International Building Performance Simulation Association (IBSA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Chambéry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01052627v1</w:t>
+                <w:t xml:space="preserve">hal-02017177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Creativity with the help of evolutionary design tool</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">L'Eco-Conception Générative: Une illustration de la pensée complexe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Marin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Marsault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renato Saleri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Duchanois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Bignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eCAADe 2012: 30th International Conference on Education and research in Computer Aided Architectural Design in Europe</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">SCAN’12 - 5e Séminaire de Conception Architecturale Numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UMR-MAACC (Modélisations pour l’Assistance à l’Activité Cognitive de la Conception); Ecole Nationale Supérieure de Paris La Villette; Association de Recherche sur la Conception Architecturale Numérique (ARCAN), Jun 2012, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01038062v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01052627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'éco-Conception Générative : Une illustration de la pensée complexe</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Creativity with the help of evolutionary design tool</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Marin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Marsault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renato Saleri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Duchanois</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Bignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes du 5ème séminaire de Conception Architecturale Numérique (SCAN'12)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">eCAADe 2012: 30th International Conference on Education and research in Computer Aided Architectural Design in Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Czech Technical University in Prague Faculty of Architecture Cabinet of Architectural Modelling, Sep 2012, Prague, Czech Republic. pp.319-327, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.52842/conf.ecaade.2012.1.319⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02047593v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01038062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Classification markovienne automatique d'images aériennes de haute résolution</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L'éco-Conception Générative : Une illustration de la pensée complexe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Marin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Marsault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Lamiae Azizi</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renato Saleri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Duchanois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Bignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SAGEO 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, PARIS, France</w:t>
+              <w:t xml:space="preserve">Actes du 5ème séminaire de Conception Architecturale Numérique (SCAN'12)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04379773v1</w:t>
+                <w:t xml:space="preserve">hal-02047593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Can Ants Build Urban Street Networks ?</w:t>
+                <w:t xml:space="preserve">Classification markovienne automatique d'images aériennes de haute résolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Marsault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Fortin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lamiae Azizi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CIE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2009, TROYES, France</w:t>
+              <w:t xml:space="preserve">SAGEO 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, PARIS, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04891718v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04379773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A GPU Framework for the Visualization and On-the-fly Amplification of Real Terrains</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Can Ants Build Urban Street Networks ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Marsault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Visual Computing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2007, Lake Tahoe, United States. pp.586-597</w:t>
+              <w:t xml:space="preserve">CIE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2009, TROYES, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00265125v1</w:t>
+                <w:t xml:space="preserve">hal-04891718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etudes de cas et utilisation des techniques de déambulation urbaine virtuelle</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Renato Saleri</w:t>
+                <w:t xml:space="preserve">A GPU Framework for the Visualization and On-the-fly Amplification of Real Terrains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yacine Amara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Marsault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Du parcours architectural et urbain à la représentation de l'espace, quatrième séminaire de formation, Ecole Normale Supérieure de Lettres</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2004, France</w:t>
+              <w:t xml:space="preserve">International Symposium on Visual Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2007, Lake Tahoe, United States. pp.586-597</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00267417v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00265125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simplification géométrique continue de formes aux contours bruités - applications envisagées pour l'architecture</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Etudes de cas et utilisation des techniques de déambulation urbaine virtuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renato Saleri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Marsault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, France</w:t>
+              <w:t xml:space="preserve">Du parcours architectural et urbain à la représentation de l'espace, quatrième séminaire de formation, Ecole Normale Supérieure de Lettres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2004, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00265274v1</w:t>
+                <w:t xml:space="preserve">halshs-00267417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application des IFS à la composition de tissus tridimensionnels virtuels</w:t>
+                <w:t xml:space="preserve">Simplification géométrique continue de formes aux contours bruités - applications envisagées pour l'architecture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Marsault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque "Autosimilarité et applications"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2002, CLERMONT FERRAND, France</w:t>
+              <w:t xml:space="preserve">Séminaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00261842v1</w:t>
+                <w:t xml:space="preserve">halshs-00265274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Application des IFS à la composition de tissus tridimensionnels virtuels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Marsault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque "Autosimilarité et applications", CEMAGREF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2002, Clermont-Ferrand, France. pp.1-12</w:t>
+              <w:t xml:space="preserve">Colloque "Autosimilarité et applications"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2002, CLERMONT FERRAND, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00265241v1</w:t>
+                <w:t xml:space="preserve">halshs-00261842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La simulation des ambiances sonores en réalité virtuelle</w:t>
+                <w:t xml:space="preserve">Application des IFS à la composition de tissus tridimensionnels virtuels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Marsault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le son et l'Espace. Les Rencontres Musicales Pluridisciplinaires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ministère de la culture; Grame, Apr 1998, Lyon, France</w:t>
+              <w:t xml:space="preserve">Colloque "Autosimilarité et applications", CEMAGREF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2002, Clermont-Ferrand, France. pp.1-12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05193671v1</w:t>
+                <w:t xml:space="preserve">halshs-00265241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La simulation des ambiances sonores en réalité virtuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Marsault</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le son et l'Espace. Les Rencontres Musicales Pluridisciplinaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ministère de la culture; Grame, Apr 1998, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05193671v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Présentation de la « Cité Industrielle ». Simulation en temps réel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Lequay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Marsault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque européen « Habitat social 1920-1940 »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Musée Urbain Tony Garnier, May 1998, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05044800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1792,824 +1861,824 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Potentialités de l’intelligence artificielle pour l’architecture : le laboratoire Modèles pour l’Architecture et le Patrimoine (MAP)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Marsault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Guéna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Hochscheid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joaquim Silvestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Duclos-Prévet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Culture &amp; Recherche, revue du Ministère de la Culture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, Recherche et Intelligence Artificielle, Automne-hiver 2024 (147), pp.72-73</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04798787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Architecture et intelligence artificielle : quels enjeux ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Marsault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Guéna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Hochscheid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joaquim Silvestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Duclos-Prévet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Culture &amp; Recherche, revue du Ministère de la Culture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, Recherche et Intelligence Artificielle, Automne-hiver 2024 (147), pp.68-71</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04798816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Achieving realtime daylight factor computation for modular buildings in generative design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Marsault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Building Performance Simulation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 15 (6), pp.848-865. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/19401493.2022.2102676⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03777091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modèles numériques et conception. Les représentations comme interface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Églantine Bigot-Doll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Jacquot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Lequay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Marsault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renato Saleri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Culture et recherche</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 138, pp.59-60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02549138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daylight factor estimation at an early design stage to reduce buildings' energy consumption due to artificial lighting: A numerical approach based on Doehlert and Box–Behnken designs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lazaros Elias Mavromatidis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Lequay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Marsault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Energy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 65, pp.488-502. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.energy.2013.12.028⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03777740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconnaissance automatique de réseaux viaires urbains plausibles via un algorithme d’optimisation par colonies de fourmis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Marsault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue ouverte d'ingénierie des systèmes d'information</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 17 (1), pp.103-126. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3166/isi.17.1.103-126⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04379710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A GPU Tile-Load-Map architecture for terrain rendering: theory and applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Marsault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yacine Amara</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Visual Computer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 25 (8), pp.805-824. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00371-008-0305-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02896460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Generation of textures and geometric pseudo-urban models with the aid of IFS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Marsault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">revues"Chaos and complexity letters" et "Chaos in Art and Architecture"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, pp.1-18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00260852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2619,153 +2688,153 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Écoconception générative - Phase amont du projet d’architecture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Marsault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISTE, pp.196, 2018, Sciences, société et nouvelles technologies, 9781784054250</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02890713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eco-generative Design for Early Stages of Architecture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Marsault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISTE-WILEY, pp.210, 2017, 9781786301802</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02890794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2775,180 +2844,180 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">VERS UN DESIGN URBAIN COMPLEXE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Marsault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Romany</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SCAN 2012 : Séminaire de Conception Architecturale Numérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, PARIS, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04749701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La reconnaissance automatique de structure viaire urbaine.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Marsault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La modélisation de la ville : du modèle au projet urbain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2011, Champs-sur-Marne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05055424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2958,205 +3027,205 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Analyse d'images aériennes de haute résolution du département de Haute Savoie ».</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Marsault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00265295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« La Cité Industrielle : navigation 3D temps réel dans le projet de Tony Garnier »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Lequay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Marsault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renato Saleri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
-              <w:r>
-[...63 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00265302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3166,104 +3235,104 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rendu non-photoréaliste multi-échelles de la Cité Indutrielle de Tony Garnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Marsault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bertrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2002</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00265234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3273,148 +3342,148 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bases de données urbaines 3d complexes. modélisation et restitution.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Marsault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renato Saleri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Thollot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">MAP-Aria; iMAGIS/GRAVIR. 2001</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
-              <w:r>
-[...28 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05018561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId74"/>
+      <w:footerReference w:type="default" r:id="rId75"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3561,51 +3630,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05235761v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed El Amine Sehaba" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Marsault" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Miguet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02559188v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Torres" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1343/1/012136" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817856v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Lequay" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01052941v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lazaros Elias Mavromatidis" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Saleri" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26868/25222708.2013.2259" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01052736v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26868/25222708.2013.2217" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02017177v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01052627v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Duchanois" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Bignon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01038062v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52842/conf.ecaade.2012.1.319" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02047593v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379773v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Aubry" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fortin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamiae Azizi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04891718v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00265125v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Amara" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Meunier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00267417v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00265274v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00261842v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00265241v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193671v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05044800v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798787v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gu&#233;na" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Hochscheid" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquim Silvestre" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Duclos-Pr&#233;vet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798816v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777091v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19401493.2022.2102676" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02549138v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;glantine Bigot-Doll" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Jacquot" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777740v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2013.12.028" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379710v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/isi.17.1.103-126" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896460v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00371-008-0305-1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E3FBFFBB1020E3A7229496BA673EE311537F8B59/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00260852v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890713v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890794v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04749701v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Romany" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055424v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00265295v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00265302v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bertrand" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00265234v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05018561v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Thollot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05235761v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed El Amine Sehaba" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Marsault" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Miguet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05551922v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02559188v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Torres" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1343/1/012136" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817856v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Lequay" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01052941v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lazaros Elias Mavromatidis" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Saleri" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26868/25222708.2013.2259" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01052736v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26868/25222708.2013.2217" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02017177v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01052627v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Duchanois" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Bignon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01038062v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52842/conf.ecaade.2012.1.319" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02047593v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379773v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Aubry" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fortin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamiae Azizi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04891718v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00265125v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Amara" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Meunier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00267417v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00265274v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00261842v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00265241v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193671v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05044800v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798787v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gu&#233;na" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Hochscheid" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquim Silvestre" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Duclos-Pr&#233;vet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798816v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777091v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19401493.2022.2102676" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02549138v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;glantine Bigot-Doll" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Jacquot" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777740v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2013.12.028" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379710v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/isi.17.1.103-126" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896460v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00371-008-0305-1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E3FBFFBB1020E3A7229496BA673EE311537F8B59/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00260852v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890713v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890794v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04749701v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Romany" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055424v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00265295v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00265302v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bertrand" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00265234v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05018561v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Thollot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>