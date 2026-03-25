--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1450,180 +1450,305 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01067233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le séisme profond de Coaraze (ML 4,1 ; 18 mars 2025, Arc de Nice, France) : où est la faille ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Larroque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Delouis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Godano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francoise Courboulex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Sladen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">29e Réunion des Sciences de la Terre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Géologique de France, Oct 2025, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05339342v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Temporal tomography of rock density using muon measurements with TPC-MicroMegas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Hivert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Lazaro Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-B. Decitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Gaffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Busto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th ISRM International Congress of Rock Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2014, Montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-01347193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1633,91 +1758,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Observatoire sismologique de GEOAZUR-OCA : Impact de la Tempête Alex sur les stations sismologiques Résif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Delouis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Maron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Ambrois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diane Rivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1736,113 +1861,113 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5èmes Rencontres Scientifiques et Techniques Résif</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Obernai (67210), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03440694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Activités de l’observatoire sismologique de Géoazur-OCA depuis les journées Résif 2018</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Delouis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Maron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Ambrois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diane Rivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1861,337 +1986,337 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres scientifiques et techniques RESIF 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Biarritz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02414185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Saint Paul en Forêt seismic swarm: an unusual activity in the seismically quiet Maures massif (South-Eastern France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Godano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Delouis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Chèze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04489569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quality Improvement of the French Permanent Broadband Stations with Shallow Posthole Installations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Vergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Pauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">El-Madani Aissaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luigi Ardito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, Vienne, Austria. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02275873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les puits Résif, leur vie, leur oeuvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Delouis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2199,249 +2324,249 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Maron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Peix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Ambrois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4èmes Rencontres Scientifiques et Techniques Résif</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Biarritz, France. , 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03383119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractéristiques des signaux d'explosions de contre-minage en mer, enregistrés sur les côtes et aux stations permanentes RESIF</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beucler É.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Garlan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Cristini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RESIF 2019, 4èmes Rencontres Scientifiques et Techniques Résif</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Biarritz, France. , 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02445825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le puits Résif, sa vie, son œuvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Delouis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2449,88 +2574,88 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Maron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Peix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Ambrois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres scientifiques et techniques RESIF 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Biarritz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02445866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2540,147 +2665,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alparray : Trois ans de mesures sismologiques pour comprendre les Alpes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coralie Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Bès de Berc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Xavier Dessa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Doubre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020, pp.12-13</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
-              <w:r>
-[...41 lines deleted...]
-            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03663491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2690,109 +2815,109 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Session of test measurements at the seismological station MORSI in Morsiglia (Haute-Corse)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Photography. Morsiglia (2B170), France. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02981594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId103"/>
+      <w:footerReference w:type="default" r:id="rId106"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2939,51 +3064,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198104v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvert Paul" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Monfret" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Courboulex" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Ch&#232;ze" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Calais" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0220230059" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03089600v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cornou" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Ampuero" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Aubert" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Audin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Baize" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.30" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348930v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Larroque" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Albaric" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Jomard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Tr&#233;visan" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.69" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03093721v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Maron" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Rivet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Peix" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Brunel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0220200217" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393169v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Guerin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Deschamps" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Mordret" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggz477" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01285529v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan&#160;carlos Villegas-Lanza" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Nocquet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Rolandone" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vall&#233;e" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Tavera" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ngeo2620" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03453099v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Hivert" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio L&#225;zaro" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Busto" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Ernenwein" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Brunner" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/20140401003" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402164v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Villegas-Lanza" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chlieh" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mothes" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ngeo2099" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01052608v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Jarin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Charvis" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2014.05.027" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TB26PCBX-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067233v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Vallee" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Mathieu Nocquet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Battaglia" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonne Font" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Segovia" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jgrb.50216" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01347193v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hivert" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Lazaro Roche" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Decitre" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gaffet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Busto" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440694v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Delouis" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ambrois" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414185v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489569v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Godano" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Delouis" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Bertrand" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275873v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer&#244;me Vergne" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Pauchet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Bonnin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El-Madani Aissaoui" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Ardito" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383119v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445825v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beucler &#201;." TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Bonnin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Garlan" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cristini" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445866v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03663491v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Paul" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime B&#232;s de Berc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Xavier Dessa" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Doubre" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-02981594v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Martin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198104v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvert Paul" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Monfret" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Courboulex" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Ch&#232;ze" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Calais" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0220230059" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03089600v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cornou" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Ampuero" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Aubert" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Audin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Baize" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.30" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348930v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Larroque" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Albaric" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Jomard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Tr&#233;visan" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.69" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03093721v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Maron" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Rivet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Peix" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Brunel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0220200217" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393169v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Guerin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Deschamps" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Mordret" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggz477" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01285529v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan&#160;carlos Villegas-Lanza" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Nocquet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Rolandone" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vall&#233;e" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Tavera" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ngeo2620" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03453099v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Hivert" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio L&#225;zaro" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Busto" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Ernenwein" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Brunner" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/20140401003" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402164v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Villegas-Lanza" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chlieh" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mothes" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ngeo2099" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01052608v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Jarin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Charvis" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2014.05.027" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TB26PCBX-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067233v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Vallee" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Mathieu Nocquet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Battaglia" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonne Font" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Segovia" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jgrb.50216" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05339342v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Delouis" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Godano" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Courboulex" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Sladen" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01347193v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hivert" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Lazaro Roche" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Decitre" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gaffet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Busto" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440694v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ambrois" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414185v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489569v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Delouis" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Bertrand" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275873v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer&#244;me Vergne" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Pauchet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Bonnin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El-Madani Aissaoui" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Ardito" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383119v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445825v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beucler &#201;." TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Bonnin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Garlan" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cristini" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445866v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03663491v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Paul" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime B&#232;s de Berc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Xavier Dessa" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Doubre" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-02981594v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Martin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>