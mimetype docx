--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -502,680 +502,680 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05345673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of the impact of ethanol on the formation of soot particles in gasoline turbulent diffusion flames</w:t>
+                <w:t xml:space="preserve">On the chemical composition and structure of incipient soot in a laminar diffusion flame</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hong-Quan Do</w:t>
+                <w:t xml:space="preserve">Jessy Elias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Faccinetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Therssen</w:t>
+                <w:t xml:space="preserve">Cornelia Irimiea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kanika Sood</w:t>
+                <w:t xml:space="preserve">Nicolas Nuns</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucia Giarracca-Mehl</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Benoîte Lefort</w:t>
+                <w:t xml:space="preserve">Claire Pirim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.proci.2024.105468⟩</w:t>
+              <w:t xml:space="preserve">Fuel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 373, pp.132056. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fuel.2024.132056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04695419v1</w:t>
+                <w:t xml:space="preserve">hal-04621441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advanced characterization of soot precursors via excitation emission matrices fluorescence spectroscopy and molecular modeling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characterization of the impact of ethanol on the formation of soot particles in gasoline turbulent diffusion flames</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hong-Quan Do</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jessy Elias</w:t>
+                <w:t xml:space="preserve">Eric Therssen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc Labarriere</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alessandro Faccinetto</w:t>
+                <w:t xml:space="preserve">Kanika Sood</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Moncomble</w:t>
+                <w:t xml:space="preserve">Lucia Giarracca-Mehl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Paul Cornard</w:t>
+                <w:t xml:space="preserve">Benoîte Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carbon</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, Carbon, 228, pp.119355. </w:t>
+              <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 40 (1-4), pp.105468. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.carbon.2024.119355⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.proci.2024.105468⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04676344v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04695419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the chemical composition and structure of incipient soot in a laminar diffusion flame</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">Advanced characterization of soot precursors via excitation emission matrices fluorescence spectroscopy and molecular modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessy Elias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Labarriere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Faccinetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Nuns</w:t>
+                <w:t xml:space="preserve">Aurélien Moncomble</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Pirim</w:t>
+                <w:t xml:space="preserve">Jean-Paul Cornard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fuel</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 373, pp.132056. </w:t>
+              <w:t xml:space="preserve">Carbon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Carbon, 228, pp.119355. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.fuel.2024.132056⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.carbon.2024.119355⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04621441v1</w:t>
+                <w:t xml:space="preserve">hal-04676344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of resonance-stabilized radicals associated with soot particle inception using advanced electron paramagnetic resonance techniques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">Thermocouple-based thermometry for laminar sooting flames: Implementation of a fast and simple methodology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessy Elias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Faccinetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Vezin</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sebastien Batut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Carrivain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariano Sirignano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s42004-023-00896-4⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Thermal Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 184, pp.107973. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijthermalsci.2022.107973⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04108155v1</w:t>
+                <w:t xml:space="preserve">hal-03837682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermocouple-based thermometry for laminar sooting flames: Implementation of a fast and simple methodology</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">Investigation of resonance-stabilized radicals associated with soot particle inception using advanced electron paramagnetic resonance techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessy Elias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Faccinetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mariano Sirignano</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hervé Vezin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Thermal Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 184, pp.107973. </w:t>
+              <w:t xml:space="preserve">Communications Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 6 (1), pp.99. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijthermalsci.2022.107973⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s42004-023-00896-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03837682v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04108155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental and numerical investigation of the transition from non sooting to sooting premixed n-butane flames, encompassing the nucleation flame conditions</w:t>
               </w:r>
@@ -1285,836 +1285,836 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03781931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence on the formation of dimers of polycyclic aromatic hydrocarbons in a laminar diffusion flame</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Selective identification of cyclopentaring-fused PAHs and side-substituted PAHs in a low pressure premixed sooting flame by photoelectron photoion coincidence spectroscopy.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Faccinetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrizia Minutolo</w:t>
+                <w:t xml:space="preserve">Sébastien Batut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mario Commodo</w:t>
+                <w:t xml:space="preserve">Guillaume Vanhove</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrea d'Anna</w:t>
+                <w:t xml:space="preserve">Dušan K Božanić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 3 (1), </w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 22 (28), pp.15926-15944. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s42004-020-00357-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/d0cp02740e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03015758v1</w:t>
+                <w:t xml:space="preserve">hal-03018681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental study of the influence of hydrogen as a fuel additive on the formation of soot precursors and particles in atmospheric laminar premixed flames of methane</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Luc-Sy Tran</w:t>
+                <w:t xml:space="preserve">Evidence on the formation of dimers of polycyclic aromatic hydrocarbons in a laminar diffusion flame</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Faccinetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cornelia Irimiea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Gasnot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Xavier Mercier</w:t>
+                <w:t xml:space="preserve">Patrizia Minutolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abderrahman El Bakali</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mario Commodo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea d'Anna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fuel</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.fuel.2020.119517⟩</w:t>
+              <w:t xml:space="preserve">Communications Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 3 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s42004-020-00357-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03008298v1</w:t>
+                <w:t xml:space="preserve">hal-03015758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selective identification of cyclopentaring-fused PAHs and side-substituted PAHs in a low pressure premixed sooting flame by photoelectron photoion coincidence spectroscopy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">X. Mercier</w:t>
+                <w:t xml:space="preserve">Experimental study of the influence of hydrogen as a fuel additive on the formation of soot precursors and particles in atmospheric laminar premixed flames of methane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hong-Quan Do</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc-Sy Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Faccinetto</w:t>
+                <w:t xml:space="preserve">Laurent Gasnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Batut</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Abderrahman El Bakali</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D0CP02740E⟩</w:t>
+              <w:t xml:space="preserve">Fuel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.119517. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fuel.2020.119517⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03016086v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03008298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selective identification of cyclopentaring-fused PAHs and side-substituted PAHs in a low pressure premixed sooting flame by photoelectron photoion coincidence spectroscopy.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alessandro Faccinetto</w:t>
+                <w:t xml:space="preserve">Selective identification of cyclopentaring-fused PAHs and side-substituted PAHs in a low pressure premixed sooting flame by photoelectron photoion coincidence spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Faccinetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Batut</w:t>
+                <w:t xml:space="preserve">S. Batut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Vanhove</w:t>
+                <w:t xml:space="preserve">G. Vanhove</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dušan K Božanić</w:t>
+                <w:t xml:space="preserve">D. Božanić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 22 (28), pp.15926-15944. </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d0cp02740e⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/D0CP02740E⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03018681v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03016086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dimers of polycyclic aromatic hydrocarbons: the missing pieces in the soot formation process</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quantitative measurement of volume fraction profiles of soot of different maturities in premixed flames by extinction-calibrated laser-induced incandescence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Betrancourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cornélia Irimiea</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Eric Therssen</w:t>
+                <w:t xml:space="preserve">Fengshan Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Desgroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 21 (16), pp.8282-8294. </w:t>
+              <w:t xml:space="preserve">Applied Physics B - Laser and Optics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 125 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c9cp00394k⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00340-018-7127-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02299005v1</w:t>
+                <w:t xml:space="preserve">hal-02315805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantitative measurement of volume fraction profiles of soot of different maturities in premixed flames by extinction-calibrated laser-induced incandescence</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dimers of polycyclic aromatic hydrocarbons: the missing pieces in the soot formation process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Carrivain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fengshan Liu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pascale Desgroux</w:t>
+                <w:t xml:space="preserve">Cornélia Irimiea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Faccinetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Therssen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics B - Laser and Optics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 125 (1), </w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 21 (16), pp.8282-8294. </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00340-018-7127-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/c9cp00394k⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02315805v1</w:t>
+                <w:t xml:space="preserve">hal-02299005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unveiling trends in soot nucleation and growth: When secondary ion mass spectrometry meets statistical analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cornelia Irimiea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Faccinetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2122,51 +2122,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ismael-Kenneth Ortega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Nuns</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carbon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 144, pp.815-830. </w:t>
@@ -2243,51 +2243,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Billon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Coddeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Cornard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Desgroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2342,51 +2342,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of the size of the incandescent incipient soot particles in premixed sooting and nucleation flames of n -butane using LII, HIM, and 1 nm-SMPS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher Betrancourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fengshan Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Desgroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2716,226 +2716,226 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02336601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isomer discrimination of PAHs formed in sooting flames by jet-cooled laser-induced fluorescence: application to the measurement of pyrene and fluoranthene</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Mouton</w:t>
+                <w:t xml:space="preserve">Isomer Discrimination of PAHs Formed in Sooting Flames by Jet-Cooled Laser-Induced Fluorescence: Application to the Measurement of Pyrene and Fluoranthene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Mouton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Desgroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Physics B - Laser and Optics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 122 (5), </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2016, Applied Physics B, 122, pp.123-139</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02315798v1</w:t>
+                <w:t xml:space="preserve">hal-02390318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isomer Discrimination of PAHs Formed in Sooting Flames by Jet-Cooled Laser-Induced Fluorescence: Application to the Measurement of Pyrene and Fluoranthene</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">T. Mouton</w:t>
+                <w:t xml:space="preserve">Isomer discrimination of PAHs formed in sooting flames by jet-cooled laser-induced fluorescence: application to the measurement of pyrene and fluoranthene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Mouton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Desgroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Physics B - Laser and Optics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, Applied Physics B, 122, pp.123-139</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2016, 122 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00340-016-6397-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02390318v1</w:t>
+                <w:t xml:space="preserve">hal-02315798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Probing the smallest soot particles in low-sooting premixed flames using laser-induced incandescence</w:t>
               </w:r>
@@ -3106,51 +3106,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Desgroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Therssen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Combustion and Flame</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 161 (10), pp.2479-2491. </w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3351,51 +3351,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Lamoureux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. El Merhubi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.F. Pauwels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3738,51 +3738,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling of PAHs in low pressure sooting premixed methane flame</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. El Bakali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Wartel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3865,829 +3865,829 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01056724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NCO Quantitative Measurement in Premixed Low Pressure Flames by Combining LIF and CRDS Techniques</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Croissance des HAP et des suies et transition phase gaz-phase solide dans les processus de combustion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Desgroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. El Bakali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Mercier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jp201453k⟩</w:t>
+              <w:t xml:space="preserve">EPJ Web of Conferences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 18, pp.04001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjconf/20111804001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02315784v1</w:t>
+                <w:t xml:space="preserve">hal-02315788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A method for performing high accuracy temperature measurements in low-pressure sooting flames using two-line atomic fluorescence</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Iain Burns</w:t>
+                <w:t xml:space="preserve">NCO Quantitative Measurement in Premixed Low Pressure Flames by Combining LIF and CRDS Techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Lamoureux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Pauwels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Desgroux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.proci.2010.05.062⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 115 (21), pp.5346-5353. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jp201453k⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02315786v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02315784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pyrene Measurements in Sooting Low Pressure Methane Flames by Jet-Cooled Laser-Induced Fluorescence</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A method for performing high accuracy temperature measurements in low-pressure sooting flames using two-line atomic fluorescence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iain Burns</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Wartel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin S.M. Chrystie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Hult</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/JP206970T⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 33 (1), pp.799-806. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.proci.2010.05.062⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01056604v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02315786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Croissance des HAP et des suies et transition phase gaz-phase solide dans les processus de combustion</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pyrene Measurements in Sooting Low Pressure Methane Flames by Jet-Cooled Laser-Induced Fluorescence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Wartel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-F. Pauwels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Desgroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Mercier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPJ Web of Conferences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 18, pp.04001. </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 115, pp.14153-14162. </w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/epjconf/20111804001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/JP206970T⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02315788v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01056604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A method for performing high accuracy temperature measurements in low-pressure sooting flames using two-line atomic fluorescence</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
+                <w:t xml:space="preserve">Quantitative measurement of naphthalene in low-pressure flames by jet-cooled laser-induced fluorescence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Wartel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-F. Pauwels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Desgroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Mercier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Procceding of the Combustion Institute</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.proci.2010.05.062⟩</w:t>
+              <w:t xml:space="preserve">Applied Physics B - Laser and Optics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 100, pp.933-943. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/S00340-010-4135-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01056653v1</w:t>
+                <w:t xml:space="preserve">hal-01056596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantitative measurement of naphthalene in low-pressure flames by jet-cooled laser-induced fluorescence</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A method for performing high accuracy temperature measurements in low-pressure sooting flames using two-line atomic fluorescence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. S. Burns</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Wartel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. S. M. Chrystie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Hult</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics B - Laser and Optics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/S00340-010-4135-2⟩</w:t>
+              <w:t xml:space="preserve">Procceding of the Combustion Institute</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 33 (1), pp.799-806. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.proci.2010.05.062⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01056596v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01056653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">NCN quantitative measurement in a laminar low pressure flame</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Lamoureux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Western</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4766,371 +4766,371 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02315777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soot volume fraction measurement in low-pressure methane flames by combining laser-induced incandescence and cavity ring-down spectroscopy: Effect of pressure on soot formation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Implementation of a new spectroscopic method to quantify aromatic species involved in the formation of soot particles in flames</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Wartel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-F. Pauwels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Desgroux</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Combustion and Flame</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2008.05.016⟩</w:t>
+              <w:t xml:space="preserve">Applied Physics B - Laser and Optics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 91, pp.387-395. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/S00340-008-2997-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02315773v1</w:t>
+                <w:t xml:space="preserve">hal-01056572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implementation of a new spectroscopic method to quantify aromatic species involved in the formation of soot particles in flames</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
+                <w:t xml:space="preserve">Soot volume fraction measurement in low-pressure methane flames by combining laser-induced incandescence and cavity ring-down spectroscopy: Effect of pressure on soot formation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Desgroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Lefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Lemaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Therssen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics B - Laser and Optics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 91, pp.387-395. </w:t>
+              <w:t xml:space="preserve">Combustion and Flame</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 155 (1-2), pp.289-301. </w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/S00340-008-2997-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2008.05.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01056572v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02315773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Determination of the ratio of soot refractive index function E(m) at the two wavelengths 532 and 1064 nm by laser induced incandescence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Therssen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Schoemaecker-Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Desgroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5193,51 +5193,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of droplet combustion in strained counterflow diffusion flames using planar laser-induced fluorescence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Orain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5322,51 +5322,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PLIF imaging of fuel-vapor spatial distribution around a monodisperse stream of acetone droplets: Comparison with modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Orain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Grisch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5439,77 +5439,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Pillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. El Bakali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Rida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-F. Pauwels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 30 (1), pp.1183-1191. </w:t>
@@ -5547,64 +5547,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurements of absolute concentration profiles of C2 in non-sooting and sooting diffusion flames by coupling cavity ring-down spectroscopy and laser induced fluorescence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Therssen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.F. Pauwels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5690,77 +5690,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Pillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderrahman El Bakali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Carlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Pauwels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Faraday Discussions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 119 (1), pp.305-319. </w:t>
@@ -5836,51 +5836,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Pillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.F. Pauwels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5978,51 +5978,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Pillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Pauwels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Desgroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6081,64 +6081,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantitative features and sensitivity of cavity ring-down measurements of species concentrations in flames</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Therssen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.F Pauwels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6210,51 +6210,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Absolute CH concentration measurements by cavity ring-down spectroscopy in an atmospheric diffusion flame</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P Jamette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6339,64 +6339,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cavity ring-down measurements of OH radical in atmospheric premixed and diffusion flames.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Therssen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.F Pauwels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6513,51 +6513,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of the combustion characteristics of SAF surrogate and Jet A-1 under aeronautical conditions with a focus on sooting tendency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brendan Gachot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cornelia Irimiea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Jalain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6638,51 +6638,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of addition of alcohols on TRF flame chemistry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doha Kdouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Gasnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc-Sy Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6750,103 +6750,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental characterization of the chemical composition and structure of molecular soot precursors and soot particles in a laminar diffusion flame by coupling ToF-SIMS and Raman spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessy Elias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Faccinetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cornelia Irimiea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Nuns</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Pirim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26th International Symposium on Gas Kinetics and Related Phenomena – GK2022 Rennes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Rennes, France</w:t>
@@ -6888,51 +6888,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laser-induced incandescence and fluorescence for in-situ characterization of soot particles and precursors in semi-technical aeronautic combustors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Dufitumukiza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cornélia Irimiea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klaus Peter Geigle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7013,77 +7013,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electronic absorption energy and structure relationship in polycyclic aromatic hydrocarbon dimers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Labarrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Moncomble</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Cornard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres de Chimie-Physique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Sète, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7121,77 +7121,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Computational investigation of polycyclic aromatic hydrocarbon dimers as potential soot precursor candidates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Labarrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Moncomble</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Cornard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nord Ouest Européennes des Jeunes Chercheurs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Villeneuve d'Ascq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7216,51 +7216,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Semi–technical aero-engine combustors – a glimpse on combustion processes given by in-situ optical techniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cornelia Irimiea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7341,103 +7341,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental study of the influence of hydrogen as a fuel additive on the formation of soot precursors and particles in atmospheric laminar premixed flames of methane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hong-Quan Do</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc-Sy Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Gasnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderrahman El Bakali</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International sooting flame (ISF) workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre for Energy Technology - University of Adelaide, Jan 2021, Adelaide (en ligne), Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7456,402 +7456,402 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03414882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of coupled optical techniques for the measurements of soot and precursors in laboratory flame and aero-engine technical combustors</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Axel Vincent</w:t>
+                <w:t xml:space="preserve">Identification of Dimers of Low to Moderate Size Polycyclic Aromatic Hydrocarbons in a Laminar Diffusion Methane Flame by ex situ ToF SIMS and Raman Spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Faccinetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cornelia Irimiea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrizia Minutolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Commodo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. d'Anna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ODAS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2020, Braunschweig, Germany</w:t>
+              <w:t xml:space="preserve">European Aerosol Conference (EAC 2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2020, Online, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03027439v1</w:t>
+                <w:t xml:space="preserve">hal-04783537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of Dimers of Low to Moderate Size Polycyclic Aromatic Hydrocarbons in a Laminar Diffusion Methane Flame by ex situ ToF SIMS and Raman Spectroscopy</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Soot and gas pollutants topography in a semi-technical aeronautical combustor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cornelia Irimiea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">A. d'Anna</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klaus Peter Geigle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhiyao Yin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ismael K. Ortega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Aerosol Conference (EAC 2020)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2020, Online, United Kingdom</w:t>
+              <w:t xml:space="preserve">European Aerosol Conference - EAC 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2020, Aix-la-Chapelle, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04783537v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03008198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soot and gas pollutants topography in a semi-technical aeronautical combustor</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cornelia Irimiea</w:t>
+                <w:t xml:space="preserve">Development of coupled optical techniques for the measurements of soot and precursors in laboratory flame and aero-engine technical combustors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Dufitumukiza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Fdida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klaus Peter Geigle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhiyao Yin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Vincent</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ismael K. Ortega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Aerosol Conference - EAC 2020</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2020, Aix-la-Chapelle, Germany</w:t>
+              <w:t xml:space="preserve">ODAS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2020, Braunschweig, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03008198v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03027439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of high-speed Al-PLIF images to study aluminum droplet combustion in solid propellant flames</w:t>
               </w:r>
@@ -7965,420 +7965,420 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02392870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nucléation des particules de suie dans les flammes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact de l’hydrogène sur la formation des précurseurs des suies dans les flammes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hong-Quan Do</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrahman El Bakali</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée thématique conjointe des GDR SUIE et EMIE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Villeneuve d’Ascq, France</w:t>
+              <w:t xml:space="preserve">Journée Scientifique Labex Cappa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Villeneuve d’Ascq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04477208v1</w:t>
+                <w:t xml:space="preserve">hal-04482070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of highly sensitive quantitative measurements of nascent soot particles in flames by coupling cavity-ring-down extinction and laser induced incandescence for improving the understanding of soot nucleation process</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nucléation des particules de suie dans les flammes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Mercier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Laser Applications to Chemical, Security and Environmental Analysis</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journée thématique conjointe des GDR SUIE et EMIE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Villeneuve d’Ascq, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02315801v1</w:t>
+                <w:t xml:space="preserve">hal-04477208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface analysis in combustion: one step closer to uncovering the molecular building blocks of soot</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cornelia Irimiea</w:t>
+                <w:t xml:space="preserve">Development of highly sensitive quantitative measurements of nascent soot particles in flames by coupling cavity-ring-down extinction and laser induced incandescence for improving the understanding of soot nucleation process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Desgroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Betrancourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Mercier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aerosol Technology 2018</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Laser Applications to Chemical, Security and Environmental Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Orlando, United States. pp.LTu5C.1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/LACSEA.2018.LTu5C.1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04477214v1</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02315801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact de l’hydrogène sur la formation des précurseurs des suies dans les flammes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hong-Quan Do</w:t>
+                <w:t xml:space="preserve">Surface analysis in combustion: one step closer to uncovering the molecular building blocks of soot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Faccinetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cornelia Irimiea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I.K. Ortega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Nuns</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Scientifique Labex Cappa</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2018, Villeneuve d’Ascq, France</w:t>
+              <w:t xml:space="preserve">Aerosol Technology 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Bilbao, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04482070v1</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04477214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrogen Effect in Atmospheric Pressure Sooting Flames</w:t>
               </w:r>
@@ -8403,51 +8403,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. El Bakali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Wartel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Desgroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8552,489 +8552,489 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02336137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PAH Measurements in Sooting Flame by Laser Jet Cooled Fluorescence</w:t>
+                <w:t xml:space="preserve">Measurements of soot volume fraction, specific aromatic species and temperature in low-pressure sootong methane flames</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Wartel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. S. Burns</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Faccinetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. F. Pauwels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gordon Research Conferences on "Laser Diagnostics in Combustion" 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2009, Waterville Valley, United States</w:t>
+              <w:t xml:space="preserve">4th European Combustion Meeting 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2009, Viennes, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01057004v1</w:t>
+                <w:t xml:space="preserve">hal-01057010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurements of soot volume fraction, specific aromatic species and temperature in low-pressure sootong methane flames</w:t>
+                <w:t xml:space="preserve">PAH Measurements in Sooting Flame by Laser Jet Cooled Fluorescence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Wartel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">A. Faccinetto</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Desgroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-F. Pauwels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. F. Pauwels</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th European Combustion Meeting 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2009, Viennes, Austria</w:t>
+              <w:t xml:space="preserve">Gordon Research Conferences on "Laser Diagnostics in Combustion" 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2009, Waterville Valley, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01057010v1</w:t>
+                <w:t xml:space="preserve">hal-01057004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantitative measurements of benzene and naphthalene in methane non-sooting and sooting flames by using laser jet cooled fluorescence</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Wartel</w:t>
+                <w:t xml:space="preserve">NCN: a challenging species to be measured for the understanding of prompt-NO formation in flames</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Lamoureux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Pauwels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Desgroux</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">X. Mercier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Seminar on Flame Structure 2008</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2008, Bruxelles, Belgium</w:t>
+              <w:t xml:space="preserve">20emes Journées d’études de la section belge, Workshop on NOx-chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Gand, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01057014v1</w:t>
+                <w:t xml:space="preserve">hal-02336131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NCN: a challenging species to be measured for the understanding of prompt-NO formation in flames</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Pauwels</w:t>
+                <w:t xml:space="preserve">Quantitative measurements of benzene and naphthalene in methane non-sooting and sooting flames by using laser jet cooled fluorescence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Wartel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Desgroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. F. Pauwels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Mercier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20emes Journées d’études de la section belge, Workshop on NOx-chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Gand, Belgium</w:t>
+              <w:t xml:space="preserve">6th International Seminar on Flame Structure 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, Bruxelles, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02336131v1</w:t>
+                <w:t xml:space="preserve">hal-01057014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jet-cooled Laser-induced Fluorescence to Quantify Aromatic Species Involved in the Formation of Soot Particles in Flames.</w:t>
               </w:r>
@@ -9109,368 +9109,368 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02330124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dosage d'espèces polyaromatiques dans les flammes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effet de l'ajout de COV sur la formation de NO dans une flamme méthane/air stabilisée à basse pression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Lamoureux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Desgroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Gasnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Pauwels</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée IRENI Action 1 Qualité de l'air / Axe "Remédiation"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, dunkerque, France</w:t>
+              <w:t xml:space="preserve">Réunion du Groupe Français de Cinétique et Photochimie et du Groupement Français de Combustion, ENSIC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02336120v1</w:t>
+                <w:t xml:space="preserve">hal-02336125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of pressure on soot formation in low pressure methane air flames</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Dosage d'espèces polyaromatiques dans les flammes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Wartel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Lemaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Therssen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Ziskind</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">31th Symposium (International) on Combustion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2006, Heidelberg, Germany</w:t>
+              <w:t xml:space="preserve">Journée IRENI Action 1 Qualité de l'air / Axe "Remédiation"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, dunkerque, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02330120v1</w:t>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02336120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet de l'ajout de COV sur la formation de NO dans une flamme méthane/air stabilisée à basse pression</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effect of pressure on soot formation in low pressure methane air flames</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Desgroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Pauwels</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoite Lefort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion du Groupe Français de Cinétique et Photochimie et du Groupement Français de Combustion, ENSIC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, Nancy, France</w:t>
+              <w:t xml:space="preserve">31th Symposium (International) on Combustion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2006, Heidelberg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02336125v1</w:t>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02330120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantification des HAP, des suies et du radical C2 dans une flamme de diffusion par le couplage des techniques LIF, LII et CRDS</w:t>
               </w:r>
@@ -9482,51 +9482,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Schoemaecker-Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Therssen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Pillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9810,260 +9810,260 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of the impact of ethanol on the formation of soot particles in gasoline turbulent diffusion flames</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Laser induced fluorescence and electron paramagnetic resonance for the characterization of aromatic species and resonant stabilized radicals involved in the soot nucleation process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Elias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Faccinetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H Vezin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The European Combustion Meeting 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2023, Rouen, France. 2023</w:t>
+              <w:t xml:space="preserve">European Combustion Meeting 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Rouen, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04310816v1</w:t>
+                <w:t xml:space="preserve">hal-04489519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laser induced fluorescence and electron paramagnetic resonance for the characterization of aromatic species and resonant stabilized radicals involved in the soot nucleation process</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Characterization of the impact of ethanol on the formation of soot particles in gasoline turbulent diffusion flames</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hong-Quan Do</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Therssen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc-Sy Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kanika Sood</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucia Giarracca-Mehl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Combustion Meeting 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2023, Rouen, France. </w:t>
+              <w:t xml:space="preserve">The European Combustion Meeting 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Rouen, France. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04489519v1</w:t>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04310816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Absolute soot volume fraction measurement by laser induced incandescence calibration in sooting turbulent diffusion flame</w:t>
               </w:r>
@@ -10101,51 +10101,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y Carpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Therssen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The European Combustion Meeting 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Rouen, France. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10196,51 +10196,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B Gachot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J P Dufitumukiza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Elias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Irimiea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10295,103 +10295,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental characterization of the chemical composition and structure of molecular soot precursors and soot particles in a laminar diffusion flame by coupling ToF-SIMS and Raman spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessy Elias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Faccinetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cornelia Irimiea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Nuns</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Pirim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">39th International Symposium on Combustion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Vancouver, Canada. </w:t>
@@ -10420,103 +10420,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of hydrogen as a fuel additive on the formation of soot precursors and particles in atmospheric laminar premixed flames of methane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hong-Quan Do</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Faccinetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc-Sy Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Gasnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderrahman El Bakali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IFRF TOTeM – Hydrogen for decarbonisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Les Loges-en-Josas, France</w:t>
@@ -10558,77 +10558,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Studying with DFT the electronic excitations of soot precursors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Labarrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Moncomble</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Cornard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th International Meeting on Atomic and Molecular Physics and Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Prague (CZ), Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10653,90 +10653,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coupling of ToF-SIMS and AFM for the identification of the chemical species involved in the nucleation process of soot particles in flame combustion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessy Elias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Faccinetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Nuns</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Godey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10817,64 +10817,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc-Sy Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Gasnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderrahman El Bakali</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th European combustion meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, Lisboa, Portugal. Proceedings of the European Combustion Meeting 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10994,51 +10994,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling of PAHs in low pressure sooting premixed methane flame</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderrahman El Bakali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11046,51 +11046,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Wartel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerson Hernández‐acevedo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Pauwels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">COST action, 2nd annual meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, Zaragoza, Spain</w:t>
@@ -11132,51 +11132,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jet Cooled Laser-induced fluorescence measurement of benzene, naphthalene and pyrene in methane flames. Comparison with modelling.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderrahman El Bakali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Wartel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11335,77 +11335,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of PAH and soot formation in laminar premixed methane flames</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Desgroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderrahman El Bakali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Faccinetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Wartel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11672,51 +11672,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Desgroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoite Lefort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">31th Symposium (International) on Combustion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, Heidelberg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11754,64 +11754,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cavity ring-down measurements of OH and CH radicals in atmospheric premixed and diffusion flames</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Therssen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Pauwels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Desgroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11849,51 +11849,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Species concentration monitoring in flames by cavity ring-down spectroscopy : a study of the spatial resolution and of the detection limit in hostile environments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Desgroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12430,51 +12430,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05387858v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong Wang" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ji Guan" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guangxian Xu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Mercier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinyang Zhang" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.25032921221of10" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05371048v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harsh Chaliyawala" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erin Mccaughey" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Houston Miller" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Moreau" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5cp02594j" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345673v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Bourgalais" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Faccinetto" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc-Sy Tran" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Elias" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42004-025-01689-7" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-04695419v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong-Quan Do" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Therssen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kanika Sood" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Giarracca-Mehl" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;te Lefort" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2024.105468" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04676344v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessy Elias" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Labarriere" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Moncomble" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Cornard" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2024.119355" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04621441v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelia Irimiea" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Nuns" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Pirim" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2024.132056" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108155v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Vezin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42004-023-00896-4" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03837682v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Batut" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Carrivain" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariano Sirignano" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2022.107973" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03781931v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Betrancourt" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Aubagnac-Karkar" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahman El-Bakali" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Desgroux" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2022.112172" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03015758v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrizia Minutolo" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Commodo" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea d'Anna" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42004-020-00357-2" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03008298v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gasnot" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahman El Bakali" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2020.119517" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016086v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Mercier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Faccinetto" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Batut" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Vanhove" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bo&#382;ani&#263;" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0CP02740E" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018681v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Batut" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Vanhove" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Du&#353;an K Bo&#382;ani&#263;" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0cp02740e" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299005v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corn&#233;lia Irimiea" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9cp00394k" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315805v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fengshan Liu" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00340-018-7127-2" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02298935v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismael-Kenneth Ortega" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2018.12.015" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01586682v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sobanska" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Billon" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Coddeville" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315799v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02786826.2017.1325440" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315800v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Mouton" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Aubagnac Karkar" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2017.05.034" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02336601v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franklin Liu" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315798v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00340-016-6397-9" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02390318v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Mouton" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315797v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrik Bladh" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils-Erik Olofsson" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Simonsson" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2014.06.001" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-52C25MFB-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315796v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Bejaoui" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2014.03.014" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1FBH0HPC-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436734v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lamoureux" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin M. Western" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2012.12.009" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BJPWTN9X-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315794v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. El Merhubi" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Pauwels" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2012.06.067" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-36QPCW0Z-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056655v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Wartel" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/S00340-013-5446-X" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-F1H4H2W0-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315790v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Thomson" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2012.09.004" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GL4H3TJX-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056724v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. El Bakali" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Wartel" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Acevedo" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Burns" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2011.12.026" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8RQWXTC1-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315784v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Pauwels" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp201453k" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315786v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iain Burns" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin S.M. Chrystie" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Hult" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2010.05.062" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2SN5050X-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056604v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Pauwels" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/JP206970T" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315788v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/20111804001" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056653v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. S. Burns" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. S. M. Chrystie" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hult" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056596v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/S00340-010-4135-2" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-QZ19KCTK-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315777v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Western" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2008.06.043" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FDSNDJ80-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315773v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lefort" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lemaire" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Therssen" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2008.05.016" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9W4JPHMS-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056572v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/S00340-008-2997-3" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-FB46KC7J-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315772v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Bouvier" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schoemaecker-Moreau" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00340-007-2759-7" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/560257DFCC36F30D440D1016BF6AFF897B67F6FC/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315770v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Orain" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Grisch" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00340-007-2605-y" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-5TT4HLFL-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02328741v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00102200590900228" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315769v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pillier" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rida" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2004.08.057" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315767v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2004.08.041" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315764v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Pillier" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Carlier" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b102123k" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/9350EE0481F510F9DDF364F070B212E38B2CAF99/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315761v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moreau" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s003400200817" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/12345ADBCB334257E386F8D54FC6CA1E49E831BF/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315759v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1296-2147(01)01238-0" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SNRJQ49D-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315760v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F Pauwels" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0010-2180(00)00230-3" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D98A009027BCD73D0961CEBB50F4E9D6E19FF260/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315757v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Jamette" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0009-2614(99)00416-9" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RPX0DM5R-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315755v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0009-2614(98)01233-0" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7DX7N7BW-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328660v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brendan Gachot" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Jalain" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fdida" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Pilla" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478308v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doha Kdouh" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Gosselin" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009447v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03130511v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Dufitumukiza" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Peter Geigle" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiyao Yin" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Vincent" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03417438v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Labarri&#232;re" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03417430v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03418419v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Ristori" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03414882v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027439v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783537v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. d'Anna" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03008198v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismael K. Ortega" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392870v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pier-Henri Chevalier" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Devillers" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Dorval" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Vilmart" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Attal-Tr&#233;tout" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13009/EUCASS2019-605" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04477208v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315801v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/LACSEA.2018.LTu5C.1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04477214v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.K. Ortega" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04482070v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056998v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Goldman" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02336137v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01057004v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. F. Pauwels" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01057010v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01057014v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02336131v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330124v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02336120v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lemaire" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Ziskind" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330120v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoite Lefort" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02336125v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330118v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330113v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Grisch" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330111v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akim Rida" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310816v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04489519v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Elias" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Faccinetto" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Vezin" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Mercier" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310808v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Q Do" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L D Ngo" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Carpentier" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04489572v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Gachot" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J P Dufitumukiza" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Irimiea" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Fdida" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427309v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03851412v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933602v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03008218v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Godey" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395129v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong Quan Do" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02336103v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02336075v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerson Hern&#225;ndez&#8208;acevedo" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02336059v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02336092v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02336050v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02335969v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02335965v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02335953v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330089v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330084v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315793v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4471-5307-8_12" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315781v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781444308259.ch10" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/tel-02336037v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2000LIL10154" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05387858v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong Wang" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ji Guan" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guangxian Xu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Mercier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinyang Zhang" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.25032921221of10" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05371048v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harsh Chaliyawala" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erin Mccaughey" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Houston Miller" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Moreau" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5cp02594j" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345673v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Bourgalais" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Faccinetto" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc-Sy Tran" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Elias" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42004-025-01689-7" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04621441v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessy Elias" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelia Irimiea" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Nuns" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Pirim" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2024.132056" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-04695419v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong-Quan Do" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Therssen" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kanika Sood" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Giarracca-Mehl" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;te Lefort" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2024.105468" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04676344v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Labarriere" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Moncomble" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Cornard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2024.119355" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03837682v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Batut" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Carrivain" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariano Sirignano" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2022.107973" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108155v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Vezin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42004-023-00896-4" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03781931v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Betrancourt" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Aubagnac-Karkar" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahman El-Bakali" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Desgroux" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2022.112172" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018681v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Batut" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Vanhove" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Du&#353;an K Bo&#382;ani&#263;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0cp02740e" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03015758v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrizia Minutolo" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Commodo" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea d'Anna" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42004-020-00357-2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03008298v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gasnot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahman El Bakali" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2020.119517" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016086v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Mercier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Faccinetto" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Batut" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Vanhove" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bo&#382;ani&#263;" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0CP02740E" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315805v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fengshan Liu" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00340-018-7127-2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299005v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corn&#233;lia Irimiea" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9cp00394k" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02298935v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismael-Kenneth Ortega" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2018.12.015" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01586682v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sobanska" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Billon" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Coddeville" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315799v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02786826.2017.1325440" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315800v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Mouton" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Aubagnac Karkar" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2017.05.034" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02336601v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franklin Liu" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02390318v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Mouton" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315798v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00340-016-6397-9" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315797v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrik Bladh" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils-Erik Olofsson" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Simonsson" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2014.06.001" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-52C25MFB-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315796v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Bejaoui" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2014.03.014" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1FBH0HPC-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436734v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lamoureux" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin M. Western" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2012.12.009" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BJPWTN9X-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315794v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. El Merhubi" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Pauwels" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2012.06.067" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-36QPCW0Z-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056655v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Wartel" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/S00340-013-5446-X" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-F1H4H2W0-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315790v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Thomson" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2012.09.004" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GL4H3TJX-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056724v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. El Bakali" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Wartel" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Acevedo" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Burns" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2011.12.026" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8RQWXTC1-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315788v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/20111804001" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315784v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Pauwels" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp201453k" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315786v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iain Burns" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin S.M. Chrystie" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Hult" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2010.05.062" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2SN5050X-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056604v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Pauwels" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/JP206970T" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056596v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/S00340-010-4135-2" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-QZ19KCTK-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056653v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. S. Burns" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. S. M. Chrystie" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hult" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315777v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Western" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2008.06.043" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FDSNDJ80-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056572v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/S00340-008-2997-3" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-FB46KC7J-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315773v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lefort" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lemaire" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Therssen" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2008.05.016" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9W4JPHMS-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315772v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Bouvier" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schoemaecker-Moreau" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00340-007-2759-7" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/560257DFCC36F30D440D1016BF6AFF897B67F6FC/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315770v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Orain" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Grisch" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00340-007-2605-y" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-5TT4HLFL-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02328741v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00102200590900228" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315769v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pillier" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rida" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2004.08.057" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315767v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2004.08.041" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315764v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Pillier" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Carlier" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b102123k" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/9350EE0481F510F9DDF364F070B212E38B2CAF99/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315761v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moreau" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s003400200817" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/12345ADBCB334257E386F8D54FC6CA1E49E831BF/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315759v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1296-2147(01)01238-0" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SNRJQ49D-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315760v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F Pauwels" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0010-2180(00)00230-3" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D98A009027BCD73D0961CEBB50F4E9D6E19FF260/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315757v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Jamette" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0009-2614(99)00416-9" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RPX0DM5R-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315755v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0009-2614(98)01233-0" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7DX7N7BW-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328660v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brendan Gachot" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Jalain" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fdida" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Pilla" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478308v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doha Kdouh" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Gosselin" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009447v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03130511v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Dufitumukiza" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Peter Geigle" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiyao Yin" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Vincent" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03417438v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Labarri&#232;re" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03417430v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03418419v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Ristori" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03414882v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783537v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. d'Anna" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03008198v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismael K. Ortega" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027439v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392870v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pier-Henri Chevalier" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Devillers" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Dorval" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Vilmart" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Attal-Tr&#233;tout" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13009/EUCASS2019-605" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04482070v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04477208v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315801v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/LACSEA.2018.LTu5C.1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04477214v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.K. Ortega" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056998v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Goldman" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02336137v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01057010v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. F. Pauwels" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01057004v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02336131v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01057014v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330124v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02336125v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02336120v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lemaire" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Ziskind" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330120v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoite Lefort" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330118v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330113v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Grisch" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330111v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akim Rida" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04489519v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Elias" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Faccinetto" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Vezin" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Mercier" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310816v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310808v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Q Do" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L D Ngo" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Carpentier" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04489572v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Gachot" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J P Dufitumukiza" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Irimiea" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Fdida" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427309v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03851412v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933602v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03008218v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Godey" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395129v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong Quan Do" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02336103v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02336075v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerson Hern&#225;ndez&#8208;acevedo" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02336059v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02336092v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02336050v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02335969v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02335965v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02335953v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330089v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330084v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315793v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4471-5307-8_12" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02315781v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781444308259.ch10" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/tel-02336037v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2000LIL10154" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>