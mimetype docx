--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Xavier Morvan </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (30)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La dégradation des sols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence de cloture de l'année des géosciences 2024-2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05111711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nutrient uptake and leaching in a sandy soil amended with biochar and compost obtained from date palm residues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed El Mazlouzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Le Guyader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Guillaneuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Gommeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISADAE 2024: The International Conference on the Impacts of Soil Amendments on Dryland Agro-Ecosystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, REIMS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of organic amendments on the chemical properties and carbon mineralization in the oasis soil of arid regions and date yield (Southern Tunisia)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Mekki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ines Rahma Zoghlami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nissaf Karbout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Bennour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Moussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISADAE 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, REIMS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of sole and combined addition of biochar and compost on improving soil quality and crop productivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Oueriemmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ines Rahma Zoghlami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Bennour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Moussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISADAE 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, REIMS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of organic fertilizer on soil fertility and cowpea production on contrasting soils in Niger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachirou Seyni Bodo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumarou Malam Issa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adamou Didier Tidjani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISADAE 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, REIMS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of the stability of date-palm based biochar and compost in soil by C mineralization kinetics and Rock-Eval analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Le Guyader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Oueriemmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Clivot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ines Rahma Zoghlami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed El Mazlouzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISADAE International Conference on The Impact of Soil Amendments on Dryland Agro-Ecosystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04796513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reactivity towards Na of biochars produced from palm date residues with different oxygen proportions during pyrolysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Ponthieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Beucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Guillaneuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Le Guyader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Miconnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISADAE 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of organic amendments from date palm residues on water retention properties of two coarse texture soils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Le Guyader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Gommeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Miconnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Wien, Austria. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-7294⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05458152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of date palm compost and biochar on the water retention properties of two soils from a semi arid region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Le Guyader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Gommeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Miconnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geosciences Union General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04441192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets des amendements organiques issus de palmier dattier sur la minéralisation de C et N dans un sol d’oasis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Le Guyader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Gommeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Miconnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Etude des sols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association française d'Etude des sols, Jun 2023, Dijon (Bourgogne), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04441146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Organic Amendments from Date Palm Residues on Water Retention Properties of Two Coarse Texture Soils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Le Guyader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Gommeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Miconnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soil and Water resources management for Combating Desertification in Drylands under Climate Change (SWDCC 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Djerba, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05458252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ISFERALDA project: Using organic amendments based on date palm residues to enhance soil fertility in oases agroecosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belkacem Boumaraf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Kavvadias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Moussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hafouda Lamine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Wien, Austria. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu22-9424⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05458296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reducing concentrations of trace metals in runoff waters from a vineyard catchment by way of an hybrid constructed wetland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Caner-Chabran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Dousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Conreux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessy J. Jaunat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Goldschmidt</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Hawaii, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02992829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metal-only modulated metasurface antenna for cubesat platforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Gonzalez-Ovejero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Mahmoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ettorre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Sauleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 IEEE International Symposium on Antennas and Propagation and USNC-URSI Radio Science Meeting, APSURSI 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Atlanta, United States. pp.1709-1710, </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/APUSNCURSINRSM.2019.8889163⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02399669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metallic metasurface antennas for space</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Gonzalez-Ovejero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Chahat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Chattopadhyay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Sauleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th European Conference on Antennas and Propagation, EuCAP 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, London, United Kingdom. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/cp.2018.0731⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02042749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence du sol sur la capacité des rhamnolipides à induire une résistance systémique chez Arabidopsis thaliana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déborah Leborgne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Conreux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Touchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Schellenberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Cordier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Jeunes Chercheurs Condorcet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02981450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet de la mobilité de l’habitat dans les champs cultivés sur la fertilité des sols dans l’Ouest nigérien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachirou Seyni Bodo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marie Karimou Ambouta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumarou Malam Issa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adamou Didier Tidjani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International - Gestion durable des Sols en milieux aride et semi-aride</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Niamey, Niger</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02957108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence du type de sol sur l’activité élicitrice des rhamnolipides.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leborgne Déborah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Touchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Conreux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Baillieull</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephan Dorey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées SFR Condorcet,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Calais,, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03163700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sources and behaviors of perchlorates ions (ClO4-) in chalk aquifer of Champagne-Ardenne, France: preliminary results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feifei Cao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessy J. Jaunat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ollivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Cancès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Devos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Water Resources Management Conference of ICWRS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Beijing, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01744271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transfert de polluants organiques et minéraux en zone viticole : évaluation de l’Efficacité d’un bassin de rétention à réduire la contamination des eaux de surface (projet TRAPEZE)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Caner-Chabran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Dousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Tournebize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Huguenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Jeunes Chercheurs Condorcet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02981743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transfer of copper in a wine-growing area: evaluation of the efficiency of a stormwater pond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Canner-Chabran Anne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Dousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Tournebize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Ponthieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Goldschmidt2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02945826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hétérogénéité spatiale et fonctionnelle des sols et production du niébé dans les systèmes d'exploitations familiales au Niger.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachirou Seyni Bodo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumarou Malam Issa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Ambouta Karimou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Adamou Tidjani Alou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Jeunes Chercheurs SFR Condorcet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02982833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perchlorates in the chalk aquifer of Northeastern France (Marne, 51) – Preliminary results and perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessy J. Jaunat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ollivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Hube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Taborelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Devos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">43rd IAH Congress, Groundwater and Society 60 years of IAH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02945857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche méthodologique de l'hétérogénéité des sols pour le suivi des cultures pluviales dans les bas-fonds et sur les dunes du système oasien au Niger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachirou Seyni Bodo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Adamou Tidjani Alou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Ambouta Karimou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Malam-Issa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Scientifique International sur la préservation et l'utilisation durable des systèmes oasiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Liège, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02974939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relations entre diversité microbienne et contamination métallique dans des sols industriels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Robin Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Gommeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Duclercq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Ponthieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Journées Condorcet 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFR Condorcet, Sep 2015, Compiègne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04279516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de la structure du couvert végétal sur le ruissellement et l’érosion dans les vignobles champenois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Naisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumarou Malam Issa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Desprats</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Combaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12ème journées d’études des sols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Chambery, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05458473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of organic agriculture on runoff and soil erosion in a silty soil.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Verbecke Loïc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laratte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JES 2014 : Journée etude des sols. 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Beauvais, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02950076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of mineralogical, geochemical and biological properties on soils reflectance to assess temporal and spatial dynamics of BSCs in Sahelian ecosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bourguignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumarou Malam Issa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cancès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dumay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eufar expert working group soil applications: quantitatiev applications of soil spectroscopy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Postdam, Germany. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02593944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biological soil crusts vulnerability and soil surface disturbance in Sahelian zone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumarou Malam Issa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cancès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dumay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gommeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">May 2009, Strasbourg, France. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02592226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soil monitoring networks in Europe: a representativeness study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique D. Arrouays</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas N. Saby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne C Richer-De-Forges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Le Bas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. ESSC (European Society for Soil Conservation) International Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Society for Soil Conservation, Jun 2007, Palerme, Italy. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02814527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (27)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of biochar and compost and their interaction on carbon and nitrogen mineralization in a Saharan sandy soil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Le Guyader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Oueriemmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Clivot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed El Mazlouzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Guillaneuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoderma Régional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 42, pp.e01002. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.geodrs.2025.e01002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05249894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reactivity towards Na of biochars produced from date palm residues with different oxygen proportions during pyrolysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Ponthieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Beucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Guillaneuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Le Guyader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Miconnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IOP Conference Series: Earth and Environmental Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 1455, pp.012006. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1755-1315/1455/1/012006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nitrogen budget and barley response to organic amendments in a sandy soil under simulated arid climate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Le Guyader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed El Mazlouzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Guillaneuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Badji Tandina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Gommeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soil Use and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 41 (1), </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/sum.70008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04880902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of organic amendments based on date palm residues on barley crop (Hordeum vulgare L.) in an oasian environment: case of the Oued Righ region, Algeria.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aissa Tirichine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelfettah Abid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lacine Hafouda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahtali Sbih</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Gommeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IOP Conference Series: Earth and Environmental Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 1455 (012009), </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1755-1315/1455/1/012009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compost, a natural fertilizer to improve pearl millet [&amp;lt;i&amp;gt;Pennisetum glaucum &amp;lt;/i&amp;gt;(L.) R. br.] growth and its productivity in the Sahel (south-eastern Niger): an experiment to convince small producers to manage their soil sustainably</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maigari Malam Assane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Siradji Magagi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachirou Seyni Bodo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Mahamane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Biological and Chemical Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 18, pp.864 - 881. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4314/ijbcs.v18i3.11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04726677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using Date Palm Residues to Improve Soil Properties: The Case of Compost and Biochar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Kavvadias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Le Guyader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed El Mazlouzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Gommeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belkacem Boumaraf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soil Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 8 (3), pp.69. </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/soilsystems8030069⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04624277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of Date Palm-Based Biochar and Compost on Water Retention Properties of Soils with Different Sand Contents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Le Guyader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Miconnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Moussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forests</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 15 (2), pp.304. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/f15020304⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04441210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets de la mobilité de l'habitat dans les champs cultivés sur la qualité physico-chimique des sols dans l'Ouest nigérien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Seyni Bodo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M.K. Ambouta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumarou Malam Issa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.D. Tidjani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EWASH &amp; TI : Environmental and Water Sciences, Public Health and Territorial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 3 (1), p. 60-68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02197758v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Connaissance locale de la variabilité de surface du sol et des contraintes associées pour la production du niébé en zone sahélienne du Niger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachirou Seyni Bodo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumarou Malam Issa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Tidjani Adamou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Ambouta Karimou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Étude et Gestion des Sols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 26 (1), p. 65-79</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02197759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shaped Continuous Parallel Plate Delay Lens With Enhanced Scanning Performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Doucet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson J. G. Fonseca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Antennas and Propagation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 67 (11), pp.6695-6704. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TAP.2019.2924904⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02391233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Worldwide occurrence and origin of perchlorate ion in waters: A review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feifei Cao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessy J. Jaunat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neil Sturchio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Cances</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 661, pp.737-749. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2019.01.107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02380699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of recent conversion to organic farming on physical properties and their consequences on runoff, erosion and crusting in a silty soil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Verbeke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Laratte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.R. Schneider</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CATENA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 165, pp.398-407. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.catena.2018.02.024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02948307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sources and behavior of perchlorate ions (ClO4−) in chalk aquifer of Champagne-Ardenne, France: preliminary results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feifei Cao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessy J. Jaunat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ollivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Cancès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of IAHS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 379, pp.113-117. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/piahs-379-113-2018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02989983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Response of bacterial communities to Pb smelter pollution in contrasting soils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud R. Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Gommeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Duclercq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Conreux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 605-606, pp.436-444. </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2017.06.159⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01604416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of dissolved organic matter and manganese oxides on metal speciation in soil solution: A modelling approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Ponthieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Cancès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Conreux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 213, pp.618 - 627. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envpol.2016.03.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01788842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lead distribution in soils impacted by a secondary lead smelter: Experimental and modelling approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud R Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Cancès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Ponthieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Sobanska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc F Benedetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 568, pp.155-163. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2016.06.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02136536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soil Erosion Processes in European Vineyards: A Qualitative Comparison of Rainfall Simulation Measurements in Germany, Spain and France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jesús Rodrigo Comino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Iserloh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumarou Malam Issa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Naisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 3 (1), pp.6. </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/hydrology3010006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03193920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multivariate spatial analyses of the distribution and origin of trace and major elements in soils surrounding a secondary lead smelter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud R. Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas P.A. Saby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Cancès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Ponthieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 23 (15), pp.15164 - 15174. </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-016-6624-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02631305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of the impact of organic matter composition on metal speciation in calcareous soil solution: comparison of Model VI and NICA-Donnan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Ponthieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Pourret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud R Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geochemical Exploration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 165, pp.1-7. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gexplo.2016.01.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02136365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of ground-cover type on surface runoff and subsequent soil erosion in Champagne vineyards in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Naisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumarou Malam Issa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Desprats</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Combaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soil Use and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 30 (3), pp.372-381. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/sum.12129⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01174180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Will European soil-monitoring networks be able to detect changes in topsoil organic carbon content?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas N. Saby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Bellamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique D. Arrouays</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert J. A. Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Change Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 14, pp.2432-2442. </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1365-2486.2008.01658.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02658295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soil monitoring in Europe: A review of existing systems and requirements for harmonisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas N. Saby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique D. Arrouays</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Le Bas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.J.A. Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 391, pp.1-12. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2007.10.046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02664904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une analyse des stratégies d'échantillonnage des réseaux de surveillance de la qualité des sols en Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne C Richer-De-Forges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique D. Arrouays</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Le Bas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas N. Saby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Étude et Gestion des Sols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 14 (4), pp.317-326</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02657063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pesticides in the groundwater of a spring draining a sandy aquifer: Temporal variability of concentrations and fluxes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Mouvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Baran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Gutierrez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Contaminant Hydrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 87, pp.176-190. </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jconhyd.2006.05.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02662370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Controls on atrazine leaching through a soil-unsaturated fractured limestone sequence at Brévilles, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Roulier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicholas Jarvis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Baran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Mouvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fredrik Stenemo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Contaminant Hydrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 84 (1-2), pp.81-105. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jconhyd.2005.12.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03753575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prédiction des propriétés de rétention en eau des sols d'un bassin versant à l'aide de fonctions de pédotransfert: influence de la densité apparente et de la teneur en éléments grossiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ary Bruand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle I. Cousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Roque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Baran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Étude et Gestion des Sols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 11 (2), pp.117-135</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02676889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prédiction des propriétés de rétention en eau des sols d'un bassin versant à l'aide de fonctions de pédotransfert : influence de la densité apparente et de la teneur en éléments grossiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ary Bruand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Cousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Roque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Baran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Étude et Gestion des Sols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 11, pp.117-135</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00071074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of organic amendments based on date palm residues on barley crop (Hordeum vulgare L.) in oasian environment: case of Oued Righ region, Algeria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aissa Tirichine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelfettah Abid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hafouda Lamine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahtali Sbih</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Gommeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISADAE 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, REIMS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de l’apport d’O2 sur la production de biochar de palmier dattier et ses propriétés d’adsorption</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Miconnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Gommeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Ponthieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Etude des Sols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Dijon (Bourgogne), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04441055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of organic amendments from date palm residues : impacts on soil water retention and carbon mineralisation in arid and semi-arid regions soils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Le Guyader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Gommeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Miconnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transdisciplinary research for a healthy planet, Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Reims (51), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04440962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets des hétérogénéités de surface des sols cultivés sur la nodulation et la production du niébé (Vigna unguiculata) dans l’Ouest du Niger.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachirou Seyni Bodo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.D. Tidjani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumarou Malam Issa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M.K. Ambouta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1ère journée doctorale transfrontalière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet RhamnoSol : Influence du sol sur la capacité des rhamnolipides à induire une résistance systémique chez Arabidopsis thaliana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déborah Leborgne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Touchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Conreux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Schellenberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Cordier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">J2C2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, AMIENS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03123827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perchl’EauRigine : Perchlorates, explosifs et nitrates dans les eaux souterraines de la craie de Champagne : Origine et devenir.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feifei Cao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessy J. Jaunat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ollivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Cancès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Condorcet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02982208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TRAnsfert de Polluants organiques et minéraux En Zone viticole : évaluation de l’Efficacité d’un bassin de rétention à réduire la contamination des eaux de surface (projet TRAPEZE)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Caner-Chabran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Dousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Tournebize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Chaumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">46ème congrès du GFP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02986533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of ground-cover type on surface runoff and subsequent soil erosion in Champagne vineyards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Naisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumarou Malam Issa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Desprats</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Combaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geosciences Union General Assembly 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05458438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relations entre diversité microbienne et contamination métallique dans des sols industriels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Robin Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Gommeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Duclercq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Ponthieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Journées Condorcet 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Compiègne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02796141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence d'un taillis à courte rotation de Robinia pseudoacacia sur les propriétés physiques du sol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laratte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bertrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12ème journées d’études des sols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Chambery, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05458460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effect of Robinia pseudoacacia short rotation coppice on soil physical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laratte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bertrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th World Congress of Soil Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Jeju, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05458571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of organic agriculture on runoff and soil erosion in a silty soil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Verbeke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laratte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th World Congress of Soil Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Jeju, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05458556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pesticide pollution in a sandy aquifer draining a 250 ha watershed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Mouvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ary Bruand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Baran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle I. Cousin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geosciences Union (EGU)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2007, Vienne, Austria. pp.A0, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02819642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental Assessment of Soil for Monitoring. Volume IIa: Inventory & Monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique D. Arrouays</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas N. Saby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne C Richer-De-Forges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Le Bas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] European Communities. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02823848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental Assessment of Soil for Monitoring. Volume IIb: Survey of National Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique D. Arrouays</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne C Richer-De-Forges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas N. Saby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.R. Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Technical Report] EUR 23490 EN/2B, Cranfield University; Inrae. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02821148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de la variabilité spatiale de différentes caractéristiques du milieu aux échelles de la parcelle expérimentale et du bassin versant hydrogéologique sur la contamination d'un aquifère sableux par les phytosanitaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université d'Orléans, 2004. Français. </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02827563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId240"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Xavier Morvan </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (27)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reactivity towards Na of biochars produced from date palm residues with different oxygen proportions during pyrolysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Ponthieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Beucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Guillaneuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Le Guyader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Miconnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IOP Conference Series: Earth and Environmental Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 1455, pp.012006. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1755-1315/1455/1/012006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of biochar and compost and their interaction on carbon and nitrogen mineralization in a Saharan sandy soil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Le Guyader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Oueriemmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Clivot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed El Mazlouzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Guillaneuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoderma Régional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 42, pp.e01002. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.geodrs.2025.e01002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05249894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nitrogen budget and barley response to organic amendments in a sandy soil under simulated arid climate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Le Guyader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed El Mazlouzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Guillaneuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Badji Tandina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Gommeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soil Use and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 41 (1), </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/sum.70008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04880902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of organic amendments based on date palm residues on barley crop (Hordeum vulgare L.) in an oasian environment: case of the Oued Righ region, Algeria.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aissa Tirichine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelfettah Abid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lacine Hafouda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahtali Sbih</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Gommeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IOP Conference Series: Earth and Environmental Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 1455 (012009), </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1755-1315/1455/1/012009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compost, a natural fertilizer to improve pearl millet [&amp;lt;i&amp;gt;Pennisetum glaucum &amp;lt;/i&amp;gt;(L.) R. br.] growth and its productivity in the Sahel (south-eastern Niger): an experiment to convince small producers to manage their soil sustainably</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maigari Malam Assane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Siradji Magagi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachirou Seyni Bodo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Mahamane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Biological and Chemical Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 18, pp.864 - 881. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4314/ijbcs.v18i3.11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04726677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using Date Palm Residues to Improve Soil Properties: The Case of Compost and Biochar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Kavvadias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Le Guyader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed El Mazlouzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Gommeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belkacem Boumaraf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soil Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 8 (3), pp.69. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/soilsystems8030069⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04624277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of Date Palm-Based Biochar and Compost on Water Retention Properties of Soils with Different Sand Contents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Le Guyader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Miconnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Moussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forests</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 15 (2), pp.304. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/f15020304⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04441210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shaped Continuous Parallel Plate Delay Lens With Enhanced Scanning Performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Doucet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson J. G. Fonseca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Antennas and Propagation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 67 (11), pp.6695-6704. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TAP.2019.2924904⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02391233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets de la mobilité de l'habitat dans les champs cultivés sur la qualité physico-chimique des sols dans l'Ouest nigérien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Seyni Bodo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M.K. Ambouta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumarou Malam Issa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.D. Tidjani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EWASH &amp; TI : Environmental and Water Sciences, Public Health and Territorial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 3 (1), p. 60-68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02197758v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Connaissance locale de la variabilité de surface du sol et des contraintes associées pour la production du niébé en zone sahélienne du Niger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachirou Seyni Bodo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumarou Malam Issa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Tidjani Adamou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Ambouta Karimou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Étude et Gestion des Sols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 26 (1), p. 65-79</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02197759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Worldwide occurrence and origin of perchlorate ion in waters: A review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feifei Cao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessy J. Jaunat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neil Sturchio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Cances</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 661, pp.737-749. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2019.01.107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02380699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sources and behavior of perchlorate ions (ClO4−) in chalk aquifer of Champagne-Ardenne, France: preliminary results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feifei Cao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessy J. Jaunat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ollivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Cancès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of IAHS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 379, pp.113-117. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/piahs-379-113-2018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02989983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of recent conversion to organic farming on physical properties and their consequences on runoff, erosion and crusting in a silty soil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Verbeke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Laratte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.R. Schneider</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CATENA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 165, pp.398-407. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.catena.2018.02.024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02948307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Response of bacterial communities to Pb smelter pollution in contrasting soils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud R. Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Gommeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Duclercq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Conreux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 605-606, pp.436-444. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2017.06.159⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01604416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soil Erosion Processes in European Vineyards: A Qualitative Comparison of Rainfall Simulation Measurements in Germany, Spain and France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jesús Rodrigo Comino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Iserloh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumarou Malam Issa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Naisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 3 (1), pp.6. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/hydrology3010006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03193920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of dissolved organic matter and manganese oxides on metal speciation in soil solution: A modelling approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Ponthieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Cancès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Conreux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 213, pp.618 - 627. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envpol.2016.03.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01788842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lead distribution in soils impacted by a secondary lead smelter: Experimental and modelling approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud R Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Cancès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Ponthieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Sobanska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc F Benedetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 568, pp.155-163. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2016.06.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02136536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multivariate spatial analyses of the distribution and origin of trace and major elements in soils surrounding a secondary lead smelter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud R. Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas P.A. Saby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Cancès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Ponthieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 23 (15), pp.15164 - 15174. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-016-6624-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02631305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of the impact of organic matter composition on metal speciation in calcareous soil solution: comparison of Model VI and NICA-Donnan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Ponthieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Pourret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud R Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geochemical Exploration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 165, pp.1-7. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gexplo.2016.01.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02136365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of ground-cover type on surface runoff and subsequent soil erosion in Champagne vineyards in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Naisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumarou Malam Issa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Desprats</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Combaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soil Use and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 30 (3), pp.372-381. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/sum.12129⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01174180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Will European soil-monitoring networks be able to detect changes in topsoil organic carbon content?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas N. Saby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Bellamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique D. Arrouays</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert J. A. Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Change Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 14, pp.2432-2442. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1365-2486.2008.01658.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02658295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soil monitoring in Europe: A review of existing systems and requirements for harmonisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas N. Saby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique D. Arrouays</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Le Bas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.J.A. Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 391, pp.1-12. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2007.10.046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02664904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une analyse des stratégies d'échantillonnage des réseaux de surveillance de la qualité des sols en Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne C Richer-De-Forges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique D. Arrouays</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Le Bas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas N. Saby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Étude et Gestion des Sols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 14 (4), pp.317-326</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02657063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Controls on atrazine leaching through a soil-unsaturated fractured limestone sequence at Brévilles, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Roulier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicholas Jarvis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Baran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Mouvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fredrik Stenemo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Contaminant Hydrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 84 (1-2), pp.81-105. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jconhyd.2005.12.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03753575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pesticides in the groundwater of a spring draining a sandy aquifer: Temporal variability of concentrations and fluxes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Mouvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Baran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Gutierrez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Contaminant Hydrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 87, pp.176-190. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jconhyd.2006.05.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02662370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prédiction des propriétés de rétention en eau des sols d'un bassin versant à l'aide de fonctions de pédotransfert: influence de la densité apparente et de la teneur en éléments grossiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ary Bruand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle I. Cousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Roque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Baran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Étude et Gestion des Sols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 11 (2), pp.117-135</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02676889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prédiction des propriétés de rétention en eau des sols d'un bassin versant à l'aide de fonctions de pédotransfert : influence de la densité apparente et de la teneur en éléments grossiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ary Bruand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Cousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Roque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Baran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Étude et Gestion des Sols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 11, pp.117-135</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00071074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (30)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La dégradation des sols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence de cloture de l'année des géosciences 2024-2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05111711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of sole and combined addition of biochar and compost on improving soil quality and crop productivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Oueriemmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ines Rahma Zoghlami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Bennour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Moussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISADAE 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, REIMS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of organic amendments on the chemical properties and carbon mineralization in the oasis soil of arid regions and date yield (Southern Tunisia)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Mekki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ines Rahma Zoghlami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nissaf Karbout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Bennour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Moussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISADAE 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, REIMS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nutrient uptake and leaching in a sandy soil amended with biochar and compost obtained from date palm residues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed El Mazlouzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Le Guyader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Guillaneuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Gommeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISADAE 2024: The International Conference on the Impacts of Soil Amendments on Dryland Agro-Ecosystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, REIMS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of organic fertilizer on soil fertility and cowpea production on contrasting soils in Niger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachirou Seyni Bodo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumarou Malam Issa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adamou Didier Tidjani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISADAE 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, REIMS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of the stability of date-palm based biochar and compost in soil by C mineralization kinetics and Rock-Eval analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Le Guyader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Oueriemmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Clivot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ines Rahma Zoghlami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed El Mazlouzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISADAE International Conference on The Impact of Soil Amendments on Dryland Agro-Ecosystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04796513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reactivity towards Na of biochars produced from palm date residues with different oxygen proportions during pyrolysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Ponthieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Beucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Guillaneuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Le Guyader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Miconnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISADAE 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of organic amendments from date palm residues on water retention properties of two coarse texture soils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Le Guyader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Gommeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Miconnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Wien, Austria. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-7294⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05458152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of date palm compost and biochar on the water retention properties of two soils from a semi arid region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Le Guyader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Gommeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Miconnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geosciences Union General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04441192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets des amendements organiques issus de palmier dattier sur la minéralisation de C et N dans un sol d’oasis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Le Guyader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Gommeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Miconnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Etude des sols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association française d'Etude des sols, Jun 2023, Dijon (Bourgogne), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04441146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ISFERALDA project: Using organic amendments based on date palm residues to enhance soil fertility in oases agroecosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belkacem Boumaraf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Kavvadias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Moussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hafouda Lamine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Wien, Austria. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu22-9424⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05458296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Organic Amendments from Date Palm Residues on Water Retention Properties of Two Coarse Texture Soils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Le Guyader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Gommeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Miconnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soil and Water resources management for Combating Desertification in Drylands under Climate Change (SWDCC 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Djerba, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05458252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reducing concentrations of trace metals in runoff waters from a vineyard catchment by way of an hybrid constructed wetland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Caner-Chabran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Dousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Conreux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessy J. Jaunat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Goldschmidt</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Hawaii, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02992829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metal-only modulated metasurface antenna for cubesat platforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Gonzalez-Ovejero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Mahmoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ettorre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Sauleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 IEEE International Symposium on Antennas and Propagation and USNC-URSI Radio Science Meeting, APSURSI 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Atlanta, United States. pp.1709-1710, </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/APUSNCURSINRSM.2019.8889163⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02399669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet de la mobilité de l’habitat dans les champs cultivés sur la fertilité des sols dans l’Ouest nigérien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachirou Seyni Bodo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marie Karimou Ambouta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumarou Malam Issa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adamou Didier Tidjani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International - Gestion durable des Sols en milieux aride et semi-aride</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Niamey, Niger</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02957108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metallic metasurface antennas for space</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Gonzalez-Ovejero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Chahat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Chattopadhyay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Sauleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th European Conference on Antennas and Propagation, EuCAP 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, London, United Kingdom. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/cp.2018.0731⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02042749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence du sol sur la capacité des rhamnolipides à induire une résistance systémique chez Arabidopsis thaliana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déborah Leborgne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Conreux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Touchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Schellenberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Cordier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Jeunes Chercheurs Condorcet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02981450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence du type de sol sur l’activité élicitrice des rhamnolipides.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leborgne Déborah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Touchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Conreux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Baillieull</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephan Dorey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées SFR Condorcet,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Calais,, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03163700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sources and behaviors of perchlorates ions (ClO4-) in chalk aquifer of Champagne-Ardenne, France: preliminary results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feifei Cao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessy J. Jaunat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ollivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Cancès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Devos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Water Resources Management Conference of ICWRS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Beijing, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01744271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transfert de polluants organiques et minéraux en zone viticole : évaluation de l’Efficacité d’un bassin de rétention à réduire la contamination des eaux de surface (projet TRAPEZE)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Caner-Chabran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Dousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Tournebize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Huguenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Jeunes Chercheurs Condorcet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02981743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transfer of copper in a wine-growing area: evaluation of the efficiency of a stormwater pond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Canner-Chabran Anne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Dousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Tournebize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Ponthieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Goldschmidt2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02945826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perchlorates in the chalk aquifer of Northeastern France (Marne, 51) – Preliminary results and perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessy J. Jaunat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ollivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Hube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Taborelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Devos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">43rd IAH Congress, Groundwater and Society 60 years of IAH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02945857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche méthodologique de l'hétérogénéité des sols pour le suivi des cultures pluviales dans les bas-fonds et sur les dunes du système oasien au Niger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachirou Seyni Bodo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Adamou Tidjani Alou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Ambouta Karimou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Malam-Issa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Scientifique International sur la préservation et l'utilisation durable des systèmes oasiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Liège, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02974939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hétérogénéité spatiale et fonctionnelle des sols et production du niébé dans les systèmes d'exploitations familiales au Niger.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachirou Seyni Bodo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumarou Malam Issa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Ambouta Karimou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Adamou Tidjani Alou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Jeunes Chercheurs SFR Condorcet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02982833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relations entre diversité microbienne et contamination métallique dans des sols industriels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Robin Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Gommeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Duclercq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Ponthieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Journées Condorcet 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFR Condorcet, Sep 2015, Compiègne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04279516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de la structure du couvert végétal sur le ruissellement et l’érosion dans les vignobles champenois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Naisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumarou Malam Issa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Desprats</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Combaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12ème journées d’études des sols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Chambery, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05458473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of organic agriculture on runoff and soil erosion in a silty soil.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Verbecke Loïc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laratte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JES 2014 : Journée etude des sols. 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Beauvais, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02950076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of mineralogical, geochemical and biological properties on soils reflectance to assess temporal and spatial dynamics of BSCs in Sahelian ecosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bourguignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumarou Malam Issa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cancès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dumay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eufar expert working group soil applications: quantitatiev applications of soil spectroscopy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Postdam, Germany. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02593944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biological soil crusts vulnerability and soil surface disturbance in Sahelian zone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumarou Malam Issa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cancès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dumay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gommeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">May 2009, Strasbourg, France. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02592226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soil monitoring networks in Europe: a representativeness study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique D. Arrouays</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas N. Saby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne C Richer-De-Forges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Le Bas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. ESSC (European Society for Soil Conservation) International Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Society for Soil Conservation, Jun 2007, Palerme, Italy. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02814527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of organic amendments based on date palm residues on barley crop (Hordeum vulgare L.) in oasian environment: case of Oued Righ region, Algeria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aissa Tirichine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelfettah Abid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hafouda Lamine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahtali Sbih</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Gommeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISADAE 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, REIMS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de l’apport d’O2 sur la production de biochar de palmier dattier et ses propriétés d’adsorption</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Miconnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Gommeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Ponthieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Etude des Sols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Dijon (Bourgogne), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04441055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of organic amendments from date palm residues : impacts on soil water retention and carbon mineralisation in arid and semi-arid regions soils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Le Guyader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Gommeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Miconnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transdisciplinary research for a healthy planet, Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Reims (51), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04440962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets des hétérogénéités de surface des sols cultivés sur la nodulation et la production du niébé (Vigna unguiculata) dans l’Ouest du Niger.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachirou Seyni Bodo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.D. Tidjani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumarou Malam Issa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M.K. Ambouta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1ère journée doctorale transfrontalière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet RhamnoSol : Influence du sol sur la capacité des rhamnolipides à induire une résistance systémique chez Arabidopsis thaliana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déborah Leborgne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Touchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Conreux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Schellenberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Cordier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">J2C2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, AMIENS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03123827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perchl’EauRigine : Perchlorates, explosifs et nitrates dans les eaux souterraines de la craie de Champagne : Origine et devenir.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feifei Cao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessy J. Jaunat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ollivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Cancès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Condorcet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02982208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TRAnsfert de Polluants organiques et minéraux En Zone viticole : évaluation de l’Efficacité d’un bassin de rétention à réduire la contamination des eaux de surface (projet TRAPEZE)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Caner-Chabran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Dousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Tournebize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Chaumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">46ème congrès du GFP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02986533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of ground-cover type on surface runoff and subsequent soil erosion in Champagne vineyards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Naisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumarou Malam Issa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Desprats</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Combaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geosciences Union General Assembly 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05458438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relations entre diversité microbienne et contamination métallique dans des sols industriels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Robin Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Gommeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Duclercq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Ponthieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Journées Condorcet 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Compiègne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02796141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effect of Robinia pseudoacacia short rotation coppice on soil physical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laratte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bertrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th World Congress of Soil Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Jeju, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05458571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of organic agriculture on runoff and soil erosion in a silty soil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Verbeke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laratte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th World Congress of Soil Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Jeju, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05458556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence d'un taillis à courte rotation de Robinia pseudoacacia sur les propriétés physiques du sol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laratte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bertrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12ème journées d’études des sols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Chambery, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05458460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pesticide pollution in a sandy aquifer draining a 250 ha watershed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Mouvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ary Bruand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Baran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle I. Cousin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geosciences Union (EGU)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2007, Vienne, Austria. pp.A0, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02819642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental Assessment of Soil for Monitoring. Volume IIa: Inventory & Monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique D. Arrouays</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas N. Saby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne C Richer-De-Forges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Le Bas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] European Communities. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02823848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental Assessment of Soil for Monitoring. Volume IIb: Survey of National Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique D. Arrouays</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne C Richer-De-Forges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas N. Saby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.R. Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Technical Report] EUR 23490 EN/2B, Cranfield University; Inrae. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02821148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de la variabilité spatiale de différentes caractéristiques du milieu aux échelles de la parcelle expérimentale et du bassin versant hydrogéologique sur la contamination d'un aquifère sableux par les phytosanitaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Morvan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université d'Orléans, 2004. Français. </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02827563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId240"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05111711v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lejeune" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Morvan" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04886428v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Mazlouzi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Le Guyader" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Guillaneuf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Marin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gommeaux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04886451v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Mekki" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Rahma Zoghlami" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nissaf Karbout" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Bennour" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Moussa" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04886472v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houda Oueriemmi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04886513v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bachirou Seyni Bodo" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumarou Malam Issa" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adamou Didier Tidjani" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04796513v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Clivot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04886406v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Ponthieu" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Beucher" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Miconnet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-05458152v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-7294" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441192v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441146v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-05458252v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Marin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-05458296v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkacem Boumaraf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Kavvadias" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hafouda Lamine" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-9424" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02992829v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Caner-Chabran" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Dousset" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Conreux" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessy J. Jaunat" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02399669v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gonzalez-Ovejero" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mahmoud" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ettorre" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sauleau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/APUSNCURSINRSM.2019.8889163" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02042749v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Chahat" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chattopadhyay" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/cp.2018.0731" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02981450v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Leborgne" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Touchard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Schellenberger" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cordier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02957108v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Karimou Ambouta" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03163700v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leborgne D&#233;borah" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Touchard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Conreux" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Baillieull" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Dorey" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744271v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feifei Cao" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ollivier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Canc&#232;s" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Devos" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02981743v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Tournebize" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Huguenot" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02945826v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Canner-Chabran Anne" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02982833v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Ambouta Karimou" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Adamou Tidjani Alou" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02945857v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Hube" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Taborelli" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974939v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Malam-Issa" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04279516v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Robin Schneider" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Duclercq" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fanin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-05458473v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Naisse" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Desprats" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Combaud" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950076v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verbecke Lo&#239;c" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Laratte" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593944v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bourguignon" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bouchet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Canc&#232;s" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dumay" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592226v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gommeaux" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Marin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814527v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique D. Arrouays" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N. Saby" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne C Richer-De-Forges" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Le Bas" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-05249894v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Oueriemmi" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geodrs.2025.e01002" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04964016v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Beucher" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1755-1315/1455/1/012006" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880902v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badji Tandina" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sum.70008" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04964044v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aissa Tirichine" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelfettah Abid" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lacine Hafouda" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahtali Sbih" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1755-1315/1455/1/012009" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04726677v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maigari Malam Assane" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Siradji Magagi" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Mahamane" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4314/ijbcs.v18i3.11" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04624277v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/soilsystems8030069" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441210v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/f15020304" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02197758v2" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Seyni Bodo" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M.K. Ambouta" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.D. Tidjani" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02197759v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Tidjani Adamou" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02391233v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Doucet" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelson J. G. Fonseca" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Girard" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Le Coq" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAP.2019.2924904" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380699v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil Sturchio" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Cances" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2019.01.107" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02948307v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Verbeke" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Laratte" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.R. Schneider" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.catena.2018.02.024" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989983v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/piahs-379-113-2018" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604416v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud R. Schneider" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2017.06.159" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-01788842v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Schneider" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2016.03.010" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136536v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud R Schneider" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Sobanska" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc F Benedetti" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2016.06.001" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193920v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jes&#250;s Rodrigo Comino" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Iserloh" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/hydrology3010006" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631305v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas P.A. Saby" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-016-6624-2" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136365v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pourret" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gexplo.2016.01.017" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01174180v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Naisse" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Combaud" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sum.12129" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CSBB9XX1-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658295v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Bellamy" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert J. A. Jones" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2486.2008.01658.x" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664904v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.J.A. Jones" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2007.10.046" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-47NJ1XFD-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657063v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662370v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mouvet" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Baran" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gutierrez" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconhyd.2006.05.003" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-867VWKG8-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03753575v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Roulier" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Jarvis" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Baran" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mouvet" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fredrik Stenemo" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconhyd.2005.12.004" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H6BS9ZNQ-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676889v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ary Bruand" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I. Cousin" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Roque" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/hal-00071074v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cousin" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04886825v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441055v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440962v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02978496v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03123827v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Schellenberger" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Cordier" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02982208v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02986533v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Chaumont" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-05458438v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796141v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-05458460v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bertrand" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-05458571v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-05458556v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Verbeke" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819642v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823848v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821148v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.R. Jones" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02827563v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04964016v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Ponthieu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Beucher" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Guillaneuf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Le Guyader" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Miconnet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1755-1315/1455/1/012006" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-05249894v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Oueriemmi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Clivot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Mazlouzi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geodrs.2025.e01002" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880902v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badji Tandina" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gommeaux" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sum.70008" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04964044v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aissa Tirichine" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelfettah Abid" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lacine Hafouda" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahtali Sbih" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1755-1315/1455/1/012009" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04726677v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maigari Malam Assane" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Siradji Magagi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bachirou Seyni Bodo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Mahamane" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Marin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4314/ijbcs.v18i3.11" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04624277v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Kavvadias" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkacem Boumaraf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/soilsystems8030069" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441210v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Morvan" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Marin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Moussa" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/f15020304" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02391233v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Doucet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelson J. G. Fonseca" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Girard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Le Coq" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAP.2019.2924904" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02197758v2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Seyni Bodo" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M.K. Ambouta" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumarou Malam Issa" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.D. Tidjani" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02197759v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Tidjani Adamou" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Ambouta Karimou" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380699v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feifei Cao" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessy J. Jaunat" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil Sturchio" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Cances" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2019.01.107" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989983v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ollivier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Canc&#232;s" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/piahs-379-113-2018" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02948307v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Verbeke" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Laratte" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.R. Schneider" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.catena.2018.02.024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604416v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud R. Schneider" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Duclercq" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fanin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Conreux" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2017.06.159" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193920v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jes&#250;s Rodrigo Comino" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Iserloh" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Naisse" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/hydrology3010006" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-01788842v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Schneider" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2016.03.010" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136536v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud R Schneider" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Sobanska" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc F Benedetti" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2016.06.001" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631305v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas P.A. Saby" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-016-6624-2" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136365v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pourret" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gexplo.2016.01.017" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01174180v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Naisse" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Desprats" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Combaud" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sum.12129" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CSBB9XX1-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658295v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N. Saby" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Bellamy" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique D. Arrouays" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert J. A. Jones" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2486.2008.01658.x" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664904v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Le Bas" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.J.A. Jones" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2007.10.046" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-47NJ1XFD-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657063v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne C Richer-De-Forges" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03753575v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Roulier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Jarvis" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Baran" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mouvet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fredrik Stenemo" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconhyd.2005.12.004" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H6BS9ZNQ-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662370v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mouvet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Baran" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gutierrez" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconhyd.2006.05.003" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-867VWKG8-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676889v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ary Bruand" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I. Cousin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Roque" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/hal-00071074v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cousin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05111711v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lejeune" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04886472v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houda Oueriemmi" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Rahma Zoghlami" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Bennour" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04886451v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Mekki" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nissaf Karbout" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04886428v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04886513v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adamou Didier Tidjani" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04796513v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04886406v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Beucher" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-05458152v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-7294" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441192v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441146v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-05458296v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hafouda Lamine" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-9424" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-05458252v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02992829v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Caner-Chabran" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Dousset" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02399669v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gonzalez-Ovejero" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mahmoud" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ettorre" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sauleau" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/APUSNCURSINRSM.2019.8889163" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02957108v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Karimou Ambouta" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02042749v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Chahat" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chattopadhyay" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/cp.2018.0731" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02981450v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Leborgne" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Touchard" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Schellenberger" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cordier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03163700v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leborgne D&#233;borah" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Touchard" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Conreux" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Baillieull" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Dorey" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744271v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Devos" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02981743v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Tournebize" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Huguenot" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02945826v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Canner-Chabran Anne" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02945857v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Hube" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Taborelli" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974939v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Adamou Tidjani Alou" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Malam-Issa" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02982833v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04279516v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Robin Schneider" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-05458473v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Combaud" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950076v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verbecke Lo&#239;c" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Laratte" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593944v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bourguignon" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bouchet" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Canc&#232;s" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dumay" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592226v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gommeaux" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Marin" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814527v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04886825v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441055v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440962v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02978496v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03123827v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Schellenberger" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Cordier" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02982208v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02986533v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Chaumont" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-05458438v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796141v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-05458571v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bertrand" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-05458556v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Verbeke" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-05458460v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819642v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823848v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821148v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.R. Jones" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02827563v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>