--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -174,51 +174,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (14)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (15)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -338,160 +338,160 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05364285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advanced collision risk estimation in terminal manoeuvring areas using a disentangled variational autoencoder for uncertainty quantification</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Filtering Techniques for ADS-B Trajectory Preprocessing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Olive</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Timothé Krauth</w:t>
+                <w:t xml:space="preserve">Jan Krummer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Morio</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Benoit Figuet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Alligier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering Applications of Artificial Intelligence</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.engappai.2024.108137⟩</w:t>
+              <w:t xml:space="preserve">Journal of open aviation science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 2 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.59490/joas.2024.7882⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04633480v1</w:t>
+                <w:t xml:space="preserve">hal-05543928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Catalogue of Deconfliction Actions Extracted from Historical ADS-B Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kim Gaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -536,1279 +536,1396 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> TU Delft OPEN Publishing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 1 (2), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.59490/joas.2023.7222⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04930691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep generative modelling of aircraft trajectories in terminal maneuvering areas</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Advanced collision risk estimation in terminal manoeuvring areas using a disentangled variational autoencoder for uncertainty quantification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothé Krauth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrien Lafage</w:t>
+                <w:t xml:space="preserve">Jérôme Morio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Olive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Morio</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Manuel Waltert</w:t>
+                <w:t xml:space="preserve">Benoit Figuet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Machine Learning with Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mlwa.2022.100446⟩</w:t>
+              <w:t xml:space="preserve">Engineering Applications of Artificial Intelligence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 133, pp.108137. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.engappai.2024.108137⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04011881v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04633480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GNSS Jamming and Its Effect on Air Traffic in Eastern Europe</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Deep generative modelling of aircraft trajectories in terminal maneuvering areas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothé Krauth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Lafage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Morio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Olive</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Waltert</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Xavier Olive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering Proceedings</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 4, pp.12. </w:t>
+              <w:t xml:space="preserve">Machine Learning with Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11, pp.100446. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/engproc2022028012⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.mlwa.2022.100446⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04701344v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04011881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dual-Horizon Reciprocal Collision Avoidance for Aircraft and Unmanned Aerial Systems</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Durand</w:t>
+                <w:t xml:space="preserve">GNSS Jamming and Its Effect on Air Traffic in Eastern Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Figuet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Waltert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Felux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Olive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Intelligent and Robotic Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10846-022-01782-2⟩</w:t>
+              <w:t xml:space="preserve">Engineering Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 4, pp.12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/engproc2022028012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03948501v1</w:t>
+                <w:t xml:space="preserve">hal-04701344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Data-driven airport management enabled by operational milestones derived from ADS-B messages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Schultz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Judith Rosenow</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Olive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Air Transport Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 99, pp.102164. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jairtraman.2021.102164⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03633063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The aircraft runway scheduling problem: A survey</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marcel Mongeau</w:t>
+                <w:t xml:space="preserve">Dual-Horizon Reciprocal Collision Avoidance for Aircraft and Unmanned Aerial Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Alligier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gianazza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Olive</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Rachelson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers and Operations Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cor.2021.105336⟩</w:t>
+              <w:t xml:space="preserve">Journal of Intelligent and Robotic Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 107 (1), 30 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10846-022-01782-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03204701v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03948501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthetic Aircraft Trajectories Generated with Multivariate Density Models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothé Krauth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Morio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Olive</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Morio</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Benoit Figuet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Monstein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Engineering Proceedings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 13 (12021), pp.7. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/engproc2021013007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04809068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aircraft Fleet Health Monitoring with Anomaly Detection Techniques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The aircraft runway scheduling problem: A survey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sana Ikli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Mancel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Mongeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Olive</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luis Basora</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Floris Freeman</w:t>
+                <w:t xml:space="preserve">Emmanuel Rachelson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aerospace</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/aerospace8040103⟩</w:t>
+              <w:t xml:space="preserve">Computers and Operations Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Volume 132, August 2021, pp.105336. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cor.2021.105336⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03196104v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03204701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection and identification of significant events in historical aircraft trajectory data</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Aircraft Fleet Health Monitoring with Anomaly Detection Techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Basora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paloma Bry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Olive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Luis Basora</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floris Freeman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transportation research. Part C, Emerging technologies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.trc.2020.102737⟩</w:t>
+              <w:t xml:space="preserve">Aerospace</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 8 (4), pp.103. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/aerospace8040103⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02972531v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03196104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Traffic, a toolbox for processing and analysing air traffic data</w:t>
+                <w:t xml:space="preserve">Detection and identification of significant events in historical aircraft trajectory data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Olive</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Basora</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Open Source Software</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Transportation research. Part C, Emerging technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 119, pp.102737. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.trc.2020.102737⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.21105/joss.01518⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02294354v1</w:t>
+                <w:t xml:space="preserve">hal-02972531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recent Advances in Anomaly Detection Methods Applied to Aviation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Basora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Olive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dubot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aerospace</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 6 (117), pp.1-27. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/aerospace6110117⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02470453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Traffic, a toolbox for processing and analysing air traffic data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Olive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Open Source Software</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 4 (39), pp.1518, 1-3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21105/joss.01518⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02294354v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Trajectory clustering of air traffic flows around airports</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Olive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Morio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aerospace Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 84, pp.776-781. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ast.2018.11.031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02350789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1818,2114 +1935,2114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extracting Lateral Deconfliction Actions from Historical ADS-B data with Median Regression</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Apprentissage d'un modèle d'incertitude de prévision de trajectoire à partir de données aéronautiques réelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Degaugue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kim Gaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Alligier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gianazza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Research in Air Transportation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Singapour, Singapore</w:t>
+              <w:t xml:space="preserve">ROADEF 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04717046v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04716416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apprentissage d'un modèle d'incertitude de prévision de trajectoire à partir de données aéronautiques réelles</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Extracting Lateral Deconfliction Actions from Historical ADS-B data with Median Regression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kim Gaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Alligier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gianazza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Olive</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ROADEF 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2024, Amiens, France</w:t>
+              <w:t xml:space="preserve">International Conference on Research in Air Transportation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Singapour, Singapore</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04716416v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04717046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">OpenSky Report 2023: Low Altitude Traffic Awareness for Light Aircraft with FLARM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Olive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Strohmeier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Junzi Sun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giorgio Tresoldi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2023 IEEE/AIAA 42nd Digital Avionics Systems Conference (DASC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Barcelone, Spain. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/DASC58513.2023.10311202⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04630303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantitative air risk assessment for a drone inspection mission along fast train lines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Olive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Le Blaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leonid Sedov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothé Krauth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Air Traffic Management Research and Development Seminar (ATM) 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Savannah, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04131557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evading the Public Eye: On Astroturfing in Open Aviation Data</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Quantitative Approach to Air Traffic Safety at Very Low Levels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Olive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Junzi Sun</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Le Blaye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">OpenSky 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Nov 2022, Delft, Netherlands. pp.7, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/engproc2022028007⟩</w:t>
+              <w:t xml:space="preserve">, Nov 2022, Delft, Netherlands. pp.1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/engproc2022028001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03920527v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03920417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluating Aviation Emission Inefficiencies and Reduction Challenges with Electric Flights Based on an analysis of flights from 2019 in the Dutch and French airspaces</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
+                <w:t xml:space="preserve">Evading the Public Eye: On Astroturfing in Open Aviation Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Strohmeier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Olive</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Junzi Sun</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Daniel Delahaye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SESAR Innovation Days</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">OpenSky 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Delft, Netherlands. pp.7, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/engproc2022028007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03907359v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03920527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Quantitative Approach to Air Traffic Safety at Very Low Levels</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evaluating Aviation Emission Inefficiencies and Reduction Challenges with Electric Flights Based on an analysis of flights from 2019 in the Dutch and French airspaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junzi Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Olive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Patrick Le Blaye</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Delahaye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OpenSky 2022</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">SESAR Innovation Days</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2022, Budapest, Hungary</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03920417v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03907359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">OpenSky Report 2021: Insights on ADS-B Mandate and Fleet Deployment in Times of Crisis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
+                <w:t xml:space="preserve">A Framework to Evaluate Aircraft Trajectory Generation Methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Olive</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Junzi Sun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mayara Condé Rocha Murça</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothé Krauth</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2021 IEEE/AIAA 40th Digital Avionics Systems Conference (DASC)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">14th USA/Europe Air Traffic Management Research and Development Seminar, ATM 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Online, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/DASC52595.2021.9594361⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03561964v1</w:t>
+                <w:t xml:space="preserve">hal-04808408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Framework to Evaluate Aircraft Trajectory Generation Methods</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">OpenSky Report 2021: Insights on ADS-B Mandate and Fleet Deployment in Times of Crisis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junzi Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Olive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Strohmeier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Schafer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Martinovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th USA/Europe Air Traffic Management Research and Development Seminar, ATM 2021</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2021 IEEE/AIAA 40th Digital Avionics Systems Conference (DASC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, San Antonio, United States. pp.1-10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/DASC52595.2021.9594361⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04808408v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03561964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Optimistic Planning Approach for the Aircraft Landing Problem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sana Ikli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Mancel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Mongeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Olive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Rachelson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ATM/CNS EIWAC2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Tokyo, Japan. pp.173-188, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-981-33-4669-7_10⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04709242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deep Trajectory Clustering with Autoencoders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Olive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Basora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Viry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Alligier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICRAT 2020, 9th International Conference for Research in Air Transportation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Tampa, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02916241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of airport ground operations based on ADS-B data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Schultz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Olive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Judith Rosenow</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hartmut Fricke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sameer Alam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2020 International Conference on Artificial Intelligence and Data Analytics for Air Transportation (AIDA-AT)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2020, Singapour, Singapore. pp.1-9, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/AIDA-AT48540.2020.9049212⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03182721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coupling Mathematical Optimization and Machine Learning for the Aircraft Landing Problem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sana Ikli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Mancel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Mongeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Olive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Rachelson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICRAT 2020, 9th International Conference for Research in Air Transportation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2020, Tampa, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02873423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approche de programmation mixte en nombres entiers pour le séquencement d'avions en atterrissage - cas statique</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marcel Mongeau</w:t>
+                <w:t xml:space="preserve">A-CDM Lite: Situation Awareness and Decision- making for Small Airports based on ADS-B Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Schultz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Rosenow</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Olive</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Rachelson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ROADEF 2019, 20ème congrès annuel de la société Française de Recherche Opérationnelle et d’Aide à la Décision</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2019, Le Havre, France</w:t>
+              <w:t xml:space="preserve">9th SESAR Innovation Days: Inspiring Long-Term Research in the Field of Air Traffic Management, SIDs 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Athènes, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02050005v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02623883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Python Toolbox for Processing Air Traffic Data: A Use Case with Trajectory Clustering</w:t>
+                <w:t xml:space="preserve">Identifying Anomalies in past en-route Trajectories with Clustering and Anomaly Detection Methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Olive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Basora</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th OpenSky Workshop 2019</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ATM Seminar 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Vienne, Austria</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02650267v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02345597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identifying Anomalies in past en-route Trajectories with Clustering and Anomaly Detection Methods</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Approche de programmation mixte en nombres entiers pour le séquencement d'avions en atterrissage - cas statique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sana Ikli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Mancel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Mongeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Olive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luis Basora</w:t>
+                <w:t xml:space="preserve">Emmanuel Rachelson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ATM Seminar 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Vienne, Austria</w:t>
+              <w:t xml:space="preserve">ROADEF 2019, 20ème congrès annuel de la société Française de Recherche Opérationnelle et d’Aide à la Décision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2019, Le Havre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02345597v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02050005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A-CDM Lite: Situation Awareness and Decision- making for Small Airports based on ADS-B Data</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Python Toolbox for Processing Air Traffic Data: A Use Case with Trajectory Clustering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Olive</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Basora</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th SESAR Innovation Days: Inspiring Long-Term Research in the Field of Air Traffic Management, SIDs 2019</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">7th OpenSky Workshop 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Zurich, Switzerland. pp.73-60, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.29007/sf1f⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02623883v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02650267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detecting Controllers' Actions in Past Mode S Data by Autoencoder-Based Anomaly Detection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Olive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremy Grignard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dubot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Saint-Lot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SID 2018, 8th SESAR Innovation Days</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2018, Salzburg, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02338690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantitative Assessments of Runway Excursion Precursors using Mode S data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Olive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bieber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICRAT - International Conference for Research in Air Transportation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Castelldefels, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02078299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId103"/>
+      <w:footerReference w:type="default" r:id="rId106"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3993,51 +4110,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A2A2FC87"/>
+    <w:nsid w:val="4CAC019F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4224,51 +4341,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/xavier-olive" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2335-5774" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/136939376" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-05364285v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Gaume" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Olive" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gianazza" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Alligier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Durand" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trip.2025.101669" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633480v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233; Krauth" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Morio" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Figuet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2024.108137" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04930691v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59490/joas.2023.7222" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011881v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Lafage" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Waltert" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mlwa.2022.100446" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701344v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Felux" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/engproc2022028012" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-03948501v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10846-022-01782-2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03633063v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Schultz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Rosenow" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jairtraman.2021.102164" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-03204701v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Ikli" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mancel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Mongeau" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Rachelson" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cor.2021.105336" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809068v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Monstein" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/engproc2021013007" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03196104v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Basora" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paloma Bry" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floris Freeman" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/aerospace8040103" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02972531v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trc.2020.102737" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294354v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.01518" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470453v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dubot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/aerospace6110117" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350789v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ast.2018.11.031" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717046v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04716416v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Degaugue" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630303v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Strohmeier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junzi Sun" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Tresoldi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DASC58513.2023.10311202" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131557v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Le Blaye" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonid Sedov" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920527v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/engproc2022028007" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-03907359v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Delahaye" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920417v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/engproc2022028001" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03561964v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Schafer" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Martinovic" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DASC52595.2021.9594361" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808408v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayara Cond&#233; Rocha Mur&#231;a" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709242v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-33-4669-7_10" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02916241v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Viry" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182721v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hartmut Fricke" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sameer Alam" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AIDA-AT48540.2020.9049212" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02873423v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02050005v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02650267v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29007/sf1f" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345597v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02623883v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338690v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Grignard" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Saint-Lot" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02078299v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bieber" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/xavier-olive" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2335-5774" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/136939376" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-05364285v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Gaume" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Olive" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gianazza" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Alligier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Durand" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trip.2025.101669" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-05543928v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Krummer" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Figuet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59490/joas.2024.7882" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04930691v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59490/joas.2023.7222" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633480v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233; Krauth" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Morio" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2024.108137" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011881v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Lafage" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Waltert" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mlwa.2022.100446" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701344v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Felux" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/engproc2022028012" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03633063v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Schultz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Rosenow" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jairtraman.2021.102164" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-03948501v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10846-022-01782-2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809068v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Monstein" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/engproc2021013007" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-03204701v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Ikli" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mancel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Mongeau" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Rachelson" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cor.2021.105336" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03196104v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Basora" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paloma Bry" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floris Freeman" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/aerospace8040103" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02972531v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trc.2020.102737" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470453v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dubot" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/aerospace6110117" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294354v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.01518" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350789v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ast.2018.11.031" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04716416v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Degaugue" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717046v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630303v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Strohmeier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junzi Sun" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Tresoldi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DASC58513.2023.10311202" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131557v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Le Blaye" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonid Sedov" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920417v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/engproc2022028001" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920527v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/engproc2022028007" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-03907359v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Delahaye" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808408v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayara Cond&#233; Rocha Mur&#231;a" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03561964v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Schafer" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Martinovic" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DASC52595.2021.9594361" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709242v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-33-4669-7_10" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02916241v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Viry" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182721v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hartmut Fricke" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sameer Alam" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AIDA-AT48540.2020.9049212" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02873423v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02623883v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345597v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02050005v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02650267v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29007/sf1f" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338690v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Grignard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Saint-Lot" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02078299v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bieber" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>