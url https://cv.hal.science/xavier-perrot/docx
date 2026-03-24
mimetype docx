--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -563,1235 +563,1235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02493538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le droit animalier, de l'anecdotique au fondamental</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Braconnage transfrontalier. Délits de chasse et incidents de frontières en Alsace-Lorraine à la fin du XIXe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Perrot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue semestrielle de droit animalier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Le braconnage, 2, pp.275-319</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02495958v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'inaliénabilité des collections publiques et la restitution des oeuvres d'art</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Perrot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue du droit public et de la science politique en France et à l'étranger</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 3, pp.599-624</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01561511v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le droit animalier, de l'anecdotique et fondamental&amp;quot;, Rec. Dalloz, Chr., 18 mai 2017, n° 18, 7731, p. 996-1003.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Perrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Marguénaud</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xavier Perrot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recueil Dalloz</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 18, pp.996</w:t>
+              <w:t xml:space="preserve">, 2017, recueil dalloz, 7731 (18), pp.996-1003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...16 lines deleted...]
-                <w:t xml:space="preserve">Xavier Perrot</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01528060v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le droit animalier, de l'anecdotique au fondamental</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Marguénaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Marguénaud</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Perrot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recueil Dalloz</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, recueil dalloz, 7731 (18), pp.996-1003</w:t>
+              <w:t xml:space="preserve">, 2017, 18, pp.996</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...89 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Braconnage transfrontalier. Délits de chasse et incidents de frontières en Alsace-Lorraine à la fin du XIXe siècle</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01844194v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La fabrique du divertissement animalier. Cirque et combats, entre dénaturation pour le rire et effusion de sang pour le plaisir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Perrot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue semestrielle de droit animalier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, Le braconnage, 2, pp.275-319</w:t>
+              <w:t xml:space="preserve">, 2016, 2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">La fabrique du divertissement animalier. Cirque et combats, entre dénaturation pour le rire et effusion de sang pour le plaisir</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01627455v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Passions cynégétiques. Anthropologie historique du droit de la chasse au grand gibier en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Perrot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue semestrielle de droit animalier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 2</w:t>
+              <w:t xml:space="preserve">, 2015, 1, pp.329-361</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...9 lines deleted...]
-            <w:pPr/>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01538633v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La construction de l'animal techno-économique. Genèse et faillite programmée du système d'élevage industriel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ninon Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Perrot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue semestrielle de droit animalier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 1, pp.329-361</w:t>
+              <w:t xml:space="preserve">, 2014, "L'élevage industriel", 2, pp.287-310</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01618679v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La malebeste, le juge et le Démon. Le procès du lycanthrope Jean Grenier en 1603</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Perrot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue semestrielle de droit animalier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 1, pp.367-380</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01627497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Préparation de la loi de 1913 : les bureaux à l'uvre (1907-1911)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Perrot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Juris art etc. : le mensuel du droit et de la gestion des professionnels des arts et de la culture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 8, pp.21</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02200996v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'alliance de l'homme et de la bête. Permanence d'une angoisse de la tératogénèse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Perrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...12 lines deleted...]
-                <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ninon Maillard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xavier Perrot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue semestrielle de droit animalier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, "L'élevage industriel", 2, pp.287-310</w:t>
+              <w:t xml:space="preserve">, 2013, "Les animaux face aux biothechnologies", 2, pp.273-296</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Préparation de la loi de 1913 : les bureaux à l'uvre (1907-1911)</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01618711v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'administration législateur. Le cas des Beaux-arts (1907-1944)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Perrot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Juris art etc. : le mensuel du droit et de la gestion des professionnels des arts et de la culture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 8, pp.21</w:t>
+              <w:t xml:space="preserve">Revue d'histoire des facultés de droit et de la culture juridique, du monde des juristes et du livre juridique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 31, p.269-386</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Ninon Maillard</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00815609v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bêtes fauves, animaux malfaisants et nuisibles dans la loi du 3 mai 1844 sur la police de la chasse. Entre taxinomie administrative et casuistique judiciaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Perrot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue semestrielle de droit animalier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, "Les animaux face aux biothechnologies", 2, pp.273-296</w:t>
+              <w:t xml:space="preserve">, 2012, 1, p.365-390</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">L'administration législateur. Le cas des Beaux-arts (1907-1944)</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00815611v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Plan et chronologie des thermes de Longeas (Charente) : nouveau bilan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Hourcade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Doulan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Perrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécilia Bobée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Soulas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aquitania</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 28, pp.131-148</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01537505v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'athlète des gallodromes. Le coq de combat, animal domestique et de compétition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Perrot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue semestrielle de droit animalier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 2, p.319-334</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00815613v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'abstinence de viande en France au XVIIIe siècle. Une xérophagie redoutée, un végétarisme rejeté</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Perrot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue semestrielle de droit animalier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 1, p.293-305</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00815600v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’Administration législateur. Le cas de l’administration des Beaux-Arts et de la production normative patrimoniale et culturelle (1907-1944)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Perrot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d'histoire des facultés de droit et de la culture juridique, du monde des juristes et du livre juridique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 31, p.269-386</w:t>
+              <w:t xml:space="preserve">, 2011, pp.269-386</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...327 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01786156v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-00815600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La production normative de l'administration des Beaux-arts durant l'entre-deux-guerres. Vers une administrativisation des règles de droit</w:t>
               </w:r>
@@ -2544,51 +2544,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ad bestias… Regards sur le droit animalier. 10ème Anniversaire de la RSDA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ninon Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Perrot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2836,296 +2836,369 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00815437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (12)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (13)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Contribution à la reconnaissance d'une domanialité publique mobilière. Glose sur Cass., ch. civ. 10 août 1841, à propos du tableau Saint-Jean dans le désert désignant la croix de la passion du musée du Louvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Perrot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Dalloz. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Cour de cassation et les arts, J. Barthélemy, Ph. Galanopoulos et X. Prétot (dir.), Paris, Dalloz, coll. "Thèmes et Commentaires", 2026, 118 p.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, , pp.51-64, 2026, coll. "Thèmes &amp; Commentaires", 978-2-247-23834-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05554593v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le contentieux récent de la restitution des biens culturels spoliés durant l'Occupation. L'application de l'ordonnance du 21 avril 1945</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Perrot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Dalloz. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Reconsidérer les MNR. Perspectives historiques et juridiques sur la spoliation entre 1933 et 1945 puis la restitution d'oeuvres d'art, J-M. Dreyfus et T. de Ravel d'Esclapon (dir.), Paris, Dalloz, coll. "Thèmes &amp; Commentaires", 2025, 324 p.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, , pp. 217-238, 2025, 978-2247231300</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04914355v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Prises, butin, trophées, pillage, spoliation... Tentative de clarification, par l’histoire, d’un vocabulaire juridique équivoque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Perrot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Musée de l'Armée. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le droit des prises de guerre. Définitions, enjeux, exemples patrimoniaux, Actes de la journée d'étude au Musée de l'Armée du 26 janvier 2024, C. Pommier et L. Paraponaris (dir.), Paris, Musée de l'Armée, 2025, 144 p.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , pp. 11-26, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05461211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...72 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La préparation de la loi du 27 septembre 1941 sur la réglementation des fouilles archéologiques. Jérôme Carcopino, Louis Hautecoeur et les autres…</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Perrot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">La Documentation française. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1941 - Genèse et développements d'une loi sur l'archéologie, V. Négri, N. Schlanger (dir.), Paris, La Documentation Française, 2024, 928 p.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , pp. 299-309, 2024, 978-2-11-157660-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04747791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Passions cynégétiques. Anthropologie historique du droit de la chasse au grand gibier en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Perrot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3145,736 +3218,736 @@
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pulim Presses Universitaires de Limoges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp. 113-134, 2022, 978-8832246063</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04034334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapports homme/animal. Retour sur une césure juridico-morale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Perrot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Lucille Boisseau-Sowinski; Delphine Tharaud. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les liens entre droit et éthique. L’exemple de la question animale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Harmattan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Le droit aujourd'hui, 978-2-343-16449-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'Harmattan</w:t>
-[...21 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-02496697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La fabrique de l’avant-projet de « loi archives » (1972-1976). Les deux directeurs et le conservateur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Perrot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Institut des sciences sociales du politique; Comité d'Histoire du Ministère de la Culture; La documentation française. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1979. Genèse d’une loi sur les archives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Documentation Française</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.227-235, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Documentation Française</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">, pp.227-235, 2019</w:t>
+                <w:t xml:space="preserve">hal-02496194v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« La protection des vestiges et souvenirs de la Première Guerre mondiale »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Perrot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">IiRCO. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conflits, dévastations et ruines : réparer, reconstruire, conserver</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lavauzelle, pp.9-14, 2018, 978-2-7025-1671-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02496725v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Le refus de l’oubli : patrimoines en résistance »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Perrot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vincent Négri; Isabelle Schulte-Tenckhoff. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Normer l'oubli</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IRJS Editions</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.129-157, 2018, Les voies du droit, 978-2-919211-88-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02504098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...72 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le règlement d’administration publique prévu par la loi du 31 décembre 1913</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Perrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Negri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1913, Genèse d’une loi sur les monuments historiques, dir. Jean-Pierre Bady, Marie Cornu, Jérôme Fromageau, Jean Michel Leniaud, Vincent Négri, Paris, La documentation française, 2013, p. 275-281.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01742477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plan et chronologie des thermes : nouveau bilan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Hourcade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Doulan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Perrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécilia Bobée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Soulas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cécile Doulan; Laura Laüt; Arnaud Coutelas; David Hourcade; Gabriel Rocque; Sandra Sicard. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cassinomagus, l'agglomération et son ensemble monumental. Bilan de huit années de recherches 2003-2010 à Chassenon (Charente)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 28, Aquitania, pp.131-148, 2012, Aquitania, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/aquit.2012.974⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3406/aquit.2012.974⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-01537326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La grande pitié des antiquités grecques. Deux cas de dispersion du patrimoine hellénique au XIXe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Perrot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vertiges du droit, Mélanges franco-helléniques à la mémoire de Jacques Phytilis, Andréas HELMIS, Nathalie KALNOKY et Soazick KERNEIS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, p.339-374, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00815608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalons pour une histoire de la protection du patrimoine culturel en cas de guerre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Perrot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les droits de l'homme face à la guerre. D'Oradour à Srebrenitsa, Hélène PAULIAT et Jean-Pierre MARGUENAUD</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dalloz, p.141-173, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00815445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3884,114 +3957,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La restitution internationale des biens culturels aux XIX e et XX e siècles. Espace d'origine, intégrité et droit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Perrot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Droit. Université de limoges, 2005. Français. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01536066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId76"/>
+      <w:footerReference w:type="default" r:id="rId77"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4059,51 +4132,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="11B57037"/>
+    <w:nsid w:val="8DBC11D8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4290,51 +4363,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/xavier-perrot" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7363-2856" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/095206086" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04404348v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Perrot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344109v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04154921v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03958031v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4467/2450050XSNR.22.023.17036" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02493538v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01844194v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Margu&#233;naud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01528060v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561511v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02495958v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01627455v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538633v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01627497v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-01618679v2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninon Maillard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02200996v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-01618711v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00815609v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537505v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Hourcade" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Doulan" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Bob&#233;e" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Soulas" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00815611v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00815613v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01786156v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00815600v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00815604v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00815602v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00815595v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01627513v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00815598v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00815448v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00815449v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00815443v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00815440v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05397683v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Raphael Pellas" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04034312v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pulim.unilim.fr/index.php?option=com_booklibrary&amp;amp;task=view&amp;amp;id=986&amp;amp;Itemid=9&amp;amp;catid=0" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496276v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pulim.unilim.fr/index.php/notre-catalogue/fiche-detaillee?task=view&amp;amp;id=930" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01742483v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques P&#233;ricard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00815437v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05461211v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914355v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747791v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04034334v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496697v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=61819" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496194v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vie-publique.fr/catalogue/272119-1979-genese-dune-loi-sur-les-archives" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02504098v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/normer-l-oubli-9782919211883.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02496725v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01742477v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Negri" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537326v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/aquit.2012.974" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00815608v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00815445v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01536066v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/xavier-perrot" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7363-2856" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/095206086" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04404348v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Perrot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344109v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04154921v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03958031v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4467/2450050XSNR.22.023.17036" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02493538v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02495958v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561511v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01528060v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Margu&#233;naud" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01844194v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01627455v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538633v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-01618679v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninon Maillard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01627497v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02200996v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-01618711v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00815609v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00815611v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537505v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Hourcade" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Doulan" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Bob&#233;e" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Soulas" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00815613v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00815600v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01786156v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00815604v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00815602v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00815595v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01627513v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00815598v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00815448v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00815449v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00815443v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00815440v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05397683v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Raphael Pellas" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04034312v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pulim.unilim.fr/index.php?option=com_booklibrary&amp;amp;task=view&amp;amp;id=986&amp;amp;Itemid=9&amp;amp;catid=0" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496276v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pulim.unilim.fr/index.php/notre-catalogue/fiche-detaillee?task=view&amp;amp;id=930" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01742483v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques P&#233;ricard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00815437v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05554593v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914355v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05461211v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747791v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04034334v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496697v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=61819" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496194v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vie-publique.fr/catalogue/272119-1979-genese-dune-loi-sur-les-archives" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02496725v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02504098v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/normer-l-oubli-9782919211883.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01742477v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Negri" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537326v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/aquit.2012.974" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00815608v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00815445v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01536066v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>