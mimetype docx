--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -304,51 +304,51 @@
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Management Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, in press, </w:t>
+              <w:t xml:space="preserve">, 2026, 44 (1), pp.25-37. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.emj.2024.11.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
@@ -459,607 +459,607 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04920767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Désengagement au travail », et si on arrêtait avec les grands mots ?</w:t>
+                <w:t xml:space="preserve">Les séries : un outil pour comprendre les enjeux de notre temps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Bazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Minchella</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Harvard business review France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, https://www.hbrfrance.fr/management/desengagement-au-travail-et-si-on-arretait-avec-les-grands-mots-60055</w:t>
+              <w:t xml:space="preserve">Grandes Ecoles &amp; Universités Magazine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, https://www.mondedesgrandesecoles.fr/les-series-un-outil-pour-comprendre-les-enjeux-de-notre-temps/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05099607v1</w:t>
+                <w:t xml:space="preserve">hal-05101878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les séries : un outil pour comprendre les enjeux de notre temps</w:t>
+                <w:t xml:space="preserve">« Désengagement au travail », et si on arrêtait avec les grands mots ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Philippe</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Delphine Minchella</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Grandes Ecoles &amp; Universités Magazine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, https://www.mondedesgrandesecoles.fr/les-series-un-outil-pour-comprendre-les-enjeux-de-notre-temps/</w:t>
+              <w:t xml:space="preserve">Harvard business review France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, https://www.hbrfrance.fr/management/desengagement-au-travail-et-si-on-arretait-avec-les-grands-mots-60055</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05101878v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05099607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soumission dans les organisations liquides Les paradoxes du salarié houellebecquien</w:t>
+                <w:t xml:space="preserve">Les chemins de la légitimité en contrôle de gestion : processus d’acceptation ou de rejet d’un outil de gestion au sein d’une PME</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X. Philippe</w:t>
+                <w:t xml:space="preserve">Zouhour Ben Hamadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Meyer</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J.-D. Culié</w:t>
+                <w:t xml:space="preserve">Christine Fournès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Philippe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Française de Gestion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3166/rfg303.85-104⟩</w:t>
+              <w:t xml:space="preserve">Revue Internationale PME</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 35 (1), pp.33-51. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7202/1088329ar⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04445116v1</w:t>
+                <w:t xml:space="preserve">hal-05106076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Listening to the Call of Boredom at Work: A Heideggerian Journey into Michel Houellebecq's Novels</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">X. Philippe</w:t>
+                <w:t xml:space="preserve">Soumission dans les organisations liquides. Les paradoxes du salarié houellebecquien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Denis Culié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/13505084221098239⟩</w:t>
+              <w:t xml:space="preserve">Revue Française de Gestion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 303, pp.85-103. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3166/rfg.303.85-104⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04452843v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05473848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soumission dans les organisations liquides. Les paradoxes du salarié houellebecquien</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean-Denis Culié</w:t>
+                <w:t xml:space="preserve">Soumission dans les organisations liquides Les paradoxes du salarié houellebecquien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-D. Culié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Française de Gestion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 303, pp.85-103. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3166/rfg.303.85-104⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 48 (303), pp.87-103. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3166/rfg303.85-104⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05473848v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04445116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les chemins de la légitimité en contrôle de gestion : processus d’acceptation ou de rejet d’un outil de gestion au sein d’une PME</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Xavier Philippe</w:t>
+                <w:t xml:space="preserve">Listening to the Call of Boredom at Work: A Heideggerian Journey into Michel Houellebecq's Novels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-D. Culié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Philippe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Internationale PME</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 35 (1), pp.33-51. </w:t>
+              <w:t xml:space="preserve">Organization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 29 (5), pp.839-873. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7202/1088329ar⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/13505084221098239⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05106076v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04452843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’influence de la transformation digitale sur l’évolution des carrières : opportunités perçues et inertie structurelle au sein de collectivités territoriales</w:t>
               </w:r>
@@ -1448,195 +1448,195 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le digital libère-t-il du travail ?</w:t>
+                <w:t xml:space="preserve">Le digital remet-il en cause la place du travail dans les organisations ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Philippe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Aubry Mathilde, Sow Mamadou Sanoussy (Eds). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La transformation digitale en entreprise, 100 questions/réponses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Ellipses, pp.51-52, 2021, 9782340048324</w:t>
+              <w:t xml:space="preserve">, Ellipses, pp.49-50, 2021, 9782340048324</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05326389v1</w:t>
+                <w:t xml:space="preserve">hal-05326380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le digital remet-il en cause la place du travail dans les organisations ?</w:t>
+                <w:t xml:space="preserve">Le digital libère-t-il du travail ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Philippe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Aubry Mathilde, Sow Mamadou Sanoussy (Eds). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La transformation digitale en entreprise, 100 questions/réponses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Ellipses, pp.49-50, 2021, 9782340048324</w:t>
+              <w:t xml:space="preserve">, Ellipses, pp.51-52, 2021, 9782340048324</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05326380v1</w:t>
+                <w:t xml:space="preserve">hal-05326389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (5)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -1885,410 +1885,531 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05015681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boredom in dehumanized organizations: a Heideggerian journey into Michel Houellebecq’s novels</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bringing back craft to Management. Lessons from Michel Houellebecq</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Denis Culié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Xavier Philippe</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Bazin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">virtual 36th EGOS Colloquium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2020, Hambourg, Germany</w:t>
+              <w:t xml:space="preserve">SPSG -Philosophy of Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Oxford, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05505688v1</w:t>
+                <w:t xml:space="preserve">hal-05558091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La création d'un lien individu-organisation&amp;quot;lâche&amp;quot;: l'exemple de la médiation carrière - université d'entreprise</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Boredom in dehumanized organizations: a Heideggerian journey into Michel Houellebecq’s novels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Denis Culié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Philippe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22ème congrès de l'Association de Gestion des Ressources Humaines (AGRH)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2011, Marrakech, Maroc. 26 p</w:t>
+              <w:t xml:space="preserve">virtual 36th EGOS Colloquium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2020, Hambourg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00747201v1</w:t>
+                <w:t xml:space="preserve">hal-05505688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La création d'un lien individu-organisation&amp;quot;lâche&amp;quot;: l'exemple de la médiation carrière - université d'entreprise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">22ème congrès de l'Association de Gestion des Ressources Humaines (AGRH)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2011, Marrakech, Maroc. 26 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00747201v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L'université d'entreprise, tentative organisationnelle de captation de la carrière par la formation et le développement des compétences? Le cas des entreprises du CAC 40</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Philippe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3ème Colloque international " Nouveau Travail, Nouveaux Emplois, Nouvelles Carrières "</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2010, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00747221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Autre publication scientifique (3)</w:t>
+        <w:t xml:space="preserve">Autre publication scientifique (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cas pédagogique (G2138) : TESLA : un géant de l'innovation invincible ?</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Cas pédagogique (OC_1124_1) : Suits : Travailler son regard organisationnel à travers des séries télévisées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Minchella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Bazin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, 8 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Steyer</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">hal-05065227v1</w:t>
+                <w:t xml:space="preserve">hal-05545932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cas pédagogique (C0498) : ROUTE 66 : quelles trajectoires pour la PME ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zouhour Ben Hamadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Fournès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Philippe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2365,161 +2486,236 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05108136v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cas pédagogique (G2138) : TESLA : un géant de l'innovation invincible ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Steyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, 13 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05065227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’institution seconde Université d’Entreprise : Une analyse de l’imaginaire organisationnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Philippe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sociologie. Conservatoire national des arts et metiers - CNAM, 2012. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2012CNAM0821⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00780667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId65"/>
+      <w:footerReference w:type="default" r:id="rId67"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2587,51 +2783,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C4D275A0"/>
+    <w:nsid w:val="33F4D810"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2818,51 +3014,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/xavier-philippe" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6668-0374" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/165124784" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972054v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Meyer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Denis Culi&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Philippe" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Sorreda" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Garcia" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.emj.2024.11.008" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920767v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Simon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Cina" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37725/mgmt.2024.8277" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099607v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05101878v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Bazin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Minchella" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04445116v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Philippe" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Meyer" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-D. Culi&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg303.85-104" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04452843v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/13505084221098239" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05473848v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.303.85-104" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05106076v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zouhour Ben Hamadi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Fourn&#232;s" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1088329ar" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04999381v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linh Chi Vo" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/pmp.38.2021.0016" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04457144v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Sorreda" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/SBR-09-2018-0102" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02075973v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sopr.032.0045" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02075966v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pralong" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Peretti-Ndiaye" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/resg.116.0103" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05326389v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05326380v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963750v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5465/AMPROC.2024.232bp" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015681v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505688v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747201v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747221v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05065227v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Steyer" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05063563v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05108136v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00780667v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012CNAM0821" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/xavier-philippe" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6668-0374" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/165124784" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972054v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Meyer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Denis Culi&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Philippe" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Sorreda" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Garcia" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.emj.2024.11.008" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920767v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Simon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Cina" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37725/mgmt.2024.8277" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05101878v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Bazin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Minchella" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099607v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05106076v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zouhour Ben Hamadi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Fourn&#232;s" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1088329ar" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05473848v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.303.85-104" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04445116v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Philippe" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Meyer" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-D. Culi&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg303.85-104" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04452843v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/13505084221098239" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04999381v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linh Chi Vo" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/pmp.38.2021.0016" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04457144v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Sorreda" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/SBR-09-2018-0102" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02075973v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sopr.032.0045" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02075966v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pralong" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Peretti-Ndiaye" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/resg.116.0103" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05326380v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05326389v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963750v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5465/AMPROC.2024.232bp" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015681v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05558091v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505688v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747201v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747221v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05545932v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05063563v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05108136v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05065227v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Steyer" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00780667v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012CNAM0821" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>