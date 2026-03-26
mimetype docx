--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:133.33333333333px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Xavier SAVATIER </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Head of a research team in perception and robotics at ESIGELEC</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Extensive experience in partnership and contract research in connection with the automotive, transport and defence sectors</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Supervision and co-direction of ~20 theses (including 10 defended)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Coordinator of the French Viking team for the Argos international robotics challenge with TOTAL (</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.total.com/en/dossiers/argos-challenge-building-tomorrows-oil-and-gas-robot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Co-pilot of the Domain 2 committee - delegated driving vehicle - of the VEDECOM institute</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Strong expertise in autonomous robotics, self-driving cars, perception (vision, lidar) and inertial sensors</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Particle filter meets hybrid octrees: an octree-based ground vehicle localization approach without learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Vauchey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohan Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Merriaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 53 (23), pp.27982-27997. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10489-023-04622-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">sfo-04387607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Vision-Based System for Robot Localization in Large Industrial Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lei Qin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Merriaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Intelligent and Robotic Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 99, pp.359-370. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10846-019-01114-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02388672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Learning for Real-Time 3D Multi-Object Detection, Localisation, and Tracking: Application to Smart Mobility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Mauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redouane Khemmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Decoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Ragot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 20 (2), pp.532. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s20020532⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02446258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camera Pose Estimation Based on PnL With a Known Vertical Direction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Lecrosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Vasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Friedrich Fraundorfer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 4 (4), pp.3852-3859. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LRA.2019.2929982⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02286139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Static and Dynamic Evaluation of an UWB Localization System for Industrial Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Iriart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SCI Nursing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 1 (3), pp.62. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/sci1030062⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02351169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ADAS multi-sensor fusion system-based security and energy optimisation for an electric vehicle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adnane Cabani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redouane Khemmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Yves Ertaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Vehicle Autonomous Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 14 (4), pp.345. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJVAS.2019.102445⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02302091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytic model for optimizing a long-range, pulsed LiDAR scanner for small object detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Quentel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 58 (20), pp.5496. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/AO.58.005496⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02178392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The VIKINGS Autonomous Inspection Robot: Competing in the ARGOS Challenge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merriaux Pierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Vauchey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lei Qin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Robotics and Automation Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 26 (1), pp.21-34. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MRA.2018.2877189⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01985234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visual Odometry and Place Recognition Fusion for Vehicle Position Tracking in Urban Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safa Ouerghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fethi Tlili</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 18 (4), pp.939. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s18040939⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01741007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust robot localization in a complex oil and gas industrial environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Merriaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohan Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Vasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Field Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 35 (2), pp.213-230. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/rob.21735⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01535781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinematic Spline Curves: A temporal invariant descriptor for fast action recognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enjie Ghorbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Boonaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lecoeuche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Image and Vision Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 77, pp.60-71. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.imavis.2018.06.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01860250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An extension of kernel learning methods using a modified Log-Euclidean distance for fast and accurate skeleton-based Human Action Recognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enjie Ghorbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Boonaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lecoeuche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Vision and Image Understanding</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 175, pp.32-43. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cviu.2018.09.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01957644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PHROG: A Multimodal Feature for Place Recognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Ainouz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohan Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 17, pp.1167 - 1167. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s17051167⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01535910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Study of Vicon System Positioning Performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Merriaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohan Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Vasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 17 (7), </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s17071591⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01710399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Face Detection & Recognition based on Fusion of Omnidirectional & PTZ Vision Sensors and Heteregenous Database</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redouane Khemmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Yves Ertaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Computer Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 61</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02343543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust Radial Face Detection for Omnidirectional Vision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohan Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Ertaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Vasseur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Image Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 22 (5), pp.1808 - 1821. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIP.2012.2236344⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01870959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plenoptic cameras in real-time robotics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fengchun Dong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sio-Hoi Ieng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ralph Etienne-Cummings</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryad Benosman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The International Journal of Robotics Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 32 (2), pp.206 - 217. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0278364912469420⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01870988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Omnidirectional Stereoscopic System for Mobile Robot Navigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Ertaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belahcene Mazari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors &amp; Transducers.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01710395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Portable Device for Assessing Locomotor Performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. L'Hermette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Tourny-Chollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dujardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Sports Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 29 (4), pp.322 - 326. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1055/s-2007-965336⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01871000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (41)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative Study of a commercial tracking camera and ORB-SLAM2 for person localization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safa Ouerghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Ragot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Conference on Computer Vision Theory and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Valletta, France. pp.357-364, </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0008980703570364⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02567816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camera pose estimation based on PnL with a known vertical direction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Lecrosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Vasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Friedrich Fraundorfer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Macau, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02401918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vision based vehicle relocalization in 3D line-feature map using Perspective-n-Line with a known vertical direction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Lecrosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Vasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Friedrich Fraundorfer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 IEEE Intelligent Transportation Systems Conference - ITSC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Auckland, New Zealand. pp.1263-1269, </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ITSC.2019.8916886⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02388633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VIKINGS: An Autonomous Inspection Robot for the ARGOS Challenge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Merriaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Vauchey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lei Qin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation (ICRA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02143413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of an UWB localization system in Static/Dynamic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Iriart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Indoor Positioning and Indoor Navigation (IPIN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Pisa, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02351568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synchronisation et calibrage entre un Lidar 3D et une centrale inertielle pour la localisation précise d'un véhicule autonome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Merriaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Coru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Vauchey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées scientifiques d'URSI-France (Géolocalisation et Navigation dans l'Espace et le Temps)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Meudon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01757933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’usage de la réalité augmentée et de la réalité virtuelle pour des opérations en milieu industriel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Havard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Jeanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée RA/RV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CESI Nanterre, Nov 2017, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04109457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CUDA Accelerated Visual Egomotion Estimation for Robotic Navigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safa Ouerghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fethi Tlili</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference on Computer Vision Theory and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2017, Porto, Portugal. pp.107-114, </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0006171501070114⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01712334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Novel Global Image Description Approach for Long Term Vehicle Localization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Ainouz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohan Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUSIPCO 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Kos, Greece. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/EUSIPCO.2017.8081319⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01592116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biometrie authentication platform-based multisensor fusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redouane Khemmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Ertaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2017 Seventh International Conference on Emerging Security Technologies (EST)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Canterbury, France. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EST.2017.8090422⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01871013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Localisation visuelle multimodale à long terme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Ainouz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohan Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Juan-les-Pins, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01592113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CUDA-based SeqSLAM for Real-Time Place Recognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safa Ouerghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fethi Tlili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference in Central Europe on Computer Graphics, Visualization and Computer Vision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Plzen, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01712346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inoovas - Industrial ontology for operation in virtual and augmented scene: The architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Havard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Jeanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2017 4th International Conference on Control, Decision and Information Technologies (CoDIT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Barcelona, France. pp.0300-0305, </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CoDIT.2017.8102608⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A fast and accurate motion descriptor for human action recognition applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enjie Ghorbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Bonnaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lecoeuche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 23rd International Conference on Pattern Recognition (ICPR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Cancun, Mexico. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICPR.2016.7899753⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01712327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Absolute Localization using Visual Data for Autonomous Vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safa Ouerghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Merriaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Ragot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Computer Vision Theory and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2016, Rome, Italy. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0005682105950601⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01710421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correction de nuages de points lidar embarqué sur véhicule pour la reconstruction d'environnement 3D vaste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Merriaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohan Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Vasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reconnaissance de Formes et Intelligence Artificielle (RFIA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01906323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une reconnaissance en ligne d'actions à partir de caméras RGB-D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enjie Ghorbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Boonaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lecoeuche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reconnaissance de Formes et Intelligence Artificielle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Clermont Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01713922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast and robust vehicle positioning on graph-based representation of drivable maps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Merriaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Vasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 IEEE International Conference on Robotics and Automation (ICRA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Seattle, France. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICRA.2015.7139578⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01871012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vehicle Positioning in Road Networks without GPS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dupuis Yohan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Merriaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Vasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 IEEE 18th International Conference on Intelligent Transportation Systems - (ITSC 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Gran Canaria, France. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ITSC.2015.293⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01871005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Localisation robuste en milieu industriel complexe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Merriaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohan Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Vasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque GRETSI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01875375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D real-time human action recognition using a spline interpolation approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enjie Ghorbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Boonaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lecoeuche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 International Conference on Image Processing Theory, Tools and Applications (IPTA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Orleans, France. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IPTA.2015.7367097⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01710419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robotic Demonstration of Collision Avoidance Based on Differential Games</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Le Ménec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Lecointre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Jaulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Dynamic Games and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01713912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vehicle-Hardware-In-The-Loop system for ADAS prototyping and validation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Galko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 International Conference on Embedded Computer Systems: Architectures, Modeling, and Simulation (SAMOS XIV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Agios Konstantinos, Greece. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SAMOS.2014.6893229⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01762183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wheel odometry-based car localization and tracking on vectorial map</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Merriaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Vasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 IEEE 17th International Conference on Intelligent Transportation Systems (ITSC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Qingdao, France. pp.1890-1891, </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ITSC.2014.6957971⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02289902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VEHICLE TRACKING BASED RFID TECHNOLOGY AND ITS APPLICATION ON AUTOMOTIVE SUPPLY CHAIN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redouane Khemmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fadoua Bouzbouz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Ragot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th ITS European Congress, Helsinki, Finland 16–19 June 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Helsinki, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03612723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LA RFID AU SERVICE DU TERMINAL ROULIER DU GPMH</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redouane Khemmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fadoua Bouzbouz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Ragot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ATEC ITS France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2014, paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03612729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algorithme de positionnement d'une passerelle à mouvements compensés à partir de mesures inertielles et lidar pour les opérations de maintenance des parcs éoliens offshore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Merriaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Vasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reconnaissance de Formes et Intelligence Artificielle (RFIA) 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00989108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GPS-based preliminary map estimation for autonomous vehicle mission preparation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohan Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Merriaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peggy Subirats</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Chicago, United States. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2014.6943160⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01710415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IMU/LIDAR based positioning of a gangway for maintenance operations on wind farms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Merriaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Vasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Chicago, United States. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2014.6943156⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01710416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Dynamic Programming Algorithm Applied to Omnidirectional Vision for Dense 3D Reconstruction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Ertaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2013 2nd IAPR Asian Conference on Pattern Recognition (ACPR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Naha, Japan. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACPR.2013.170⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01710409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From autonomous robotics toward autonomous cars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assia Belbachir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Merriaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Blosseville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2013 IEEE Intelligent Vehicles Symposium (IV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Gold Coast City, Australia. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IVS.2013.6629656⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01710403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détection radiale de visages sur images omnidirectionnelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Ertaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Vasseur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Orasis, Congrès des jeunes chercheurs en vision par ordinateur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Cluny, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00829350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Road-line detection and 3D reconstruction using fisheye cameras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Ertaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2013 16th International IEEE Conference on Intelligent Transportation Systems - (ITSC 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, The Hague, Netherlands. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ITSC.2013.6728376⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01710406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demonstration of the Salvo Enhanced No Escape Zone Concept using ground mobile robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Merriaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Le Ménec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fifteenth International Symposium on Dynamic Games and Applications (SDG 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Bysice, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01713897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Segmentation Method of Catadioptric Images for Gait Recognition in Unconstrained Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohan Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Ertaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghaleb Hoblos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2010 International Conference on Emerging Security Technologies (EST)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Canterbury, United Kingdom. pp.24-29, </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EST.2010.34⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02331929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fusion of Omnidirectional and PTZ Cameras for Face Detection and Tracking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Iraqui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohan Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Ertaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2010 International Conference on Emerging Security Technologies (EST)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Canterbury, United Kingdom. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EST.2010.16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01710402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real-time 3D reconstruction for mobile robot using catadioptric cameras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Ertaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bélhacène Mazari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2009 IEEE International Workshop on Robotic and Sensors Environments (ROSE 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Lecco, Italy. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROSE.2009.5355981⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01762188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception d'un capteur catadioptrique pour une observation optimale du conducteur et de la scène de conduite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Layerle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Ertaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El Mustapha Mouaddib</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ORASIS'09 - Congrès des jeunes chercheurs en vision par ordinateur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Trégastel, France, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00404611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An omnidirectional stereoscopic system for mobile robot navigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Ertaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bélahcène Mazari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2008 International Workshop on Robotic and Sensors Environments (ROSE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Ottawa, Canada. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROSE.2008.4669195⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01710400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catadioptric Sensor for a Simultaneous Tracking of the Driver's Face and the Road Scene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Layerle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Ertaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El Mustapha Mouaddib</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 8th Workshop on Omnidirectional Vision, Camera Networks and Non-classical Cameras - OMNIVIS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Rahul Swaminathan and Vincenzo Caglioti and Antonis Argyros, Oct 2008, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00325332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D volumetric reconstruction with a catadioptric stereovision sensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Ragot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Ertaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bélahcène Mazari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2008 IEEE International Symposium on Industrial Electronics (ISIE 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Cambridge, United Kingdom. </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISIE.2008.4677128⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01762165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CUDA-Accelerated Feature-Based Egomotion Estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safa Ouerghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fethi Tlili</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Vision, Imaging and Computer Graphics – Theory and Applications, 12th International Joint Conference, VISIGRAPP 2017, Porto, Portugal, February 27 – March 1, 2017, Revised Selected Papers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02001134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vehicle Hardware-In-the-Loop System for ADAS Virtual Testing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Galko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hariharan Narasimman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">uillermo Payá-Vayá; Holger Blume. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Towards a Common Software/Hardware Methodology for Future Advanced Driver Assistance Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">River Publishers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.251-267, 2017, 9788793519138. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13052/rp-9788793519138⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02092923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augmented Industrial Maintenance (AIM): A Case Study for Evaluating and Comparing with Paper and Video Media Supports</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Havard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Jeanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Augmented Reality, Virtual Reality, and Computer Graphics. AVR 2016. Lecture Notes in Computer Science, vol 9768</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.302-320, 2016, </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-40621-3_22⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02092958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 3D Omnidirectional Sensor For Mobile Robot Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Ertaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bélahcène Mazari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mobile Robots Navigation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01713170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Applications de la vision omnidirectionnelle à la perception de scènes pour des systèmes mobiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Automatique / Robotique. Université de Rouen, France; ESIGELEC - IRSEEM, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01357470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId181"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:133.33333333333px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Xavier SAVATIER </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Head of a research team in perception and robotics at ESIGELEC</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Extensive experience in partnership and contract research in connection with the automotive, transport and defence sectors</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Supervision and co-direction of ~20 theses (including 10 defended)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Coordinator of the French Viking team for the Argos international robotics challenge with TOTAL (</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.total.com/en/dossiers/argos-challenge-building-tomorrows-oil-and-gas-robot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Co-pilot of the Domain 2 committee - delegated driving vehicle - of the VEDECOM institute</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Strong expertise in autonomous robotics, self-driving cars, perception (vision, lidar) and inertial sensors</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Particle filter meets hybrid octrees: an octree-based ground vehicle localization approach without learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Vauchey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohan Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Merriaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 53 (23), pp.27982-27997. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10489-023-04622-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">sfo-04387607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Vision-Based System for Robot Localization in Large Industrial Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lei Qin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Merriaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Intelligent and Robotic Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 99, pp.359-370. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10846-019-01114-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02388672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Learning for Real-Time 3D Multi-Object Detection, Localisation, and Tracking: Application to Smart Mobility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Mauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redouane Khemmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Decoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Ragot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 20 (2), pp.532. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s20020532⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02446258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camera Pose Estimation Based on PnL With a Known Vertical Direction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Lecrosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Vasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Friedrich Fraundorfer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 4 (4), pp.3852-3859. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LRA.2019.2929982⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02286139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Static and Dynamic Evaluation of an UWB Localization System for Industrial Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Iriart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SCI Nursing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 1 (3), pp.62. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/sci1030062⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02351169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ADAS multi-sensor fusion system-based security and energy optimisation for an electric vehicle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adnane Cabani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redouane Khemmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Yves Ertaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Vehicle Autonomous Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 14 (4), pp.345. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJVAS.2019.102445⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02302091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytic model for optimizing a long-range, pulsed LiDAR scanner for small object detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Quentel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 58 (20), pp.5496. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/AO.58.005496⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02178392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The VIKINGS Autonomous Inspection Robot: Competing in the ARGOS Challenge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merriaux Pierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Vauchey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lei Qin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Robotics and Automation Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 26 (1), pp.21-34. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MRA.2018.2877189⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01985234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visual Odometry and Place Recognition Fusion for Vehicle Position Tracking in Urban Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safa Ouerghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fethi Tlili</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 18 (4), pp.939. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s18040939⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01741007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust robot localization in a complex oil and gas industrial environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Merriaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohan Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Vasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Field Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 35 (2), pp.213-230. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/rob.21735⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01535781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinematic Spline Curves: A temporal invariant descriptor for fast action recognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enjie Ghorbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Boonaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lecoeuche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Image and Vision Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 77, pp.60-71. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.imavis.2018.06.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01860250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An extension of kernel learning methods using a modified Log-Euclidean distance for fast and accurate skeleton-based Human Action Recognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enjie Ghorbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Boonaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lecoeuche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Vision and Image Understanding</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 175, pp.32-43. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cviu.2018.09.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01957644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PHROG: A Multimodal Feature for Place Recognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Ainouz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohan Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 17, pp.1167 - 1167. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s17051167⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01535910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Study of Vicon System Positioning Performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Merriaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohan Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Vasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 17 (7), </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s17071591⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01710399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Face Detection & Recognition based on Fusion of Omnidirectional & PTZ Vision Sensors and Heteregenous Database</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redouane Khemmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Yves Ertaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Computer Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 61</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02343543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust Radial Face Detection for Omnidirectional Vision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohan Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Ertaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Vasseur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Image Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 22 (5), pp.1808 - 1821. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIP.2012.2236344⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01870959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plenoptic cameras in real-time robotics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fengchun Dong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sio-Hoi Ieng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ralph Etienne-Cummings</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryad Benosman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The International Journal of Robotics Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 32 (2), pp.206 - 217. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0278364912469420⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01870988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Omnidirectional Stereoscopic System for Mobile Robot Navigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Ertaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belahcene Mazari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors &amp; Transducers.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01710395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Portable Device for Assessing Locomotor Performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. L'Hermette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Tourny-Chollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dujardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Sports Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 29 (4), pp.322 - 326. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1055/s-2007-965336⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01871000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (41)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative Study of a commercial tracking camera and ORB-SLAM2 for person localization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safa Ouerghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Ragot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Conference on Computer Vision Theory and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Valletta, France. pp.357-364, </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0008980703570364⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02567816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camera pose estimation based on PnL with a known vertical direction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Lecrosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Vasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Friedrich Fraundorfer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Macau, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02401918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vision based vehicle relocalization in 3D line-feature map using Perspective-n-Line with a known vertical direction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Lecrosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Vasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Friedrich Fraundorfer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 IEEE Intelligent Transportation Systems Conference - ITSC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Auckland, New Zealand. pp.1263-1269, </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ITSC.2019.8916886⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02388633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VIKINGS: An Autonomous Inspection Robot for the ARGOS Challenge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Merriaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Vauchey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lei Qin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation (ICRA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02143413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of an UWB localization system in Static/Dynamic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Delamare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Iriart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Indoor Positioning and Indoor Navigation (IPIN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Pisa, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02351568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synchronisation et calibrage entre un Lidar 3D et une centrale inertielle pour la localisation précise d'un véhicule autonome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Merriaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Coru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Vauchey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées scientifiques d'URSI-France (Géolocalisation et Navigation dans l'Espace et le Temps)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Meudon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01757933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Localisation visuelle multimodale à long terme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Ainouz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohan Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Juan-les-Pins, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01592113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’usage de la réalité augmentée et de la réalité virtuelle pour des opérations en milieu industriel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Havard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Jeanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée RA/RV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CESI Nanterre, Nov 2017, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04109457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biometrie authentication platform-based multisensor fusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redouane Khemmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Ertaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2017 Seventh International Conference on Emerging Security Technologies (EST)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Canterbury, France. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EST.2017.8090422⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01871013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CUDA Accelerated Visual Egomotion Estimation for Robotic Navigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safa Ouerghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fethi Tlili</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference on Computer Vision Theory and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2017, Porto, Portugal. pp.107-114, </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0006171501070114⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01712334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Novel Global Image Description Approach for Long Term Vehicle Localization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Ainouz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohan Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUSIPCO 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Kos, Greece. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/EUSIPCO.2017.8081319⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01592116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CUDA-based SeqSLAM for Real-Time Place Recognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safa Ouerghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fethi Tlili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference in Central Europe on Computer Graphics, Visualization and Computer Vision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Plzen, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01712346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inoovas - Industrial ontology for operation in virtual and augmented scene: The architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Havard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Jeanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2017 4th International Conference on Control, Decision and Information Technologies (CoDIT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Barcelona, France. pp.0300-0305, </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CoDIT.2017.8102608⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Absolute Localization using Visual Data for Autonomous Vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safa Ouerghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Merriaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Ragot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Computer Vision Theory and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2016, Rome, Italy. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0005682105950601⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01710421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A fast and accurate motion descriptor for human action recognition applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enjie Ghorbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Bonnaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lecoeuche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 23rd International Conference on Pattern Recognition (ICPR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Cancun, Mexico. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICPR.2016.7899753⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01712327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correction de nuages de points lidar embarqué sur véhicule pour la reconstruction d'environnement 3D vaste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Merriaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohan Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Vasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reconnaissance de Formes et Intelligence Artificielle (RFIA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01906323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une reconnaissance en ligne d'actions à partir de caméras RGB-D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enjie Ghorbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Boonaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lecoeuche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reconnaissance de Formes et Intelligence Artificielle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Clermont Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01713922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Localisation robuste en milieu industriel complexe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Merriaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohan Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Vasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque GRETSI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01875375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vehicle Positioning in Road Networks without GPS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dupuis Yohan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Merriaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Vasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 IEEE 18th International Conference on Intelligent Transportation Systems - (ITSC 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Gran Canaria, France. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ITSC.2015.293⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01871005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast and robust vehicle positioning on graph-based representation of drivable maps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Merriaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Vasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 IEEE International Conference on Robotics and Automation (ICRA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Seattle, France. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICRA.2015.7139578⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01871012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D real-time human action recognition using a spline interpolation approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enjie Ghorbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Boonaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lecoeuche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 International Conference on Image Processing Theory, Tools and Applications (IPTA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Orleans, France. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IPTA.2015.7367097⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01710419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wheel odometry-based car localization and tracking on vectorial map</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Merriaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Vasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 IEEE 17th International Conference on Intelligent Transportation Systems (ITSC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Qingdao, France. pp.1890-1891, </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ITSC.2014.6957971⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02289902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vehicle-Hardware-In-The-Loop system for ADAS prototyping and validation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Galko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 International Conference on Embedded Computer Systems: Architectures, Modeling, and Simulation (SAMOS XIV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Agios Konstantinos, Greece. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SAMOS.2014.6893229⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01762183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robotic Demonstration of Collision Avoidance Based on Differential Games</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Le Ménec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Lecointre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Jaulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Dynamic Games and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01713912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VEHICLE TRACKING BASED RFID TECHNOLOGY AND ITS APPLICATION ON AUTOMOTIVE SUPPLY CHAIN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redouane Khemmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fadoua Bouzbouz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Ragot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th ITS European Congress, Helsinki, Finland 16–19 June 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Helsinki, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03612723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LA RFID AU SERVICE DU TERMINAL ROULIER DU GPMH</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redouane Khemmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fadoua Bouzbouz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Ragot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ATEC ITS France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2014, paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03612729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algorithme de positionnement d'une passerelle à mouvements compensés à partir de mesures inertielles et lidar pour les opérations de maintenance des parcs éoliens offshore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Merriaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Vasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reconnaissance de Formes et Intelligence Artificielle (RFIA) 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00989108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GPS-based preliminary map estimation for autonomous vehicle mission preparation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohan Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Merriaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peggy Subirats</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Chicago, United States. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2014.6943160⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01710415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IMU/LIDAR based positioning of a gangway for maintenance operations on wind farms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Merriaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Vasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Chicago, United States. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2014.6943156⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01710416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Dynamic Programming Algorithm Applied to Omnidirectional Vision for Dense 3D Reconstruction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Ertaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2013 2nd IAPR Asian Conference on Pattern Recognition (ACPR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Naha, Japan. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACPR.2013.170⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01710409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From autonomous robotics toward autonomous cars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assia Belbachir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Merriaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Blosseville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2013 IEEE Intelligent Vehicles Symposium (IV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Gold Coast City, Australia. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IVS.2013.6629656⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01710403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détection radiale de visages sur images omnidirectionnelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Ertaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Vasseur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Orasis, Congrès des jeunes chercheurs en vision par ordinateur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Cluny, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00829350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Road-line detection and 3D reconstruction using fisheye cameras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Ertaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2013 16th International IEEE Conference on Intelligent Transportation Systems - (ITSC 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, The Hague, Netherlands. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ITSC.2013.6728376⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01710406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demonstration of the Salvo Enhanced No Escape Zone Concept using ground mobile robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Merriaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Le Ménec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fifteenth International Symposium on Dynamic Games and Applications (SDG 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Bysice, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01713897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Segmentation Method of Catadioptric Images for Gait Recognition in Unconstrained Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohan Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Ertaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghaleb Hoblos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2010 International Conference on Emerging Security Technologies (EST)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Canterbury, United Kingdom. pp.24-29, </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EST.2010.34⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02331929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fusion of Omnidirectional and PTZ Cameras for Face Detection and Tracking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Iraqui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohan Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Ertaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2010 International Conference on Emerging Security Technologies (EST)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Canterbury, United Kingdom. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EST.2010.16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01710402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real-time 3D reconstruction for mobile robot using catadioptric cameras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Ertaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bélhacène Mazari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2009 IEEE International Workshop on Robotic and Sensors Environments (ROSE 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Lecco, Italy. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROSE.2009.5355981⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01762188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception d'un capteur catadioptrique pour une observation optimale du conducteur et de la scène de conduite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Layerle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Ertaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El Mustapha Mouaddib</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ORASIS'09 - Congrès des jeunes chercheurs en vision par ordinateur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Trégastel, France, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00404611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An omnidirectional stereoscopic system for mobile robot navigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Ertaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bélahcène Mazari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2008 International Workshop on Robotic and Sensors Environments (ROSE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Ottawa, Canada. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROSE.2008.4669195⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01710400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catadioptric Sensor for a Simultaneous Tracking of the Driver's Face and the Road Scene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Layerle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Ertaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El Mustapha Mouaddib</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 8th Workshop on Omnidirectional Vision, Camera Networks and Non-classical Cameras - OMNIVIS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Rahul Swaminathan and Vincenzo Caglioti and Antonis Argyros, Oct 2008, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00325332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D volumetric reconstruction with a catadioptric stereovision sensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Ragot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Ertaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bélahcène Mazari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2008 IEEE International Symposium on Industrial Electronics (ISIE 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Cambridge, United Kingdom. </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISIE.2008.4677128⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01762165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CUDA-Accelerated Feature-Based Egomotion Estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safa Ouerghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fethi Tlili</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Vision, Imaging and Computer Graphics – Theory and Applications, 12th International Joint Conference, VISIGRAPP 2017, Porto, Portugal, February 27 – March 1, 2017, Revised Selected Papers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02001134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vehicle Hardware-In-the-Loop System for ADAS Virtual Testing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Galko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hariharan Narasimman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">uillermo Payá-Vayá; Holger Blume. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Towards a Common Software/Hardware Methodology for Future Advanced Driver Assistance Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">River Publishers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.251-267, 2017, 9788793519138. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13052/rp-9788793519138⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02092923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augmented Industrial Maintenance (AIM): A Case Study for Evaluating and Comparing with Paper and Video Media Supports</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Havard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Jeanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Louis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Augmented Reality, Virtual Reality, and Computer Graphics. AVR 2016. Lecture Notes in Computer Science, vol 9768</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.302-320, 2016, </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-40621-3_22⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02092958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 3D Omnidirectional Sensor For Mobile Robot Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boutteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Ertaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bélahcène Mazari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mobile Robots Navigation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01713170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Applications de la vision omnidirectionnelle à la perception de scènes pour des systèmes mobiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Savatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Automatique / Robotique. Université de Rouen, France; ESIGELEC - IRSEEM, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01357470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId181"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E6F545D8"/>
+    <w:nsid w:val="3CDE555C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.total.com/en/dossiers/argos-challenge-building-tomorrows-oil-and-gas-robot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-sfo.ccsd.cnrs.fr/sfo-04387607v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Vauchey" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Dupuis" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Merriaux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Savatier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10489-023-04622-4" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388672v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Boutteau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Rossi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Qin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10846-019-01114-x" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446258v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mauri" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Redouane Khemmar" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Decoux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ragot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s20020532" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02286139v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Lecrosnier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Vasseur" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friedrich Fraundorfer" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2019.2929982" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351169v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Delamare" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Iriart" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/sci1030062" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02302091v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnane Cabani" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Yves Ertaud" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJVAS.2019.102445" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178392v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Quentel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Maurice" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.58.005496" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985234v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merriaux Pierre" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MRA.2018.2877189" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01741007v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safa Ouerghi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fethi Tlili" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s18040939" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535781v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rob.21735" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01860250v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enjie Ghorbel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Boonaert" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lecoeuche" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.imavis.2018.06.004" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957644v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cviu.2018.09.004" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535910v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Bonardi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Ainouz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s17051167" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710399v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s17071591" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02343543v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870959v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Ertaud" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIP.2012.2236344" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870988v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fengchun Dong" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sio-Hoi Ieng" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralph Etienne-Cummings" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryad Benosman" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0278364912469420" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710395v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belahcene Mazari" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871000v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. L'Hermette" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Baudry" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tourny-Chollet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dujardin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-2007-965336" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567816v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0008980703570364" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02401918v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388633v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITSC.2019.8916886" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02143413v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351568v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Delamare" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757933v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Coru" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04109457v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Havard" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Jeanne" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Baudry" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01712334v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0006171501070114" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592116v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EUSIPCO.2017.8081319" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871013v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EST.2017.8090422" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592113v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01712346v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098059v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT.2017.8102608" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01712327v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Bonnaert" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPR.2016.7899753" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710421v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0005682105950601" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01906323v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713922v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871012v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Merriaux" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Dupuis" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vasseur" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRA.2015.7139578" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871005v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dupuis Yohan" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITSC.2015.293" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875375v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710419v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPTA.2015.7367097" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713912v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Le M&#233;nec" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Lecointre" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jaulin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01762183v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Galko" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SAMOS.2014.6893229" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02289902v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITSC.2014.6957971" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612723v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadoua Bouzbouz" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612729v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00989108v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710415v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Subirats" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2014.6943160" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710416v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2014.6943156" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710409v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACPR.2013.170" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710403v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assia Belbachir" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Blosseville" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IVS.2013.6629656" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00829350v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710406v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITSC.2013.6728376" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713897v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02331929v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghaleb Hoblos" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EST.2010.34" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710402v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Iraqui" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EST.2010.16" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01762188v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;lhac&#232;ne Mazari" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROSE.2009.5355981" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00404611v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Layerle" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Mustapha Mouaddib" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710400v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;lahc&#232;ne Mazari" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROSE.2008.4669195" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00325332v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01762165v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIE.2008.4677128" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02001134v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092923v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hariharan Narasimman" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.riverpublishers.com/index.php" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13052/rp-9788793519138" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092958v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Louis" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-40621-3_22" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713170v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01357470v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.total.com/en/dossiers/argos-challenge-building-tomorrows-oil-and-gas-robot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-sfo.ccsd.cnrs.fr/sfo-04387607v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Vauchey" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Dupuis" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Merriaux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Savatier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10489-023-04622-4" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388672v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Boutteau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Rossi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Qin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10846-019-01114-x" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446258v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mauri" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Redouane Khemmar" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Decoux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ragot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s20020532" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02286139v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Lecrosnier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Vasseur" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friedrich Fraundorfer" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2019.2929982" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351169v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Delamare" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Iriart" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/sci1030062" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02302091v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnane Cabani" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Yves Ertaud" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJVAS.2019.102445" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178392v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Quentel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Maurice" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.58.005496" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985234v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merriaux Pierre" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MRA.2018.2877189" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01741007v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safa Ouerghi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fethi Tlili" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s18040939" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535781v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rob.21735" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01860250v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enjie Ghorbel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Boonaert" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lecoeuche" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.imavis.2018.06.004" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957644v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cviu.2018.09.004" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535910v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Bonardi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Ainouz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s17051167" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710399v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s17071591" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02343543v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870959v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Ertaud" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIP.2012.2236344" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870988v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fengchun Dong" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sio-Hoi Ieng" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralph Etienne-Cummings" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryad Benosman" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0278364912469420" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710395v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belahcene Mazari" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871000v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. L'Hermette" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Baudry" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tourny-Chollet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dujardin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-2007-965336" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567816v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0008980703570364" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02401918v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388633v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITSC.2019.8916886" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02143413v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351568v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Delamare" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757933v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Coru" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592113v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04109457v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Havard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Jeanne" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Baudry" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871013v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EST.2017.8090422" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01712334v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0006171501070114" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592116v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EUSIPCO.2017.8081319" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01712346v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098059v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT.2017.8102608" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710421v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0005682105950601" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01712327v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Bonnaert" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPR.2016.7899753" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01906323v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713922v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875375v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871005v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dupuis Yohan" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITSC.2015.293" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871012v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Merriaux" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Dupuis" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vasseur" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRA.2015.7139578" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710419v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPTA.2015.7367097" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02289902v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITSC.2014.6957971" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01762183v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Galko" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SAMOS.2014.6893229" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713912v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Le M&#233;nec" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Lecointre" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jaulin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612723v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadoua Bouzbouz" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612729v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00989108v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710415v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Subirats" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2014.6943160" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710416v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2014.6943156" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710409v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACPR.2013.170" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710403v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assia Belbachir" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Blosseville" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IVS.2013.6629656" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00829350v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710406v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITSC.2013.6728376" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713897v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02331929v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghaleb Hoblos" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EST.2010.34" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710402v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Iraqui" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EST.2010.16" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01762188v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;lhac&#232;ne Mazari" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROSE.2009.5355981" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00404611v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Layerle" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Mustapha Mouaddib" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710400v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;lahc&#232;ne Mazari" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROSE.2008.4669195" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00325332v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01762165v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIE.2008.4677128" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02001134v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092923v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hariharan Narasimman" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.riverpublishers.com/index.php" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13052/rp-9788793519138" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092958v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Louis" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-40621-3_22" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713170v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01357470v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>