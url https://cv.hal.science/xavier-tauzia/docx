--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -3350,138 +3350,138 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00798970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental study of various effects of exhaust gas recirculation (EGR) on combustion and emissions of an automotive direct injection Diesel engine</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Simulation study of a ship's engine behaviour running with a periodically immersed exhaust</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Tauzia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Chesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Maiboom</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">J.-F. Hetet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Vol. 33 ; Issue 1 ; pp. 22-34 ;</w:t>
+              <w:t xml:space="preserve">P I MECH ENG M-J ENG</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Vol 222 ; n° 4 ; pp.195-205 ;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00699500v1</w:t>
+                <w:t xml:space="preserve">hal-00798955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurements and simulation of instantaneous emissions of a heavy truck diesel engine during transients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Tauzia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3490,185 +3490,185 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Chesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.F. Hetet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Thouvenel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">J ENG GAS TURB POWER</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, pp.Vol. 130 ; n°4 ;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00798954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation study of a ship's engine behaviour running with a periodically immersed exhaust</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Experimental study of various effects of exhaust gas recirculation (EGR) on combustion and emissions of an automotive direct injection Diesel engine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Maiboom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Tauzia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">A. Maiboom</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-F. Hetet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">P I MECH ENG M-J ENG</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Vol 222 ; n° 4 ; pp.195-205 ;</w:t>
+              <w:t xml:space="preserve">Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Vol. 33 ; Issue 1 ; pp. 22-34 ;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00798955v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00699500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of high rates of supplemental cooled EGR on NOx and PM emissions of an automotive HSDI diesel engine using an LP EGR loop</w:t>
               </w:r>
@@ -3680,51 +3680,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Maiboom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Tauzia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-F. Hetet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Energy Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Vol.32 ; issue 15 ; pp. 1373-1456 ;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3788,51 +3788,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Maiboom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Chesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Thouvenel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Thermal Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, Vol. 26 ; pp. 1851-1857 ;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3896,51 +3896,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Etchebarne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Chesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-F. Hetet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Chalet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4138,51 +4138,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Inozu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-F. Hetet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Chesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4587,51 +4587,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence de circuit de liaison moteur/compresseur sur le fonctionnement des moteurs Diesel à suralimentatin biétagée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Chesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-F. Hetet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Frayret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4979,51 +4979,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Tauzia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Chesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-F. Hetet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Grossans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5925,51 +5925,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Tauzia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S.R. Shah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-F. Hetet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SAE Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Capri, Naples, Italie, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6115,51 +6115,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Maiboom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Tauzia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-F. Hetet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Cormerais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6348,51 +6348,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Maiboom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Tauzia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-F. Hetet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Cormerais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6538,90 +6538,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental method for determination of instantaneous diesel engine pollutant emissions during transient</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Thouvenel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Tauzia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Chesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-F. Hetet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ASME ICE, Internal Combustion Engine Division, Spring Technical Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, Rockford, Illinois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6640,265 +6640,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01155946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental study and modelling for pipe systems of I.C.E. with area changes</w:t>
+                <w:t xml:space="preserve">Some basic elements to achieve a future 1D simulation of wave propagation in I.C.E. pipes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Chalet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Chesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">X. Tauzia</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Hétet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Tauzia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thiesel Conference on Thermofluidynamic processes in Diesel Engines</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ASME 2002 Internal Combustion Engine Division Spring Technical Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2002, Rockford, Illinois, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/ICES2002-449⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01158820v1</w:t>
+                <w:t xml:space="preserve">hal-01158821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Some basic elements to achieve a future 1D simulation of wave propagation in I.C.E. pipes</w:t>
+                <w:t xml:space="preserve">Experimental study and modelling for pipe systems of I.C.E. with area changes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Chalet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Chesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Xavier Tauzia</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.F. Hetet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Violleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Tauzia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASME 2002 Internal Combustion Engine Division Spring Technical Conference</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Thiesel Conference on Thermofluidynamic processes in Diesel Engines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, Valencia, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01158821v1</w:t>
+                <w:t xml:space="preserve">hal-01158820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Real-Time Simulation of Marine Diesel Engines for Fault Diagnosis</w:t>
               </w:r>
@@ -7221,51 +7221,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulation study of some techniques to reduce pollutant emissions of medium-speed Diesel engines used for naval propulsion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Tauzia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-F. Hetet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Chesse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7316,51 +7316,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Real-Time simulation of marine Diesel engines for fault diagnosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Inozu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-F. Hetet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7983,51 +7983,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491223v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chuma Ncobo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Thiaucourt" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Tauzia" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Gentaz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijnaoe.2026.100745" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497738v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issam Matragi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Maiboom" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Pannier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Poiret" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.egyr.2026.109088" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05315541v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Thevenoux" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Moricet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijepes.2025.111236" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700585v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asad Asghar Janjua" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Waqas Khalid" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samiur Rahman Shah" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emad Ud Din" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Usman Bhutta" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40825-024-00250-7" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05084322v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecmx.2024.100728" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790357v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/engproc2024075038" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510299v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jawad Aslam" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Zeeshan Ali Khan" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13369-023-07627-w" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493595v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pr&#233;vost" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Le Moual" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maiboom" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Tauzia" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Payet-Burin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2022.119812" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794819v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Horel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/14750902221121895" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493584v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gilormini" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Chess&#233;" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Colin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/15-16-01-0003" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794829v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Rondeau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Chesse" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Salameh" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4055704" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03462573v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Aljure Osorio" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/17568277211059073" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874032v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Karaky" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Marty" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Mauviot" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954407020931686" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459399v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2018.04.005" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459404v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2017.08.232" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459400v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1468087417749391" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459406v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atul Dhar" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2015.12.022" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01157251v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Karaky" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Mauviot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2015-01-1746" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01145183v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ma" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01145166v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01937436v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chesse" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chalet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2516/ogst/2011129" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01145143v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Solard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01145140v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01145101v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.R. Shah" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Hetet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01145107v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Shah" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01144793v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois H&#233;tet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01145080v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00505530v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2008.10.017" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00798970v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699500v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Hetet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00798954v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Thouvenel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00798955v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699501v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699481v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699480v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Etchebarne" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699444v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Inozu" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699426v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Logan" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Roy" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699400v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Grosshans" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699399v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699393v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F Hetet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699391v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Frayret" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491255v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Tauzia" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Hetet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Chesse" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Crosshans" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Mouillard" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1243/0957650981536853" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/M70-6L1PLRX3-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491258v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Hetet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Frayret" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0035-3159(98)80006-8" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JSBB4TVC-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699388v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Grossans" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mouillard" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05315529v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sobhan Azizianamiri" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Perrot" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2025-24-0048" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459416v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Le Guen" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabre Bougrine" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2018-01-0787" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459424v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Aljure" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2018-01-1127" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459435v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2017-24-0006" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459427v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Jannoun" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2017-24-0042" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459438v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2016-01-0562" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459441v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guanqin Ma" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2015-24-2395" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01156303v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01156325v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01156201v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cormerais" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tounsi" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01156126v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01156151v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01156012v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01155946v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01158820v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Violleau" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01158821v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/ICES2002-449" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01155850v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01155851v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahadir Inozu" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Roy" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01155772v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Roy" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01155806v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01155835v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01155736v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05100957v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tauzia Xavier" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.15191472" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03139904v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491223v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chuma Ncobo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Thiaucourt" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Tauzia" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Gentaz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijnaoe.2026.100745" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497738v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issam Matragi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Maiboom" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Pannier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Poiret" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.egyr.2026.109088" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05315541v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Thevenoux" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Moricet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijepes.2025.111236" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700585v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asad Asghar Janjua" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Waqas Khalid" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samiur Rahman Shah" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emad Ud Din" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Usman Bhutta" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40825-024-00250-7" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05084322v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecmx.2024.100728" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790357v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/engproc2024075038" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510299v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jawad Aslam" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Zeeshan Ali Khan" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13369-023-07627-w" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493595v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pr&#233;vost" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Le Moual" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maiboom" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Tauzia" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Payet-Burin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2022.119812" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794819v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Horel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/14750902221121895" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493584v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gilormini" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Chess&#233;" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Colin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/15-16-01-0003" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794829v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Rondeau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Chesse" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Salameh" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4055704" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03462573v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Aljure Osorio" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/17568277211059073" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874032v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Karaky" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Marty" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Mauviot" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954407020931686" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459399v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2018.04.005" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459404v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2017.08.232" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459400v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1468087417749391" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459406v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atul Dhar" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2015.12.022" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01157251v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Karaky" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Mauviot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2015-01-1746" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01145183v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ma" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01145166v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01937436v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chesse" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chalet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2516/ogst/2011129" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01145143v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Solard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01145140v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01145101v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.R. Shah" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Hetet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01145107v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Shah" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01144793v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois H&#233;tet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01145080v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00505530v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2008.10.017" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00798970v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00798955v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00798954v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Thouvenel" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699500v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Hetet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699501v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699481v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699480v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Etchebarne" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699444v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Inozu" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699426v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Logan" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Roy" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699400v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Grosshans" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699399v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699393v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F Hetet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699391v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Frayret" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491255v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Tauzia" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Hetet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Chesse" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Crosshans" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Mouillard" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1243/0957650981536853" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/M70-6L1PLRX3-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491258v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Hetet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Frayret" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0035-3159(98)80006-8" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JSBB4TVC-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699388v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Grossans" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mouillard" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05315529v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sobhan Azizianamiri" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Perrot" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2025-24-0048" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459416v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Le Guen" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabre Bougrine" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2018-01-0787" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459424v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Aljure" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2018-01-1127" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459435v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2017-24-0006" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459427v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Jannoun" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2017-24-0042" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459438v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2016-01-0562" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459441v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guanqin Ma" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2015-24-2395" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01156303v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01156325v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01156201v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cormerais" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tounsi" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01156126v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01156151v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01156012v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01155946v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01158821v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/ICES2002-449" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01158820v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Violleau" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01155850v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01155851v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahadir Inozu" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Roy" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01155772v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Roy" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01155806v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01155835v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01155736v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05100957v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tauzia Xavier" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.15191472" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03139904v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>