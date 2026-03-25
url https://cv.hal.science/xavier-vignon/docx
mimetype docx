--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -4848,298 +4848,298 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02684367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of high-intensity high-frequency ultrasound on ageing rate, ultrastructure and some physico-chemical properties of beef</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Lymphoid hypoplasia and somatic cloning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Paul J. P. Renard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Got</w:t>
+                <w:t xml:space="preserve">S. Chastant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Chesne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joseph Culioli</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Thierry Astruc</w:t>
+                <w:t xml:space="preserve">J. Marchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Meat Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">The Lancet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 353, pp.1489-1491</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01595022v1</w:t>
+                <w:t xml:space="preserve">hal-02690843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lymphoid hypoplasia and somatic cloning</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">J. Marchal</w:t>
+                <w:t xml:space="preserve">Effects of high-intensity high-frequency ultrasound on ageing rate, ultrastructure and some physico-chemical properties of beef</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Got</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Culioli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Berge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Vignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Astruc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Lancet</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Meat Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 51, pp.35-42. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0309-1740(98)00094-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02690843v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01595022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clonage somatique chez les bovins : premiers résultats</w:t>
               </w:r>
@@ -5423,51 +5423,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Chesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Le Bourhis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Marchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Reproduction Nutrition Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, 38, pp.595-603</w:t>
@@ -5723,269 +5723,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02694346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of malignant hyperthermia and slaughter on myofilament spacing and extracellular space in pig muscle</w:t>
+                <w:t xml:space="preserve">Effect of malignant hyperthermia and slaughter on some morphological and biophysical traits of Longissimus lumborum muscle of Pietrain pigs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Lahucky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Penka Marinova</w:t>
+                <w:t xml:space="preserve">Penka P. Marinova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Astruc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Vignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gabriel Monin</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Monin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archiv für Tierzucht</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1997, 40 (4), pp.357-363</w:t>
+              <w:t xml:space="preserve"> Journal of Farm Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, pp.45-50</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01594217v1</w:t>
+                <w:t xml:space="preserve">hal-02902563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of malignant hyperthermia and slaughter on some morphological and biophysical traits of Longissimus lumborum muscle of Pietrain pigs</w:t>
+                <w:t xml:space="preserve">Effect of malignant hyperthermia and slaughter on myofilament spacing and extracellular space in pig muscle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Lahucky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Penka P. Marinova</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Penka Marinova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Astruc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Vignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">G. Monin</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Monin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Journal of Farm Animal Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1997, pp.45-50</w:t>
+              <w:t xml:space="preserve">Archiv für Tierzucht</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 40 (4), pp.357-363</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02902563v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01594217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultrastructural and immunocytochemical analysis of diploid germ cells isolated from fetal rabbit gonads</w:t>
               </w:r>
@@ -6148,51 +6148,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Vignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Rousset-Akrim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Culioli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La revue française de la recherche en viandes et produits carnés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1996, 17 (3), pp.101-107</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6437,51 +6437,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Postmortem changes in the mechanical properties and ultrastructure of the longissimus in two porcine breeds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Minelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Culioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Vignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6640,51 +6640,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proprietes thermogelifiantes de la myosine : Influence du degre de purification et du type musculaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Culioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudine Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6742,243 +6742,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02713694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of the RN- gene on ultrastructure and protein fractions in pig muscle</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Estrade</w:t>
+                <w:t xml:space="preserve">Analysis of lipid composition of sarcoplasmic reticulum membranes from normal and malignant hyperthermic pig skeletal muscle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.S. Mammar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Vignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gabriel Monin</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edmond Rock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Gandemer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Meat Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1993, 35, pp.313-319</w:t>
+              <w:t xml:space="preserve">Biochemistry and Cell Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, 71 (7-8), pp.324-330</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02710200v1</w:t>
+                <w:t xml:space="preserve">hal-02706756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of lipid composition of sarcoplasmic reticulum membranes from normal and malignant hyperthermic pig skeletal muscle</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M.S. Mammar</w:t>
+                <w:t xml:space="preserve">Effect of the RN- gene on ultrastructure and protein fractions in pig muscle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Estrade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Vignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Gilles Gandemer</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Monin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochemistry and Cell Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1993, 71 (7-8), pp.324-330</w:t>
+              <w:t xml:space="preserve">Meat Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, 35, pp.313-319</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02706756v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02710200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Post mortem evolution of myofilament spacing and extracellular space in veal muscle</w:t>
               </w:r>
@@ -7530,51 +7530,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edmond Rock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Vignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Neurological Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1990, 98 (sp.), pp.520</w:t>
@@ -8074,51 +8074,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.D. Hericher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Vignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Culioli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La revue française de la recherche en viandes et produits carnés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1988, 9 (4), pp.200-202</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10489,260 +10489,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02756590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nuclear reprogramming and pluripotency of embryonic cells: Application to the isolation of embryonic stem cells in farm animals</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alice Jouneau</w:t>
+                <w:t xml:space="preserve">Optimisation des conditions de manipulation des ovules en vue du transfert nucléaire chez le carassin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Chenais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Mahé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Vignon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Depince</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bobe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Farm Reproduction "From Egg to Embryo" (ICFAR 2007)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2007, Rolduc, Netherlands</w:t>
+              <w:t xml:space="preserve">1. Journées de la Recherche Filière Piscicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2007, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02814385v1</w:t>
+                <w:t xml:space="preserve">hal-02755534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimisation des conditions de manipulation des ovules en vue du transfert nucléaire chez le carassin</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sophie Mahé</w:t>
+                <w:t xml:space="preserve">Nuclear reprogramming and pluripotency of embryonic cells: Application to the isolation of embryonic stem cells in farm animals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Paul J. P. Renard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Maruotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Vignon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. Journées de la Recherche Filière Piscicole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2007, Paris, France</w:t>
+              <w:t xml:space="preserve">International Conference on Farm Reproduction "From Egg to Embryo" (ICFAR 2007)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2007, Rolduc, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02755534v1</w:t>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02814385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gene reprogramming during maternal to embryonic transition after somatic nuclear transfer</w:t>
               </w:r>
@@ -13626,51 +13626,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Changes in myofilament spacing and muscle quality traits in biopsy and post-mortem pig muscle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Lahucky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Penka Marinova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Astruc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13786,51 +13786,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Vignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Rousset-Akrim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Culioli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6. Journées des Sciences et Technologies de la Viande</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 1996, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -13855,51 +13855,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of halothane-sensitivity and slaughter on myofilament spacing and extracellular space in pig muscle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Penka Marinova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Lahucky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13989,51 +13989,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet of high-frequency ultrasound on ageing kinetics, ultrastructure and some physico-chemical properties of beef</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Got</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Culioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Astruc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14110,51 +14110,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of high frequency ultrasound on ageing kinetics, ultrastructure and some physico-chemical properties of beef meat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Got</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Culioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Astruc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14594,51 +14594,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Bannari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Astruc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Culioli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">40. International congress of meat science and technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 1994, The Hague, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -14784,51 +14784,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Minelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Astruc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Culioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Vignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16080,51 +16080,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edmond Rock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Vignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. International Congress on Neuromuscular Diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 1990, Munich, Germany</w:t>
@@ -16922,51 +16922,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.D. Hericher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Vignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Culioli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. Journees Recherches Viande : Les Procedes Nouveaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 1988, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -17498,103 +17498,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A preliminary approach for nuclear transfer in goldfish: reduction in the variability of egg quality, optimization of egg manipulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Chenais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Chenais</w:t>
+                <w:t xml:space="preserve">Sophie Mahé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Vignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Mahé</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Xavier Vignon</w:t>
+                <w:t xml:space="preserve">Alexandra Depince</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId310" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bobe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. International Symposium on Reproductive Physiology of Fish</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2007, Saint-Malo, France. </w:t>
@@ -18521,51 +18521,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Rousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Berge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Culioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Vignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -18765,51 +18765,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618190v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Martignon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Allain" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Vignon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Le Guerhier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000958v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cai-Xia C.-X. Yang" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zichuan Z. Liu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud R. Fleurot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Adenot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Duranthon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/REP-11-0421" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02440313v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine S. Degrelle" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jaffrezic" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne E. Campion" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim-Anh L&#234; Cao" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D. Le Bourhis" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0038309" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000909v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamila D. Benkeddache" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bodinier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry T. Joly" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mokrane M. Berchiche" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10561-011-9280-2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-MKS7XMNC-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019386v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Pichugin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Beaujean" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yegor Vassetzky" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0026844" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365349v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karlla Mason Ribeiro-Mason" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Boulesteix" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Aguirre-Lavin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/cell.2010.0035" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668059v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Breton" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe C. Audouard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc J.-M. Lelievre" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1262/jrd.09-182A" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193542v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Lelievre" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Le Bourhis" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Hayes" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Servely" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1756-0500-3-17" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365356v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey A. Pichugin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetan G. Lehmann" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/REP-08-0435" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667656v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Folch" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J. Cocero" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chesne" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Alabart" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Dominguez" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theriogenology.2008.11.005" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SR2H7S72-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659587v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linh Chi Bui" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. V. Evsikov" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daulat-Raheem D.-R. Khan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Archilla" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Peynot" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/REP-09-0042" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654528v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Heyman" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chavatte-Palmer" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul J. P. Renard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656867v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Gall Pouget Gall" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie S. Ruffini" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/REP-07-0284" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193505v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Boulanger" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayhan Kocer" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Daniel" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Pannetier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chesn&#233;" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000143432" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667181v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin E. Everts" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Razzak" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hue" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheryl A. Green" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/physiolgenomics.00223.2007" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658312v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654315v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Maruotti" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Jouneau" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theriogenology.2007.05.060" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173367v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Fromentin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Berthelot" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Jurie" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731107000171" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654883v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655738v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne F. Constant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Guillomot" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Laigre" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1095/biolreprod.106.051581" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657149v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dutaud" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Aubry" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Guignot" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Monin" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2006.03.026" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G3T2NSJC-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00089312v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale May-Panloup" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Chr&#233;tien" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manoel Tamassia" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1477-7827-3-65" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680943v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Raynaud" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Fernandez" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Coulis" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682489v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Richard" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669629v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Rojas" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Venegas" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Montiel" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4067/S0717-95022005000400008" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669363v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Melo de Sousa" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680108v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malee Apimeteetumrong" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anone Thuangsanthia" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narong Leingcharoen" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viboon Yiengvisavakul" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayuth Harintharanon" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1292/jvms.66.1529" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671152v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Rodriguez-Martinez" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lazzari" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/1536230041372364" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678070v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Aguilar" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671747v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qi Zhou" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671371v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Baran" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Fl&#233;chon" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672603v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669291v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669458v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lebourhis" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine S. Camous" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669744v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Monget" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01575336v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Berge" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Per Ertbjerg" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.M. Larsen" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Astruc" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0309-1740(00)00110-8" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DNFR8T4J-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669560v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02684367v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595022v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Got" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Culioli" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0309-1740(98)00094-1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CP91X1W1-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690843v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chastant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Marchal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02687963v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690276v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686830v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00900234v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Marchal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694346v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bozon" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pajot-Augy" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Salesse" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594217v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lahucky" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Penka Marinova" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02902563v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Penka P. Marinova" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Monin" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690677v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moens" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fl&#233;chon" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Degrouard" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ding" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685139v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Got" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rousset-Akrim" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685516v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Archer" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02710434v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond Rock" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Astier" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Lab" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elyette Gueux" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02711157v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Minelli" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02704338v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Estrade" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02713694v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Boyer" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Ouali" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02710200v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02706756v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.S. Mammar" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mathieu" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Gandemer" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02701975v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02704581v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Motta" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Kozak-Ribbens" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02710548v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gaillard" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.J. Dufourc" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Renou" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02705826v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bonnet" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02701918v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02711992v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sidimammar" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Labas" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02709299v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sidi Mammar" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Thomas" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Viret" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02706057v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02707353v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Gaillard-Martinie" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02723710v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Beaulaton" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02716369v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.D. Hericher" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02724089v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Anglade" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Michel" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ozaki" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tsuji" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02719202v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Terquem" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Dadoune" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466082v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Tauc" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Bouchaud" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0040-8166(84)90019-3" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FDHZ1B3W-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162585v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ingrand" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise M&#233;dale" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004434v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine A. Breton" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004437v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820727v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cassar-Malek" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte B. Picard" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Listrat" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Jurie" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Meunier" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753387v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755648v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadie, L. Marjani" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin E Everts" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RD08217" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817055v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752742v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice de Montera" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Oudin" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jouneau" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy No&#233;" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755941v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Amigues" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Charreaux" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lacaze" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tissier" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752264v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Gall Pouget" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RDv20n1Ab41" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756632v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Gall" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756090v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Ozil" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Thepot Th&#233;pot" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751169v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Le Guienne" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Humblot" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751106v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Martin" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751498v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Apimeteeumrong" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Thuangsanthia" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Leingchaloen" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Yiengvisavakul" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Harintharanon" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756590v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillemette Marot" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814385v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755534v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Chenais" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mah&#233;" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Depince" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bobe" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753131v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Henaut" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752083v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Amigues" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vannier" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197494v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadera Mansouri" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Galio" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Degrelle" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755607v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cia Xia Yang" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750785v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Charpigny" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mermillod" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753104v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadie Smith" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harris Lewin" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824633v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750809v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821981v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Mambrini" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Verrier" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mignotte" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pascale M. P. Debey" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750928v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750881v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758245v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bataillon" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chamand" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753389v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751873v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762013v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Peron" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764042v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Danchin-Burge" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Pozzi" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard B. Bib&#233;" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Boue" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Coudurier" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759286v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760881v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Delmas" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Caraux" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Roux" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760187v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Faure" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02826569v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763128v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique D. Remy" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762320v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760838v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Piot" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Piumi" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763641v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Perreau" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Lavergne" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lle Poulin" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Baril" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767510v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02836053v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778628v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03708946v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lethiecq" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02774845v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lethiecq" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778948v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Talmant" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02908159v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02907509v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777988v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bannari" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775456v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775310v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02776818v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dufourc" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778703v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775101v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778702v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775662v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02776076v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bazin" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778906v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02779054v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775176v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777104v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02776662v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02843151v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02843994v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02845275v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02783544v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Kozak-Reiss" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02781978v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02783305v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02780079v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bouyon" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Ferrara" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Geneix" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02780689v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02855253v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02783250v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02782081v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750208v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Longin" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S. Chat" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chanat" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824792v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Gall-Pouget" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent V. Brochard" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756037v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sfi.mnhn.fr/cybium/numeros/2008/322%20suppl%20ISRPF/sommaire322Suppl.html" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817461v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813475v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zachary Pincus" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Regrain" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Beaujean Bobineau" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833812v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832897v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Chrenek" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Challah-Jacques" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Daniel" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Boulanger" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02825370v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840988v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Fernandez" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607726v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Gaunand" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chemineau" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Dufourny" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Fatet" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Teresa Pellicer-Rubio" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02835768v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rousset" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618190v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Martignon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Allain" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Vignon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Le Guerhier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000958v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cai-Xia C.-X. Yang" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zichuan Z. Liu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud R. Fleurot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Adenot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Duranthon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/REP-11-0421" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02440313v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine S. Degrelle" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jaffrezic" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne E. Campion" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim-Anh L&#234; Cao" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D. Le Bourhis" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0038309" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000909v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamila D. Benkeddache" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bodinier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry T. Joly" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mokrane M. Berchiche" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10561-011-9280-2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-MKS7XMNC-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019386v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Pichugin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Beaujean" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yegor Vassetzky" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0026844" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365349v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karlla Mason Ribeiro-Mason" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Boulesteix" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Aguirre-Lavin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/cell.2010.0035" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668059v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Breton" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe C. Audouard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc J.-M. Lelievre" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1262/jrd.09-182A" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193542v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Lelievre" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Le Bourhis" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Hayes" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Servely" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1756-0500-3-17" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365356v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey A. Pichugin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetan G. Lehmann" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/REP-08-0435" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667656v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Folch" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J. Cocero" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chesne" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Alabart" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Dominguez" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theriogenology.2008.11.005" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SR2H7S72-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659587v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linh Chi Bui" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. V. Evsikov" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daulat-Raheem D.-R. Khan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Archilla" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Peynot" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/REP-09-0042" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654528v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Heyman" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chavatte-Palmer" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul J. P. Renard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656867v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Gall Pouget Gall" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie S. Ruffini" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/REP-07-0284" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193505v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Boulanger" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayhan Kocer" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Daniel" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Pannetier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chesn&#233;" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000143432" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667181v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin E. Everts" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Razzak" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hue" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheryl A. Green" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/physiolgenomics.00223.2007" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658312v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654315v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Maruotti" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Jouneau" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theriogenology.2007.05.060" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173367v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Fromentin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Berthelot" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Jurie" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731107000171" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654883v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655738v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne F. Constant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Guillomot" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Laigre" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1095/biolreprod.106.051581" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657149v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dutaud" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Aubry" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Guignot" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Monin" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2006.03.026" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G3T2NSJC-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00089312v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale May-Panloup" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Chr&#233;tien" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manoel Tamassia" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1477-7827-3-65" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680943v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Raynaud" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Fernandez" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Coulis" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682489v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Richard" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669629v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Rojas" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Venegas" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Montiel" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4067/S0717-95022005000400008" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669363v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Melo de Sousa" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680108v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malee Apimeteetumrong" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anone Thuangsanthia" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narong Leingcharoen" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viboon Yiengvisavakul" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayuth Harintharanon" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1292/jvms.66.1529" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671152v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Rodriguez-Martinez" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lazzari" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/1536230041372364" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678070v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Aguilar" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671747v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qi Zhou" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671371v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Baran" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Fl&#233;chon" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672603v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669291v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669458v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lebourhis" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine S. Camous" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669744v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Monget" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01575336v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Berge" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Per Ertbjerg" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.M. Larsen" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Astruc" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0309-1740(00)00110-8" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DNFR8T4J-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669560v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02684367v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690843v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chastant" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Marchal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595022v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Got" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Culioli" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0309-1740(98)00094-1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CP91X1W1-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02687963v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690276v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686830v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00900234v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Marchal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694346v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bozon" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pajot-Augy" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Salesse" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02902563v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lahucky" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Penka P. Marinova" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Monin" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594217v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Penka Marinova" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690677v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moens" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fl&#233;chon" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Degrouard" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ding" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685139v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Got" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rousset-Akrim" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685516v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Archer" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02710434v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond Rock" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Astier" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Lab" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elyette Gueux" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02711157v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Minelli" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02704338v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Estrade" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02713694v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Boyer" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Ouali" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02706756v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.S. Mammar" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mathieu" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Gandemer" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02710200v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02701975v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02704581v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Motta" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Kozak-Ribbens" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02710548v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gaillard" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.J. Dufourc" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Renou" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02705826v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bonnet" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02701918v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02711992v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sidimammar" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Labas" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02709299v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sidi Mammar" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Thomas" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Viret" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02706057v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02707353v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Gaillard-Martinie" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02723710v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Beaulaton" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02716369v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.D. Hericher" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02724089v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Anglade" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Michel" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ozaki" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tsuji" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02719202v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Terquem" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Dadoune" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466082v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Tauc" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Bouchaud" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0040-8166(84)90019-3" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FDHZ1B3W-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162585v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ingrand" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise M&#233;dale" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004434v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine A. Breton" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004437v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820727v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cassar-Malek" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte B. Picard" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Listrat" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Jurie" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Meunier" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753387v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755648v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadie, L. Marjani" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin E Everts" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RD08217" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817055v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752742v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice de Montera" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Oudin" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jouneau" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy No&#233;" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755941v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Amigues" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Charreaux" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lacaze" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tissier" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752264v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Gall Pouget" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RDv20n1Ab41" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756632v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Gall" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756090v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Ozil" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Thepot Th&#233;pot" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751169v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Le Guienne" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Humblot" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751106v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Martin" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751498v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Apimeteeumrong" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Thuangsanthia" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Leingchaloen" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Yiengvisavakul" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Harintharanon" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756590v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillemette Marot" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755534v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Chenais" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mah&#233;" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Depince" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bobe" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814385v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753131v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Henaut" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752083v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Amigues" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vannier" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197494v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadera Mansouri" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Galio" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Degrelle" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755607v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cia Xia Yang" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750785v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Charpigny" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mermillod" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753104v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadie Smith" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harris Lewin" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824633v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750809v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821981v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Mambrini" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Verrier" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mignotte" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pascale M. P. Debey" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750928v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750881v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758245v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bataillon" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chamand" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753389v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751873v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762013v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Peron" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764042v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Danchin-Burge" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Pozzi" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard B. Bib&#233;" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Boue" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Coudurier" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759286v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760881v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Delmas" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Caraux" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Roux" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760187v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Faure" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02826569v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763128v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique D. Remy" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762320v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760838v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Piot" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Piumi" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763641v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Perreau" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Lavergne" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lle Poulin" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Baril" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767510v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02836053v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778628v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03708946v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lethiecq" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02774845v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lethiecq" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778948v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Talmant" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02908159v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02907509v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777988v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bannari" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775456v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775310v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02776818v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dufourc" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778703v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775101v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778702v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775662v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02776076v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bazin" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778906v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02779054v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775176v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777104v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02776662v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02843151v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02843994v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02845275v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02783544v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Kozak-Reiss" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02781978v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02783305v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02780079v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bouyon" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Ferrara" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Geneix" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02780689v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02855253v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02783250v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02782081v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750208v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Longin" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S. Chat" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chanat" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824792v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Gall-Pouget" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent V. Brochard" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756037v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sfi.mnhn.fr/cybium/numeros/2008/322%20suppl%20ISRPF/sommaire322Suppl.html" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817461v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813475v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zachary Pincus" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Regrain" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Beaujean Bobineau" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833812v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832897v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Chrenek" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Challah-Jacques" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Daniel" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Boulanger" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02825370v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840988v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Fernandez" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607726v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Gaunand" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chemineau" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Dufourny" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Fatet" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Teresa Pellicer-Rubio" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02835768v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rousset" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>