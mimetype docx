--- v0 (2026-03-04)
+++ v1 (2026-03-28)
@@ -698,183 +698,183 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03034701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Separate aggregation of beliefs and values under ambiguity</w:t>
+                <w:t xml:space="preserve">Subjective Mean Variance Preferences Without Expected Utility</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiangyu Qu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Economic Theory</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 63 (2), pp.503-519. </w:t>
+              <w:t xml:space="preserve">Mathematical Social Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 87, pp.31-39. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00199-015-0944-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.mathsocsci.2017.02.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01437441v1</w:t>
+                <w:t xml:space="preserve">hal-01461302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Subjective Mean Variance Preferences Without Expected Utility</w:t>
+                <w:t xml:space="preserve">Separate aggregation of beliefs and values under ambiguity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiangyu Qu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mathematical Social Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 87, pp.31-39. </w:t>
+              <w:t xml:space="preserve">Economic Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 63 (2), pp.503-519. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mathsocsci.2017.02.001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00199-015-0944-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01461302v1</w:t>
+                <w:t xml:space="preserve">hal-01437441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Commitment and anticipated utilitarianism</w:t>
               </w:r>
@@ -2166,51 +2166,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05106173v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Billot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiangyu Qu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jet.2025.106038" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949435v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bach Dong-Xuan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmateco.2025.103100" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608240v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00355-022-01404-8" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03603586v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmateco.2022.102690" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973212v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40505-019-00178-0" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973213v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.712.0349" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034701v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1257/mic.20180344" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437441v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00199-015-0944-1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-01461302v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mathsocsci.2017.02.001" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437535v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00355-016-0965-0" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437537v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11238-015-9489-9" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437539v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11238-014-9452-1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437546v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lee Sunyoun" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akabayashi Hideo" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamesaka Akiko" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Byung-Yeon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11167/jbef.7.79" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437540v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmateco.2013.02.004" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437544v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.econlet.2011.12.097" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TCL9JF4L-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320318v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416986v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487520v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bach Dong Xuan" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03182817v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836704v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoxi Li" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836701v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03195888v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03182822v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05106173v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Billot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiangyu Qu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jet.2025.106038" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949435v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bach Dong-Xuan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmateco.2025.103100" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608240v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00355-022-01404-8" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03603586v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmateco.2022.102690" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973212v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40505-019-00178-0" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973213v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.712.0349" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034701v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1257/mic.20180344" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-01461302v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mathsocsci.2017.02.001" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437441v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00199-015-0944-1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437535v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00355-016-0965-0" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437537v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11238-015-9489-9" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437539v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11238-014-9452-1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437546v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lee Sunyoun" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akabayashi Hideo" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamesaka Akiko" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Byung-Yeon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11167/jbef.7.79" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437540v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmateco.2013.02.004" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437544v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.econlet.2011.12.097" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TCL9JF4L-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320318v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416986v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487520v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bach Dong Xuan" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03182817v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836704v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoxi Li" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836701v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03195888v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03182822v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>