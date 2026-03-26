--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -208,278 +208,278 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large-scale separation of gram-level tire and road wear particles from road dust</w:t>
+                <w:t xml:space="preserve">An Upgraded FOS/TAC Titration Model Integrating Phosphate Effects for Accurate Assessments of Volatile Fatty Acids and Alkalinity in Anaerobic Media</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yingjia Chen</w:t>
+                <w:t xml:space="preserve">Xiaojun Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renli Hu</w:t>
+                <w:t xml:space="preserve">André Pauss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiaojun Liu</w:t>
+                <w:t xml:space="preserve">Laura André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xinyu Du</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thierry Ribeiro</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Separation and Purification Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.seppur.2025.135911⟩</w:t>
+              <w:t xml:space="preserve">ChemEngineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 9 (3), pp.53. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/chemengineering9030053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05353130v1</w:t>
+                <w:t xml:space="preserve">hal-05083696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Upgraded FOS/TAC Titration Model Integrating Phosphate Effects for Accurate Assessments of Volatile Fatty Acids and Alkalinity in Anaerobic Media</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Large-scale separation of gram-level tire and road wear particles from road dust</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yingjia Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renli Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaojun Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura André</w:t>
+                <w:t xml:space="preserve">Xinyu Du</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Ribeiro</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ge Yin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemEngineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 9 (3), pp.53. </w:t>
+              <w:t xml:space="preserve">Separation and Purification Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 382, pp.135911. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/chemengineering9030053⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.seppur.2025.135911⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05083696v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05353130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chemically and Physically Pretreated Straw in Moderate Conditions: Poor Correlation between Biogas Production and Commonly Used Biomass Characterization</w:t>
               </w:r>
@@ -612,77 +612,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Novel and legacy brominated flame retardants in snakes and frogs: Tissue distribution, biomagnification, and maternal transfer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guanzhen Sun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xinyu Du</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ge Yin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luting Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -733,103 +733,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Overview of Numerical Simulation of Solid-State Anaerobic Digestion Considering Hydrodynamic Behaviors, Phenomena of Transfer, Biochemical Kinetics and Statistical Approaches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaojun Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Coutu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mottelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Pauss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Ribeiro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Energies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 16 (3), pp.1108. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
@@ -915,51 +915,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Léonard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Ceballos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaojun Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 2 (4), pp.716-734. </w:t>
@@ -1036,51 +1036,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kai-Ning Lv</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An-Ting Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ge Yin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jie Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1131,77 +1131,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Underestimation of Dry Matter of Anaerobic Media with High Bicarbonate Concentration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Ribeiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaojun Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Mercier-Huat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1265,51 +1265,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conventional and Innovative Hygienization of Feedstock for Biogas Production: Resistance of Indicator Bacteria to Thermal Pasteurization, Pulsed Electric Field Treatment, and Anaerobic Digestion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaojun Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Lendormi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1369,103 +1369,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accurate Estimation of Bicarbonate and Acetic Acid Concentrations with Wider Ranges in Anaerobic Media Using Classical FOS/TAC Titration Method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaojun Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiaojun Liu</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Laura André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Mercier-Huat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Grosmaître</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Pauss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 11 (24), pp.11843. </w:t>
@@ -1503,51 +1503,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hygienization of mixed animal by-product using pulsed electric field in a continuous treatment system: Synergistic effect with ohmic heating on the inactivation of indicator bacteria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaojun Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Lendormi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1627,425 +1627,425 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03492048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overview of hygienization pretreatment for pasteurization and methane potential enhancement of biowaste: Challenges, state of the art and alternative technologies</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Hygienization of mixed animal by-product using Pulsed Electric Field: Inactivation kinetics modeling and recovery of indicator bacteria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaojun Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Lendormi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Le Fellic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Lemée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Lanoisellé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cleaner Production</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 236, pp.117525. </w:t>
+              <w:t xml:space="preserve">Chemical Engineering Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 368, pp.1-9. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jclepro.2019.06.356⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cej.2019.02.158⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03807946v1</w:t>
+                <w:t xml:space="preserve">hal-03807921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hygienization of mixed animal by-product using Pulsed Electric Field: Inactivation kinetics modeling and recovery of indicator bacteria</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Overview of hygienization pretreatment for pasteurization and methane potential enhancement of biowaste: Challenges, state of the art and alternative technologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaojun Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Lendormi</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yves Lemée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Lanoisellé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Engineering Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 368, pp.1-9. </w:t>
+              <w:t xml:space="preserve">Journal of Cleaner Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 236, pp.117525. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cej.2019.02.158⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jclepro.2019.06.356⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03807921v1</w:t>
+                <w:t xml:space="preserve">hal-03807946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of thermal pretreatment at 70 degrees C for one hour (EU hygienization conditions) of various organic wastes on methane production under mesophilic anaerobic digestion</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Evaluation of Methane Production of Six Varieties of Date Pulp Waste (Phoenix Dactylifera L.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ikbel Souli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaojun Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ikbel Souli</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Lendormi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamad-Amr Chamaa</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thomas Lendormi</w:t>
+                <w:t xml:space="preserve">Nizar Chaira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Sabourin</w:t>
+                <w:t xml:space="preserve">Ali Ferchichi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aims Environmental Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 5 (2), pp.117-128. </w:t>
+              <w:t xml:space="preserve">Chemical Engineering Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3934/environsci.2018.2.117⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3303/CET1870264⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02069282v1</w:t>
+                <w:t xml:space="preserve">hal-05391997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Review of Hygienization Technology of Biowastes for Anaerobic Digestion: Effect on Pathogen Inactivation and Methane Production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaojun Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Lendormi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2099,161 +2099,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05392001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of Methane Production of Six Varieties of Date Pulp Waste (Phoenix Dactylifera L.)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of thermal pretreatment at 70 degrees C for one hour (EU hygienization conditions) of various organic wastes on methane production under mesophilic anaerobic digestion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaojun Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ikbel Souli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Xiaojun Liu</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamad-Amr Chamaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Lendormi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ali Ferchichi</w:t>
+                <w:t xml:space="preserve">Claire Sabourin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Engineering Transactions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, </w:t>
+              <w:t xml:space="preserve">Aims Environmental Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 5 (2), pp.117-128. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3303/CET1870264⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3934/environsci.2018.2.117⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05391997v1</w:t>
+                <w:t xml:space="preserve">hal-02069282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2297,51 +2297,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel El Hajj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elias Daouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Pauss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mottelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2396,51 +2396,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">OBIWAN project: from organic waste to chemical components via biogas – an integrated (bio)chemical carbon cycle with CO2 recovery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaojun Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Andre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2448,51 +2448,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sorosh Samiei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mottelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Pauss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Technological Systems, Sustainability and Safety Conference (TS3)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Technologie de Compiègne [UTC], UTT, UTBM,UTTOP, Oct 2025, Paris, France</w:t>
@@ -2534,90 +2534,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inhibition de la digestion anaérobie des boues d'épuration urbaines par le propionate de sodium : production de biogaz et évolution de la communauté microbienne dans des réacteurs semi-continus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel Awinzure Agumah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaojun Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Soulard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiaojun Liu</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Laura André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Pauss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19e Congrès de la Société Française du Génie des Procédés (SFGP 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française du Génie des Procédés, Oct 2024, Deauville, France</w:t>
@@ -2640,301 +2640,301 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05306554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combined fungal and chemical pretreatment of lignocellulosic biomass for biogas production enhancement: effect of pretreatment order and fungal strains</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Estelle Léonard</w:t>
+                <w:t xml:space="preserve">Codigestion de boues activées avec une fraction organique d'ordures ménagères et du fumier équin en réacteurs semi-continus thermophile et mésophile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavien Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaojun Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Magis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19e Congrès de la Société Française du Génie des Procédés (SFGP2024)</w:t>
+              <w:t xml:space="preserve">19e Congrès de la Société Française du Génie des Procédés (SFGP 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française du Génie des Procédés, Oct 2024, Deauville, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05306589v1</w:t>
+                <w:t xml:space="preserve">hal-05306534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Codigestion de boues activées avec une fraction organique d'ordures ménagères et du fumier équin en réacteurs semi-continus thermophile et mésophile</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alain Magis</w:t>
+                <w:t xml:space="preserve">Combined fungal and chemical pretreatment of lignocellulosic biomass for biogas production: Effect of pretreatment order and fungal strains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shruthi Meenakshisundaram</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincenzo Calcagno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Ceballos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Fayeulle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Léonard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19e Congrès de la Société Française du Génie des Procédés (SFGP 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française du Génie des Procédés, Oct 2024, Deauville, France</w:t>
+              <w:t xml:space="preserve">18th IWA World Conference on Anaerobic Digestion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Istanbul Technical University, Jun 2024, Istanbul, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05306534v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04618500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combined fungal and chemical pretreatment of lignocellulosic biomass for biogas production: Effect of pretreatment order and fungal strains</w:t>
+                <w:t xml:space="preserve">Combined fungal and chemical pretreatment of lignocellulosic biomass for biogas production enhancement: effect of pretreatment order and fungal strains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shruthi Meenakshisundaram</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincenzo Calcagno</w:t>
@@ -2969,73 +2969,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Léonard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th IWA World Conference on Anaerobic Digestion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Istanbul Technical University, Jun 2024, Istanbul, Turkey</w:t>
+              <w:t xml:space="preserve">19e Congrès de la Société Française du Génie des Procédés (SFGP2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française du Génie des Procédés, Oct 2024, Deauville, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04618500v1</w:t>
+                <w:t xml:space="preserve">hal-05306589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biomass characterization and biogas production of pretreated straw: is there a correlation?</w:t>
               </w:r>
@@ -3168,51 +3168,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Novel approaches to modeling dry anaerobic digestion by considering water porosity evolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Coutu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaojun Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Bourget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3306,527 +3306,527 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inhibition de la digestion anaérobie des boues d'épuration urbaines par le propionate de sodium : production de biogaz et évolution de la communauté microbienne dans des réacteurs semi-continus</w:t>
+                <w:t xml:space="preserve">Inhibition of anaerobic digestion of urban sewage sludge by sodium propionate: biogas production and microbial community shift in continuous reactors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel Awinzure Agumah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Chloé Soulard</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaojun Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiaojun Liu</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">André Pauss</w:t>
+                <w:t xml:space="preserve">Laura André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Thibault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Auneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Recherche Innovation Biogaz Méthanisation 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2024, Pau, France. 2024</w:t>
+              <w:t xml:space="preserve">18th IWA World Conference On Anaerobic Digestion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Istanbul, Turkey. 18th IWA World Conference on Anaerobic Digestion CONFERENCE PROCEEDINGS, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05306597v1</w:t>
+                <w:t xml:space="preserve">hal-04647882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A thermophilic and mesophilic two-phase codigestion of waste activated sludge with organic fraction waste and equine manure</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Inhibition de la digestion anaérobie des boues d'épuration urbaines par le propionate de sodium : production de biogaz et évolution de la communauté microbienne dans des réacteurs semi-continus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel Awinzure Agumah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Soulard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaojun Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Alain Magis</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Andre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Pauss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Recherche Innovation Biogaz Méthanisation 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Mar 2024, Pau, France</w:t>
+              <w:t xml:space="preserve">, Mar 2024, Pau, France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05307345v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05306597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deciphering the effect of propionic acid on anaerobic digestion of sludge: gas production and microbial community structure</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A thermophilic and mesophilic two-phase codigestion of waste activated sludge with organic fraction waste and equine manure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Laura André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavien Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Xiaojun Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Thierry Ribeiro</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Magis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th IWA World Conference On Anaerobic Digestion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Istanbul, Turkey. , 18th IWA World Conference on Anaerobic Digestion CONFERENCE PROCEEDINGS, 2024</w:t>
+              <w:t xml:space="preserve">Journée Recherche Innovation Biogaz Méthanisation 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04647849v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05307345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inhibition of anaerobic digestion of urban sewage sludge by sodium propionate: biogas production and microbial community shift in continuous reactors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Joel Awinzure Agumah</w:t>
+                <w:t xml:space="preserve">Deciphering the effect of propionic acid on anaerobic digestion of sludge: gas production and microbial community structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Soulard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaojun Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Pauss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiaojun Liu</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Laura André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Camille Auneau</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Ribeiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18th IWA World Conference On Anaerobic Digestion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2024, Istanbul, Turkey. 18th IWA World Conference on Anaerobic Digestion CONFERENCE PROCEEDINGS, 2024</w:t>
+              <w:t xml:space="preserve">, Jun 2024, Istanbul, Turkey. , 18th IWA World Conference on Anaerobic Digestion CONFERENCE PROCEEDINGS, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04647882v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04647849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bioaugmentation with anaerobic fungi for biogas production from straw</w:t>
               </w:r>
@@ -3864,51 +3864,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Ceballos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Léonard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaojun Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium on Anaerobic Microbiology (ISAM) 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Innsbruck, Austria</w:t>
@@ -3989,51 +3989,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Léonard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Ceballos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaojun Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4 th International Conference on Biogas Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Braga, Portugal</w:t>
@@ -4094,51 +4094,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hygiénisation par technologie électrique de déchets alimentaires en vue de leur méthanisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaojun Liu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Génie des procédés. Université de Bretagne Sud, 2019. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2019LORIS602⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -4255,51 +4255,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5712DFB5"/>
+    <w:nsid w:val="F4F8352F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4486,51 +4486,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/xiaojunliu92" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1357-1091" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/248699873" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/AAW-6201-2020" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05353130v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yingjia Chen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renli Hu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaojun Liu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinyu Du" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ge Yin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seppur.2025.135911" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083696v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Pauss" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Andr&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Ribeiro" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/chemengineering9030053" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952139v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shruthi Meenakshisundaram" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Calcagno" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Ceballos" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Fayeulle" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle L&#233;onard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en16031146" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390023v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guanzhen Sun" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Wu" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luting Chen" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.165194" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952114v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Coutu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mottelet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en16031108" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-03807805v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/applmicrobiol2040055" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390252v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qi Wang" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai-Ning Lv" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=An-Ting Wang" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Wang" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.151281" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03594349v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Mercier-Huat" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Fayolle" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app12031105" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03236600v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lendormi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Lanoisell&#233;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en14071938" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478855v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Grosma&#238;tre" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app112411843" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492048v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Le Fellic" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Lem&#233;e" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wasman.2020.08.012" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-03807946v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2019.06.356" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-03807921v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2019.02.158" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069282v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikbel Souli" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad-Amr Chamaa" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Sabourin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/environsci.2018.2.117" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392001v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1870089" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391997v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Chaira" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Ferchichi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1870264" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-05371453v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charbel El Hajj" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Daouk" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khashayar Saleh" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384807v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Andre" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sorosh Samiei" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05306554v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Awinzure Agumah" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Soulard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05306589v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05306534v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Picard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Moreau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Magis" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618500v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012121v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34746/kjsg-8d70" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240652v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Bourget" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Alejandro Hernandez-Shek" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05306597v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05307345v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647849v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647882v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Thibault" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Auneau" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227230v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Podmirseg" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227252v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02969649v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019LORIS602" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/xiaojunliu92" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1357-1091" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/248699873" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/AAW-6201-2020" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083696v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaojun Liu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Pauss" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Andr&#233;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Ribeiro" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/chemengineering9030053" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05353130v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yingjia Chen" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renli Hu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinyu Du" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ge Yin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seppur.2025.135911" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952139v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shruthi Meenakshisundaram" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Calcagno" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Ceballos" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Fayeulle" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle L&#233;onard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en16031146" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390023v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guanzhen Sun" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Wu" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luting Chen" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.165194" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952114v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Coutu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mottelet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en16031108" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-03807805v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/applmicrobiol2040055" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390252v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qi Wang" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai-Ning Lv" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=An-Ting Wang" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Wang" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.151281" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03594349v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Mercier-Huat" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Fayolle" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app12031105" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03236600v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lendormi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Lanoisell&#233;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en14071938" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478855v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Grosma&#238;tre" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app112411843" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492048v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Le Fellic" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Lem&#233;e" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wasman.2020.08.012" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-03807921v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2019.02.158" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-03807946v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2019.06.356" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391997v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikbel Souli" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Chaira" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Ferchichi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1870264" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392001v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1870089" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069282v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad-Amr Chamaa" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Sabourin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/environsci.2018.2.117" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-05371453v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charbel El Hajj" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Daouk" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khashayar Saleh" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384807v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Andre" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sorosh Samiei" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05306554v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Awinzure Agumah" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Soulard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05306534v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Picard" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Moreau" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Magis" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618500v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05306589v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012121v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34746/kjsg-8d70" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240652v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Bourget" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Alejandro Hernandez-Shek" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647882v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Thibault" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Auneau" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05306597v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05307345v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647849v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227230v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Podmirseg" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227252v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02969649v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019LORIS602" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>