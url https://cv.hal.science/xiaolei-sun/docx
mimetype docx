--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -132,2555 +132,2555 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (18)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Micro‐Faunal and Edaphic Controls on Microbial Carbon Cycling Across Primary and Secondary Successional Trajectories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lei Du</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Bol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chengwei Tu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaolei Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruyi Luo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Global Change Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 31 (12), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/gcb.70642⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05424178v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effect of rainfall event on water-dispersible colloids in a hyper-arid Atacama alluvial fan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaolei Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Matthias May</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Mollier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miaoyue Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qian Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CATENA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 259, pp.109355. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.catena.2025.109355⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05232713v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Responsive root traits and mitigating strategies for wheat production under single or combined abiotic stress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Si Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lizhi Long</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaolei Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Parsons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhenjiang Zhou</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Journal of Agronomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 162, pp.127393. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.eja.2024.127393⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05174701v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biochar effects on soil nitrogen retention, leaching and yield of perennial citron daylily under three irrigation regimes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaolei Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaosong Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhengyi Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fulai Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zijian Xie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Agricultural Water Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 296, pp.108788. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.agwat.2024.108788⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04533076v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effects of 3-year biochar application on carbon sequestration, nitrogen retention and nitrate leaching of fluvo-aquic soil profiles in vegetable rotation fields</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaosong Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zijian Xie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhengyi Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guoqi Wen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Songyan Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 367, pp.108989. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.agee.2024.108989⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05174786v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Water-dispersible colloids distribution along an alluvial fan transect in hyper-arid Atacama Desert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaolei Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Matthias May</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wulf Amelung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ni Tang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominik Brill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geoderma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 438, pp.116650. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.geoderma.2023.116650⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05174882v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fe(III) stabilizing soil organic matter and reducing methane emissions in paddy fields under varying flooding conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zheng Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huabin Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jinli Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xian Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronglin Su</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ecotoxicology and Environmental Safety</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 259, pp.114999. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecoenv.2023.114999⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04109834v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Low soil C:N ratio results in accumulation and leaching of nitrite and nitrate in agricultural soils under heavy rainfall</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaosong Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhengyi Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zijian Xie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Songyan Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaolei Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pedosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 33 (6), pp.865-879. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pedsph.2023.03.010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05175016v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fog controls biological cycling of soil phosphorus in the Coastal Cordillera of the Atacama Desert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaolei Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wulf Amelung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwin Klumpp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janek Walk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramona Mörchen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Global Change Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 30 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/gcb.17068⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05174808v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedogenesis at the coastal arid-hyperarid transition deduced from a Late Quaternary chronosequence at Paposo, Atacama Desert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janek Walk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philipp Schulte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melanie Bartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Binnie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Kehl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CATENA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 228, pp.107171. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.catena.2023.107171⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05175012v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Organic phosphorus leaching risk from agricultural soils across China</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaolei Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Bol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwin Klumpp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meng Li</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chemical and Biological Technologies in Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 9 (1), pp.35. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s40538-022-00302-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05175019v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effects of biochar application and irrigation rate on the soil phosphorus leaching risk of fluvisol profiles in open vegetable fields</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zijian Xie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaosong Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaolei Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lijuan Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Songyan Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 789, pp.147973. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2021.147973⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05175033v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sulfur controlled cadmium dissolution in pore water of cadmium-contaminated soil as affected by DOC under waterlogging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guoxi Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhengyi Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Songyan Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaolei Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chemosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 240, pp.124846. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2019.124846⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05175040v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phosphorus Leaching from Soil Profiles in Agricultural and Forest Lands Measured by a Cascade Extraction Method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zijian Xie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Songyan Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sichen Tang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lijuan Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guoxi Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Environmental Quality</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 48 (3), pp.568-578. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2134/jeq2018.07.0285⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05175044v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compositional and chemical characteristics of dissolved organic matter in various types of cropped and natural Chinese soils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Songyan Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meng Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guoxi Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaolei Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beidou Xi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chemical and Biological Technologies in Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 6 (1), pp.20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s40538-019-0158-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05175037v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Optimization of pollutant reduction system for controlling agricultural non-point-source pollution based on grey relational analysis combined with analytic hierarchy process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaolei Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhengyi Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meng Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zijian Xie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Songyan Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Environmental Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 243, pp.370-380. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jenvman.2019.04.089⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05175041v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Long‐term fertilization alters microbial community but fails to reclaim soil organic carbon stocks in a land‐use changed soil of the Tibetan Plateau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meng Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guoxi Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoming Kang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hualing Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Land Degradation and Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 31 (4), pp.531-542. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ldr.3469⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05175036v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Response of phosphorus fractions to land-use change followed by long-term fertilization in a sub-alpine humid soil of Qinghai–Tibet plateau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaolei Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meng Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guoxi Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marios Drosos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fulai Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Soils and Sediments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 19 (3), pp.1109-1119. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11368-018-2132-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05175046v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Water-driven soil phosphorus dynamics in the hyper-arid Atacama Desert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaolei Sun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Soil study. RWTH Aachen University, 2025. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-05196190v1</w:t>
-              </w:r>
-[...2421 lines deleted...]
-                <w:t xml:space="preserve">hal-05175046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2698,90 +2698,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phosphate pools and oxygen signature in the hyper-arid Atacama Desert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaolei Sun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wulf Amelung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federica Tamburini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwin Klumpp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramona Morchen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2832,103 +2832,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing soil formation under coastal hyperaridity since the Mid-Pleistocene using a chronosequence dated by in situ cosmogenic 10Be at Paposo, Atacama Desert (N Chile)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janek Walk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher Tittmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philipp Schulte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramona Mörchen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaolei Sun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Viena, Austria. 2022, </w:t>
@@ -3024,77 +3024,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grigorios Kyriakopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miltiadis Zamparas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaolei Sun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meng Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marios Drosos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Lake Restoration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer International Publishing, pp.101-143, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3141,90 +3141,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Novel Composite Materials as P-Adsorption Agents and Their Potential Applications as Fertilizers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chen Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaolei Sun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meng Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miltiadis Zamparas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marios Drosos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Lake Restoration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer International Publishing, pp.171-193, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3348,51 +3348,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="CE771829"/>
+    <w:nsid w:val="A1C7062C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3579,51 +3579,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/xiaolei-sun" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5117-812X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-05196190v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaolei Sun" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05424178v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Du" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Bol" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chengwei Tu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruyi Luo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.70642" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05232713v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Matthias May" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Mollier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miaoyue Zhang" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qian Zhang" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.catena.2025.109355" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05174701v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Si Chen" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lizhi Long" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Parsons" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenjiang Zhou" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2024.127393" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-04533076v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaosong Yang" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhengyi Hu" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fulai Liu" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zijian Xie" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agwat.2024.108788" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05174786v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guoqi Wen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Songyan Li" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2024.108989" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05175012v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janek Walk" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Schulte" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Bartz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Binnie" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Kehl" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.catena.2023.107171" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05174882v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wulf Amelung" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ni Tang" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik Brill" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2023.116650" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-04109834v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zheng Sun" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huabin Li" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinli Hu" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xian Wu" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronglin Su" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2023.114999" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05175016v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pedsph.2023.03.010" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05174808v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwin Klumpp" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramona M&#246;rchen" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.17068" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05175019v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meng Li" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40538-022-00302-6" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05175033v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lijuan Huang" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.147973" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05175040v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guoxi Wang" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Wang" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2019.124846" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05175044v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sichen Tang" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2134/jeq2018.07.0285" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05175037v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beidou Xi" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40538-019-0158-z" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05175041v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2019.04.089" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05175036v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoming Kang" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hualing Hu" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ldr.3469" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05175046v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marios Drosos" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11368-018-2132-y" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05196250v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Tamburini" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramona Morchen" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-16254" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05175023v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Tittmann" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-7889" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05175029v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grigorios Kyriakopoulos" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miltiadis Zamparas" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-76380-0_5" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05175028v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Zhang" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-76380-0_7" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/xiaolei-sun" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5117-812X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05424178v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Du" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Bol" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chengwei Tu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaolei Sun" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruyi Luo" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.70642" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05232713v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Matthias May" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Mollier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miaoyue Zhang" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qian Zhang" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.catena.2025.109355" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05174701v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Si Chen" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lizhi Long" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Parsons" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenjiang Zhou" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2024.127393" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-04533076v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaosong Yang" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhengyi Hu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fulai Liu" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zijian Xie" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agwat.2024.108788" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05174786v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guoqi Wen" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Songyan Li" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2024.108989" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05174882v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wulf Amelung" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ni Tang" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik Brill" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2023.116650" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-04109834v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zheng Sun" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huabin Li" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinli Hu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xian Wu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronglin Su" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2023.114999" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05175016v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pedsph.2023.03.010" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05174808v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwin Klumpp" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janek Walk" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramona M&#246;rchen" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.17068" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05175012v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Schulte" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Bartz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Binnie" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Kehl" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.catena.2023.107171" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05175019v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meng Li" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40538-022-00302-6" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05175033v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lijuan Huang" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.147973" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05175040v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guoxi Wang" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Wang" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2019.124846" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05175044v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sichen Tang" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2134/jeq2018.07.0285" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05175037v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beidou Xi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40538-019-0158-z" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05175041v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2019.04.089" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05175036v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoming Kang" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hualing Hu" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ldr.3469" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05175046v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marios Drosos" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11368-018-2132-y" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-05196190v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05196250v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Tamburini" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramona Morchen" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-16254" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05175023v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Tittmann" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-7889" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05175029v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grigorios Kyriakopoulos" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miltiadis Zamparas" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-76380-0_5" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05175028v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Zhang" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-76380-0_7" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>