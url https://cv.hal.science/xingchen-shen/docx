--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -434,511 +434,511 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04755929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of cationic ordering on the lattice dynamics of monoclinic Cu&amp;lt;sub&amp;gt;5&amp;lt;/sub&amp;gt;Sn&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;S&amp;lt;sub&amp;gt;7&amp;lt;/sub&amp;gt; and cubic Cu&amp;lt;sub&amp;gt;5&amp;lt;/sub&amp;gt;Sn&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;S&amp;lt;sub&amp;gt;6.65&amp;lt;/sub&amp;gt;Cl&amp;lt;sub&amp;gt;0.35&amp;lt;/sub&amp;gt; sulfides</w:t>
+                <w:t xml:space="preserve">Structure Low Dimensionality and Lone-Pair Stereochemical Activity: the Key to Low Thermal Conductivity in the Pb–Sn–S System</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Candolfi</w:t>
+                <w:t xml:space="preserve">Paribesh Acharyya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucas Le Gars</w:t>
+                <w:t xml:space="preserve">Koushik Pal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabin Guélou</w:t>
+                <w:t xml:space="preserve">Bin Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pavan Kumar Ventrapati</w:t>
+                <w:t xml:space="preserve">Tristan Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmelo Prestipino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 128 (33), pp.14075-14084. </w:t>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 146 (19), pp.13477-13487. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.4c03489⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/jacs.4c02893⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04671407v1</w:t>
+                <w:t xml:space="preserve">hal-04571271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure Low Dimensionality and Lone-Pair Stereochemical Activity: the Key to Low Thermal Conductivity in the Pb–Sn–S System</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Three-Fold Coordination of Copper in Sulfides: A Blockade for Hole Carrier Delocalization but a Driving Force for Ultralow Thermal Conductivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Krishnendu Maji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Bernard Raveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Lemoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Boullay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Paribesh Acharyya</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Carmelo Prestipino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 146 (19), pp.13477-13487. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jacs.4c02893⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 146 (14), pp.9741-9754. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jacs.3c13884⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04571271v1</w:t>
+                <w:t xml:space="preserve">hal-04529299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three-Fold Coordination of Copper in Sulfides: A Blockade for Hole Carrier Delocalization but a Driving Force for Ultralow Thermal Conductivity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Krishnendu Maji</w:t>
+                <w:t xml:space="preserve">Influence of cationic ordering on the lattice dynamics of monoclinic Cu&amp;lt;sub&amp;gt;5&amp;lt;/sub&amp;gt;Sn&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;S&amp;lt;sub&amp;gt;7&amp;lt;/sub&amp;gt; and cubic Cu&amp;lt;sub&amp;gt;5&amp;lt;/sub&amp;gt;Sn&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;S&amp;lt;sub&amp;gt;6.65&amp;lt;/sub&amp;gt;Cl&amp;lt;sub&amp;gt;0.35&amp;lt;/sub&amp;gt; sulfides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Raveau</w:t>
+                <w:t xml:space="preserve">Lucas Le Gars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Lemoine</w:t>
+                <w:t xml:space="preserve">Gabin Guélou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Boullay</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Paribesh Acharyya</w:t>
+                <w:t xml:space="preserve">Pavan Kumar Ventrapati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmelo Prestipino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 146 (14), pp.9741-9754. </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 128 (33), pp.14075-14084. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/jacs.3c13884⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.4c03489⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04529299v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04671407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lone pair induced 1D character and weak cation–anion interactions: Two ingredients for low thermal conductivity in mixed-anion metal chalcohalide CuBiSCl&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xingchen Shen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Koushik Pal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paribesh Acharyya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paribesh Acharyya</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Bernard Raveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Boullay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 146 (42), pp.29072-29083. </w:t>
@@ -1066,51 +1066,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="EC8DC57A"/>
+    <w:nsid w:val="A5D6C0D9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1297,51 +1297,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/xingchen-shen" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1293-1067" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462574v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jincheng Yue" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiongzhi Zheng" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xingchen Shen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krishnendu Maji" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chun&#8208;chuen Yang" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.202506386" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755929v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zezhu Zeng" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruihuan Cheng" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Perez" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niuchang Ouyang" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-46799-3" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04671407v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Candolfi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Le Gars" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabin Gu&#233;lou" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavan Kumar Ventrapati" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmelo Prestipino" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.4c03489" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571271v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paribesh Acharyya" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koushik Pal" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bin Zhang" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Barbier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.4c02893" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529299v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Raveau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lemoine" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Boullay" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.3c13884" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756029v2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.4c10520" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/xingchen-shen" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1293-1067" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462574v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jincheng Yue" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiongzhi Zheng" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xingchen Shen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krishnendu Maji" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chun&#8208;chuen Yang" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.202506386" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755929v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zezhu Zeng" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruihuan Cheng" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Perez" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niuchang Ouyang" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-46799-3" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571271v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paribesh Acharyya" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koushik Pal" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bin Zhang" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Barbier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmelo Prestipino" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.4c02893" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529299v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Raveau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lemoine" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Boullay" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.3c13884" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04671407v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Candolfi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Le Gars" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabin Gu&#233;lou" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavan Kumar Ventrapati" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.4c03489" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756029v2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.4c10520" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>