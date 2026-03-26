--- v0 (2026-03-03)
+++ v1 (2026-03-26)
@@ -339,329 +339,329 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05453289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Developing an Annotation Guide for Lexical Error Analysis in L2 Chinese Learner Corpora</w:t>
+                <w:t xml:space="preserve">From Errors to Insights: Redefining Lexical Error Analysis in L2 Chinese</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xinyue Yu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Linguistic Facts in Chinese Over the Last Thirty Years: Linguistic and Didactic Reflections</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Recherche et Enseignement du Chinois (AREC), Jun 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">The 5th International Symposium of the European Association of Chinese Teaching in celebration of the 10th Anniversary of the EACT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, The European Association of Chinese Teaching (EACT), Jul 2025, Naples (Italie), Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05151646v1</w:t>
+                <w:t xml:space="preserve">hal-05151653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Problèmes de terminologie posés par l’enseignement des compléments résultatifs, directionnels et potentiels dans un cours de grammaire de chinois L2</w:t>
+                <w:t xml:space="preserve">Verbes composés résultatifs (VCR) dans l’interlangue d’apprenants francophones en chinois : Lego ou Playmobil ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xinyue Yu</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Odile Roth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international De la linguistique à la didactique des langues / International Conference From Linguistics to Language Teaching</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut national des langues et civilisations orientales; Shanghai Jiao Tong University; Ecole d'Ingénieur Paris SJTU, Jan 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">Journée d’études sur les langues orientales (4e édition)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L’unité de recherche ReSO (Recherches sur les Suds et les Orients, Université de Montpellier Paul Valéry, Nov 2025, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04918444v1</w:t>
+                <w:t xml:space="preserve">hal-05372434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Verbes composés résultatifs (VCR) dans l’interlangue d’apprenants francophones en chinois : Lego ou Playmobil ?</w:t>
+                <w:t xml:space="preserve">Problèmes de terminologie posés par l’enseignement des compléments résultatifs, directionnels et potentiels dans un cours de grammaire de chinois L2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xinyue Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Arslangul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Roth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’études sur les langues orientales (4e édition)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, L’unité de recherche ReSO (Recherches sur les Suds et les Orients, Université de Montpellier Paul Valéry, Nov 2025, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Colloque international De la linguistique à la didactique des langues / International Conference From Linguistics to Language Teaching</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut national des langues et civilisations orientales; Shanghai Jiao Tong University; Ecole d'Ingénieur Paris SJTU, Jan 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05372434v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04918444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From Errors to Insights: Redefining Lexical Error Analysis in L2 Chinese</w:t>
+                <w:t xml:space="preserve">Developing an Annotation Guide for Lexical Error Analysis in L2 Chinese Learner Corpora</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xinyue Yu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 5th International Symposium of the European Association of Chinese Teaching in celebration of the 10th Anniversary of the EACT</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, The European Association of Chinese Teaching (EACT), Jul 2025, Naples (Italie), Italy</w:t>
+              <w:t xml:space="preserve">New Linguistic Facts in Chinese Over the Last Thirty Years: Linguistic and Didactic Reflections</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Recherche et Enseignement du Chinois (AREC), Jun 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05151653v1</w:t>
+                <w:t xml:space="preserve">hal-05151646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Error analysis of vocabulary misuse in the interlanguage of French L2 learners of Chinese</w:t>
               </w:r>
@@ -1756,51 +1756,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Delaporte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilaine Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Arslangul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xinyue Cécilia Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2176,51 +2176,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04896393v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinyue Yu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-01940556v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinyue C&#233;cilia Yu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05453289v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151646v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04918444v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Arslangul" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Roth" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372434v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151653v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708790v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580499v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pei-Ci LI" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882907v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882886v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lamarre" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893706v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marzena Watorek" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qianwen Guan" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Tr&#233;visiol-Okamura" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebekah Rast" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01428453v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoshi Hu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01428536v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882859v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Magistry" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882626v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02964330v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedi Majdoub" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-04006587v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuwen Tang" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864542v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raoul Blin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Delaporte" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaine Wang" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-04006646v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01582954v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04896393v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinyue Yu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-01940556v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinyue C&#233;cilia Yu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05453289v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151653v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372434v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04918444v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Arslangul" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Roth" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151646v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708790v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580499v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pei-Ci LI" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882907v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882886v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lamarre" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893706v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marzena Watorek" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qianwen Guan" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Tr&#233;visiol-Okamura" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebekah Rast" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01428453v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoshi Hu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01428536v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882859v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Magistry" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882626v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02964330v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedi Majdoub" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-04006587v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuwen Tang" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864542v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raoul Blin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Delaporte" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaine Wang" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-04006646v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01582954v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>