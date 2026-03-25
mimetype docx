--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -168,17201 +168,17430 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (58)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Covariance Fitting Interferometric Phase Linking: Modular Framework and Optimization Algorithms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phan Viet Hoa Vu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Breloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Brigui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Ginolhac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Transactions on Geoscience and Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.1-1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TGRS.2025.3550978⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05019077v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robust Sequential Phase Estimation using Multi-temporal SAR Image Series</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dana El Hajjar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Ginolhac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Nabil El Korso</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Signal Processing Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 32, pp.811-815. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LSP.2025.3537334⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04952062v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sequential Covariance Fitting for InSAR Phase Linking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dana El Hajjar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Ginolhac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Nabil El Korso</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Transactions on Geoscience and Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.1-1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TGRS.2025.3583566⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05153624v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Using Deep Learning for Glacier Thickness Estimation at a Regional Scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenzo Lopez Uroz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Rabatel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Giffard-Roisin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Geoscience and Remote Sensing Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 21, pp.2000405. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LGRS.2024.3353575⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04434824v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exploring Deep Learning for Volcanic Source Inversion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenzo Lopez Uroz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Albino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bouygues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Transactions on Geoscience and Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 62, pp.1-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TGRS.2024.3494253⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04812361v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ice aprons on steep high-alpine slopes: insights from the Mont-Blanc massif, Western Alps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Ravanel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suvrat Kaushik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susanne Preunkert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Malet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Glaciology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 69 (277), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/jog.2023.15⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04172099v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robust Phase Linking in InSAR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phan Viet Hoa Vu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Breloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Brigui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Ginolhac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Transactions on Geoscience and Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 61, pp.1-11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TGRS.2023.3289338⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04161539v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Operando X-ray Absorption Spectroscopic Study of Ultradispersed Mo/TiO 2 CO 2 -Hydrogenation Catalysts: Why Does Rutile Promote Methanol Synthesis?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Len</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Afanasiev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Aouine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Morfin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ACS Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (21), pp.13982-13993. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acscatal.3c02149⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04284622v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fusion of Multitemporal Multisensor Velocities Using Temporal Closure of Fractions of Displacements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurane Charrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Trouvé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Colin Koeniguer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Mouginot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Geoscience and Remote Sensing Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 19, pp.2001805. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LGRS.2022.3227413⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04030559v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Technical Design Report for the PANDA Endcap Disc DIRC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Davì</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Erni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Krusche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Steinacher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Walford</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Physics G: Nuclear and Particle Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 49 (12), pp.120501. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6471/abb6c1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03143726v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fusion of multi-temporal and multi-sensor ice velocity observations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurane Charrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Colin Koeniguer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremie Mouginot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Millan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ISPRS Annals of the Photogrammetry, Remote Sensing and Spatial Information Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/isprs-annals-V-3-2022-311-2022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03602685v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Land cover classification of the Alps from InSAR temporal coherence matrices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Giffard-Roisin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salaheddine Boudaour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Doin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdourrahmane Atto</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 3, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/frsen.2022.932491⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03829187v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effects of topographic and meteorological parameters on the surface area loss of ice aprons in the Mont Blanc massif (European Alps)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suvrat Kaushik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Ravanel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Magnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Trouve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Cryosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 16, pp.4251-4271. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/tc-16-4251-2022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03859253v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Extraction of velocity time series with an optimal temporal sampling from displacement observation networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurane Charrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Colin Koeniguer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvan Leinss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Trouve</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Transactions on Geoscience and Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 60, pp.1-10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TGRS.2021.3128289⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03436678v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analysis of the Temporal Evolution of Ice Aprons in the Mont-Blanc Massif Using X and C-Band SAR Images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suvrat Kaushik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Cerino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Trouvé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Karbou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 3, pp.930021. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/frsen.2022.930021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03709780v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ice Aprons in the Mont Blanc Massif (Western European Alps): Topographic Characteristics and Relations with Glaciers and Other Types of Perennial Surface Ice Features</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suvrat Kaushik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Ravanel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Magnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Trouvé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, This article belongs to the Special Issue Remote Sensing of the Cryosphere, 14 (21), pp.5557. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/rs14215557⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03841491v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The potential of $\Lambda$ and $\Xi^-$ studies with PANDA at FAIR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Barucca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Davì</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Lancioni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Mengucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Montalto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eur.Phys.J.A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 57 (4), pp.154. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epja/s10050-021-00386-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03143650v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spatiotemporal Filling of Missing Data in Remotely Sensed Displacement Measurement Time Series</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Hippert-Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bolon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Millan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Geoscience and Remote Sensing Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 18 (12), pp.2157-2161. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LGRS.2020.3015149⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03448535v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feasibility studies for the measurement of time-like proton electromagnetic form factors from $\bar{p}p \rightarrow \mu ^+\mu ^-$ at $\overline{\text {P}}\text {ANDA}$ at FAIR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Barucca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Davì</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Lancioni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Mengucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Montalto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eur.Phys.J.A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 57 (1), pp.30. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epja/s10050-020-00333-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02905936v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Study of Excited $\Xi$ Baryons with the PANDA Detector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Barucca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Davi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Lancioni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Mengucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Montalto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eur.Phys.J.A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 57 (4), pp.149. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epja/s10050-021-00444-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03203663v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">PANDA Phase One</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Barucca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Davì</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Lancioni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Mengucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Montalto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eur.Phys.J.A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 57 (6), pp.184. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epja/s10050-021-00475-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03203644v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">EM-EOF: Gap-Filling in Incomplete SAR Displacement Time Series</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Hippert-Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bolon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Transactions on Geoscience and Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 59 (7), pp.5794-5811. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TGRS.2020.3015087⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03270699v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cobimetinib plus atezolizumab in BRAFV600 wild-type melanoma: primary results from the randomized phase III IMspire170 study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H Gogas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B Dréno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Larkin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Demidov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Stroyakovskiy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annals of Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 32 (3), pp.384 - 394. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.annonc.2020.12.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03710214v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adherence in children using positive airway pressure therapy: A big data analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ranjana Bhattacharjee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Benjafield</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeff Armitstead</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Cistulli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos M. Nunez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Lancet Digital Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 2 (2), pp.e94-e101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S2589-7500(19)30214-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03680650v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Topological background discrimination in the PandaX-III neutrinoless double beta decay experiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Galan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Du</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Fu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Giboni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Physics G: Nuclear and Particle Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 47 (4), pp.045108. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6471/ab4dbe⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02418549v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suivi des glaciers de montagne par imagerie radar satellitaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Fallourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amaury Dehecq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Jauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Vasile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Française de Photogrammétrie et de Télédétection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Numéro spécial: Radar, 219-220, pp.91-105. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.52638/rfpt.2019.471⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02190357v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Data-Adaptive EOF-Based Method for Displacement Signal Retrieval From InSAR Displacement Measurement Time Series for Decorrelating Targets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Prebet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Jauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Trouvé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Transactions on Geoscience and Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 57 (8), pp.5829 - 5852. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TGRS.2019.2902719⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02110982v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Precision resonance energy scans with the PANDA experiment at FAIR: Sensitivity study for width and line-shape measurements of the X(3872)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Barucca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Davì</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Lancioni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Mengucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Montalto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eur.Phys.J.A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 55 (3), pp.42. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epja/i2019-12718-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01990311v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Technical design report for the $\bar P$ANDA Barrel DIRC detector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Singh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Erni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Krusche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Steinacher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Walford</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">J.Phys.G</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 46 (4), pp.045001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6471/aade3d⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02404011v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Integration of Corner Reflectors for the Monitoring of Mountain Glacier Areas with Sentinel-1 Time Series</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Jauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Trouvé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Fruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Gay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 11 (8), pp.988. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/rs11080988⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02110973v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the corrosion, electrochemistry and microstructure of Al-Cu-Li alloy AA2050 as a function of ageing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Peguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Gharbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Deschamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C.R. Hutchinson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 1, pp.25-36. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mtla.2018.05.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01957383v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Possible deep connection between volcanic systems evidenced by sequential assimilation of geodetic data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mary-Grace Bato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Pinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Jouanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Vandemeulebrouck</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (11702), https://doi.org/10.1038/s41598-018-29811-x. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-018-29811-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01866136v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparison of different incremental analysis update schemes in a realistic assimilation system with Ensemble Kalman Filter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Barth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Beckers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Brankart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Brasseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ocean Modelling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 115, pp.27-41. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ocemod.2017.05.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01525832v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feasibility study for the measurement of $\pi N$ transition distribution amplitudes at $\overline P$ANDA in $\bar{p}p\to J/\psi\pi^0$</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Singh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Erni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Krusche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Steinacher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Walford</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Phys.Rev.D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 95 (3), pp.032003. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevD.95.032003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01554461v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assimilation of Deformation Data for Eruption Forecasting: Potentiality Assessment Based on Synthetic Cases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mary-Grace Bato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Pinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Earth Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 5, pp.doi: 10.3389/feart.2017.00048. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/feart.2017.00048⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01539379v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Pleistocene ice core record of atmospheric O2 concentrations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Stolper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bender</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Dreyfus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Higgins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 353 (6306), pp.1427-1430. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/science.aaf5445⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03215384v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fusion of Remotely Sensed Displacement Measurements: Current status and challenges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amaury Dehecq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Trouvé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Mauris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noel Gourmelen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE geoscience and remote sensing magazine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 4 (1), pp.6-25. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MGRS.2016.2516278⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01303960v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Local ensemble assimilation scheme with global constraints and conservation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Barth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aida Alvera-Azcárate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Beckers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ocean Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 66 (12), pp. 1651-1664</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01404476v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feasibility studies of time-like proton electromagnetic form factors at PANDA at FAIR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Singh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Erni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Krusche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Steinacher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Walford</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The European physical journal. A, Hadrons and Nuclei</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 50 (10), pp.325. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epja/i2016-16325-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-01332603v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genetic lineage tracing discloses arteriogenesis as the main mechanism for collateral growth in the mouse heart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. He</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Q. Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cardiovascular Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 109 (3), pp.419-30. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/cvr/cvw005.Epub2016Jan13⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01444457v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ensemble assimilation of ARGO temperature profile, sea surface temperature, and altimetric satellite data into an eddy permitting primitive equation model of the North Atlantic Ocean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Barth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-M. Beckers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillem Candille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. M. Brankart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 120 (7), pp.5134-5157. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/2014JC010349⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01218081v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A vertically discretised canopy description for ORCHIDEE (SVN r2290) and the modifications to the energy, water and carbon fluxes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Naudts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Ryder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. J. Mcgrath</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Otto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geoscientific Model Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 8 (7), pp.2035. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/gmd-8-2035-2015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01196479v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Physics of the B Factories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. J. Bevan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Golob</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Th. Mannel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Prell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. D. Yabsley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 74, pp.3026. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-014-3026-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-01011976v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coseismic displacement field and slip distribution of the 2005 Kashmir earthquake from SAR amplitude image correlation and differential interferometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Pinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Trouvé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Pathier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 193 (1), pp.29-46. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggs102⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00817363v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mexico City Subsidence Measured by InSAR Time Series: Joint Analysis Using PS and SBAS Approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Doin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pénélope Lopez-Quiroz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Tupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Fruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Journal of Selected Topics in Applied Earth Observations and Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 5 (4), pp.1312-1326. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JSTARS.2012.2191146⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00722904v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Protein capsules assembled via isobutyramide grafts: sequential growth, biofunctionalization, and cellular uptake.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Mertz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Cui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Devlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Chaubaroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ACS Nano</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 6 (9), pp.7584-7594. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/nn302024t⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05259852v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fusion of D-InSAR and sub-pixel image correlation measurements for coseismic displacement field estimation: Application to the Kashmir earthquake (2005)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Trouvé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Pinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Mauris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Pathier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Image and Data Fusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, vol. 3, no 1, pp. 71-92. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/19479832.2011.577563⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00621769v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fuzzy Uncertainty Representations of Coseismic Displacement Measurements Issued From SAR Imagery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Mauris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Trouvé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Pinel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Transactions on Instrumentation and Measurement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 61 (5), pp.1278 - 1286</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00700953v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fast correlation technique for glacier flow monitoring by digital camera and space-borne SAR images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavien Vernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Fallourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Friedt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Trouvé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EURASIP Journal on Image and Video Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 11, Open access. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1687-5281-2011-11⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00648027v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">EFIDIR : extraction et fusion d'informations pour la mesure de déplacements par imagerie radar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Trouvé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Ferro-Famil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Gay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Pinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Traitement du Signal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 28 (3-4), pp.375-416. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3166/ts.28.375-416⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00646032v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Present status and first results of the final focus beam line at the KEK Accelerator Test Facility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Bambade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Alabau Pons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Amann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Angal-Kalinin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Apsimon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review Special Topics: Accelerators and Beams</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 13, pp.042801. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevSTAB.13.042801⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00490983v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radar-Coding and Geocoding Lookup Tables for the Fusion of GIS Data and SAR images in Mountain Areas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Petillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Trouvé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bolon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreea Julea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Geoscience and Remote Sensing Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 7 (2), pp.309-313. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LGRS.2009.2034118⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00449066v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Measurement of the e+e- --&gt; b anti-b cross section between sqrt(S)=10.54 and 11.20 GeV</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Karyotakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Lees</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Poireau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 102, 012001 (7 p.). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.102.012001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00324470v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Observation of the bottomonium ground state in the decay Upsilon(3S) -&amp;gt; gamma eta_b</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Karyotakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Lees</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Poireau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 101, 071801 (7p.). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.101.071801⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00293937v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cloning and characterization of a new intestinal inflammation-associated colonic epithelial Ste20-related protein kinase isoform</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hang Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Dalmasso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S.V. Sitaraman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Merlin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BBA - Gene Structure and Expression</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 1769 (2), pp.106-116. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbaexp.2007.01.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04990357v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The GMRES method applied to the BEM extrapolation of solar free-force magnetic fields</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Devel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Langlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Song</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 470, pp.1185-1191. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361:20065231⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00276435v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The rho parameter of low energy proton-antiproton scattering in the $^3p_0$ quark model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Bauer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Gutsche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Muhm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Thierauf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physics Letters B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 386, pp.50-54</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00001844v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">THE TEMPERATURE CHARACTERISTICS OF THE PHOTOLUMINESCENCE FROM GaAs-GaAlAs MULTIPLE QUANTUM WELL STRUCTURES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Ge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Zu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. Zheng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal de Physique Colloques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1987, 48 (C5), pp.C5-131-C5-134. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/jphyscol:1987524⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">jpa-00226728v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (68)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Forecasting the position and timing of eruptive vents using a particle filter method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Zuccali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Pinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rencontre Scientifique Volcanologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Chambéry, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05153597v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">In situ XPS investigation of MXene-based catalysts under reductive treatments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Morfin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Prevot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Célérier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Bournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées Nationales des Spectroscopies de PhotoEmission 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Ecully, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05100365v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La régression symbolique pour la modélisation des volcans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Argheesh Bhanot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rencontre Scientifique Volcanologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Chambéry, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05154988v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Détection et Localisation des Fissures Volcaniques dans les Interférogrammes par IA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Petellat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Lin Kwong Chon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ammar Mian</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rencontre Scientifique Volcanologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Chambéry, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05154984v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouvelle approche pour l'estimation séquentielle et robuste de phase à partir de séries d'images SAR multi-temporelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dana El Hajjar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Ginolhac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Nabil El Korso</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GRETSI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05558622v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exploration de l’apprentissage automatique pour l’inversion volcanique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenzo Lopez Uroz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Albino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Giffard-Roisin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rencontre Scientifique Volcanologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Chambéry, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05153580v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sliding IPL: An efficient approach for estimating the phases of large SAR image time series</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dana El Hajjar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Breloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Ginolhac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed-Nabil El Korso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EUSIPCO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EURASIP, Sep 2025, Palermo, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05557953v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">EFFECTS OF CLASS DISTRIBUTION SHIFT IN MULTI-LABEL CLASSIFICATION SPLITS: A STUDY CASE ON BIGEARTHNET</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Verlynde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ammar Mian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IGARSS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, Aug 2025, Brisbane (AU), Australia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05314112v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sequential Phase Linking : Progressive Integration of SAR Images for Operational Phase Estimation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dana El Hajjar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Ginolhac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Nabil El Korso</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Geoscience and Remote Sensing Symposium (IGARSS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, Jul 2024, Athène, Greece. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IGARSS53475.2024.10641742⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04770259v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fragmentation-induced ﬁssion reactions of $^{236}$U in inverse kinematics to investigate the pre-fragment angular momentum parameterizations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.L Rodríguez-Sánchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Feijoo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Benlliure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Chatillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Taïeb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Nuclear Physics Conference 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Santiago de Compostela, Spain. pp.02016, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjconf/202329002016⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04346681v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deep learning multimodal methods for geophysical inversion: application to glacier ice thickness estimation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenzo Lopez Uroz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Lin-Kwong-Chon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Giffard-Roisin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20th International Conference on Content-based Multimedia Indexing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Orléans, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04219868v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Temporal Evolution of X and C Band SAR Backscattering in theMont-Blanc Massif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suvrat Kaushik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Gallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdourrahmane Atto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Ravanel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Geoscience and Remote Sensing Symposium (IGARSS 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Pasadena, CA, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04180662v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Covariance fitting based InSAR Phase Linking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phan Viet Hoa VU</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Breloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Brigui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Ginolhac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Geoscience and Remote Sensing Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Pasadena, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04219900v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Improving ice thickness estimation of glaciers using deep learning methods : a case study in the Swiss Alps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenzo Lopez Uroz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Rabatel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amaury Dehecq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EGU General Assembly 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Vienne, Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu23-8339⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04161552v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monitoring hanging glacier dynamics from sar images using corner reflectors and field measurements in the Mont-Blanc Massif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suvrat Kaushik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvan Leinss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Ravanel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Trouvé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XXIV ISPRS Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Interntional Society for Photogrammetry and remote sensing, Jun 2022, Nice (06000), France. pp.325-332, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/isprs-annals-V-3-2022-325-2022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03702869v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouvel Algorithme d'estimation de phases pour InSAR multi-temporelle basé sur le maximum de vraisemblance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phan Viet Hoa Vu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Brigui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Breloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Ginolhac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GRETSI, XXVIIIème Colloque Francophone de Traitement du Signal et des Images, GRETSI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Nancy, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03778392v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monitoring hanging glacier dynamics from sar images using corner reflectors and field measurements in the Mont-Blanc Massif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suvrat Kaushik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvan Leinss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Ravanel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Trouvé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ISPRS Congress 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Nice, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/isprs-annals-V-3-2022-325-2022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03702935v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fusion of multi-sensor, multi-temporal velocity observations to study intra-annual glacier dynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurane Charrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Trouvé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Colin Koeniguer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvan Leinss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EGU General Assembly 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Vienne, Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu22-10033⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03702914v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A New Phase Linking Algorithm for Multi-temporal InSAR based on the Maximum Likelihood Estimator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phan Viet Hoa VU</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Brigui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Breloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Ginolhac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE International Geoscience and Remote Sensing Symposium ( IGARSS ) 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Kuala Lumpur, Malaysia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03761316v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fusion of glacier displacement observations with different temporal baselines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurane Charrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Colin-Koeniguer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Trouvé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IGARSS 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Bruxelles, Belgium. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IGARSS47720.2021.9553831⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03340445v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Distribution and evolution of ice aprons in a changing climate in the Mont Blanc massif (Western European Alps)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suvrat Kaushik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Ravanel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Magnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Trouve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XXIV International Society for Photogrammetry, Remote Sensing and Spatial Information Sciences Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Society for Photogrammetry and Remote Sensing, Jul 2021, en ligne, France. pp.469 - 475, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/isprs-archives-xliii-b3-2021-469-2021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03449050v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gap-filling based on EOF analysis of spatio-temporal covariance of satellite image derived displacement time series</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Hippert-Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bolon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IGARSS 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, -, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02968103v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spatio-temporal missing data reconstruction in satellite displacement measurement time series</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Hippert-Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bolon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Millan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EGU General Assembly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2020, Vienne, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02569192v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fusion and mining of glacier surface flow velocity time series</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurane Charrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Koeniguer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Trouvé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Millan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EGU General Assembly 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2020, Virtuel, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu2020-20335⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05024088v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gap-filling based on iterative EOF analysis of temporal covariance : application to InSAR displacement time series</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Hippert-Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bolon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IGARSS 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Yokohama, Japan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02276523v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gap-filling based on iterative EOF analysis of temporal covariance : application to InSAR displacement time series</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Hippert-Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Bolon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IGARSS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Yokohama, Japan. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IGARSS.2019.8898952⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02178695v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gap-filling of InSAR displacement time series</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Hippert-Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bolon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MDIS 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02391483v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A gap-filling method to reconstruct incomplete SAR displacement measurement time series</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Hippert-Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bolon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée thématique SAR&amp;Cryosphère</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Annecy, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02391778v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reconstruction de données manquantes par analyse en EOF : application aux séries temporelles de mesures de déplacement InSAR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Hippert-Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bolon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GRETSI 2019 - XXVIIème Colloque francophone de traitement du signal et des images</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02276527v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Forecasting the rupture of a magma chamber using sequential data assimilation: Application to Grímsvötn volcano, Iceland</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mary-Grace Bato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Pinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Jouanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Vandemeulebrouck</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cities on Volcanoes 10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Napoli, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01869768v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">High-precision measurement of isotopic fission yields of $^{236}$U</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Audouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Taieb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Chatillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Grente</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Boutoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6th Workshop on Nuclear Fission and Spectroscopy of Neutron-Rich Nuclei</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, Chamrousse, France. pp.02001, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjconf/201819302001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01945524v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Towards the Assimilation of Deformation Data for Eruption Forecasting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mary-Grace Bato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Pinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AOGS-EGU Joint Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2018, Tagaytay, Philippines</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01718173v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gap filling based on EOF analysis of temporal covariance of offset tracking displacement measurement time series</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Hippert-Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bolon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">19th General Assembly of Wegener</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01874778v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">VOLCANIC DATA ASSIMILATION: TOWARDS AND BEYOND NEAR REAL-TIME ERUPTION FORECASTING</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mary Grace Bato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Pinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AGU 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Washington D.C, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01943669v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A DATA-ADAPTIVE EOF BASED METHOD FOR DISPLACEMENT SIGNAL EXTRACTION FROM INTERFEROGRAM TIME SERIES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Prebet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Jauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Trouvé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IGARSS 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Valencia, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01799766v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Combined use of spaceborne SAR interferometry and in-situ measurements for glacier monitoring in mountain areas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Jauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Trouvé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Fruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Prebet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE International Conference on Computational Intelligence&amp;Virtual Environments for Measurement Systems and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Annecy-le-Vieux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01555605v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Extraction d'informations de déplacement à partir de séries temporelles d'images SAR: Applications aux glaciers Alpins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Trouvé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Prebet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Jauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GdR ISIS: Série d'images multi-temporelles à haute revisite</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01613395v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Towards the assimilation of deformation data for eruption forecasting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mary-Grace Bato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Pinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MDIS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Clermond Ferrand, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01623702v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A particlization procedure for the NχFD model and the evolution of the net-proton kurtosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Herold</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Nahrgang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Limphirat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Kobdaj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16th International Conference on Strangeness in Quark Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Berkeley, United States. pp.012075, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/779/1/012075⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01554726v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Volcano Deformation and Eruption Forecasting using Data Assimilation: Case of Grimsvötn volcano in Iceland</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mary-Grace Bato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Pinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EGU 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Vienne, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01303968v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The SOFIA experiment: Measurement of $^{236}$U fission fragment yields in inverse kinematics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Grente</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Taïeb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Chatillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.F. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Pellereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CNR*15 - 5th International Workshop on Compound-Nuclear Reactions and Related Topics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Tokyo, Japan. pp.01006, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjconf/201612201006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-01346952v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Volcano Deformation and Eruption Forecasting using Data Assimilation: Building the Strategy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mary-Grace Bato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Pinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AGU</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2016, San Francisco, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01509363v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">AN OVERVIEW TO REMOTELY SENSED DISPLACEMENT MEASUREMENTS FUSION: CURRENT STATUS AND CHALLENGES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amaury Dehecq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Trouvé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Mauris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noel Gourmelen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IGARSS 2016 - 2016 IEEE International Geoscience and Remote Sensing Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Beijing, China</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01332555v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Implementation of different IAU schemes with the NEMO NATL025 ocean circulation model using Ensemble Kalman Filter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Barth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Beckers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Brankart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Brasseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1st NEMO data assimilation working group meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01332547v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Accurate measurements of fission-fragment yields in $^{234,235,236,238}$U(γ,f) with the SOFIA set-up</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Chatillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Taïeb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-F. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Pellereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Boutoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fourth International Workshop on Nuclear Data Evaluation for Reactor Applications (WONDER-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Aix en Provence, France. pp.08001, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjconf/201611108001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-01291181v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la fusion à l'assimilation de mesures de déplacement issues d'imagerie SAR: Application à des modèles de déformation terrestre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée "Assimilation de données en géosciences"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IGN, May 2015, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01154458v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Data assimilation: new perspective in displacement measurement by remote sensing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MDIS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Autrans, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01214772v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Local ensemble assimilation scheme with global constraints and conservation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Barth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Canter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aida Alvera-Azcárate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Beckers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The 47th International Liège Colloquium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Liège, Belgium</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01150326v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Volcano Deformation and Eruption Forecasting using Data Assimilation: Is it Feasible?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mary-Grace Bato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Pinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MDIS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Autrans, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01303969v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Combinaison de modèle physique et données de télédétection pour améliorer la précision de l'information</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fusion de données en télédétection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2014, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00977865v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ensemble Assimilation Of ARGO Temperature Profile, Sea Surface Temperature And Altimetric Satellite Data Into An Eddy Permitting Primitive Equation Model Of The North Atlantic Ocean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Barth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Beckers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillem Candille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Brankart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MyOcean Science Days</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01093771v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">SEABASS : une configuration de référence pour l'évaluation de systèmes d'assimilation avec le modèle de circulation océanique NEMO</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Antoine Bouttier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Blayo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Brankart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Brasseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Cosme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque National sur l'Assimilation de données</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2014, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01093780v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loss of Coolant Accident Testing Round Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ken Yueh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R.J. Comstock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Dunn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Le Saux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y.P. Lin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TopFuel 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Charlotte, NC, United States. pp.550-556</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04447101v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Attempt of alpine glacier flow modeling based on correlation measurements of high resolution SAR images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Ferro-Famil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Gay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Fallourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Trouvé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IGARSS 2013 - IEEE International Geoscience and Remote Sensing Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Melbourne, Australia. pp.240-243, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IGARSS.2013.6721136⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00953770v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fusion of prior information and multi-scales local frequencies to facilitate D-InSAR phase unwrapping</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Trouve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Pinel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IGARSS 2012 - 2012 IEEE International Geoscience and Remote Sensing Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Munich, Germany. pp.1888-1891, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IGARSS.2012.6351138⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03927727v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Glacier flow monitoring by digital camera and space-borne SAR images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavien Vernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Fallourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Friedt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Trouvé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Image Processing Theory, Tools and Applications (IPTA), 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Turkey. pp.25 - 30, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IPTA.2012.6469541⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00936106v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">COMBINING SPACE-BORNE SAR DATA AND DIGITAL CAMERA IMAGES TO MONITOR GLACIER FLOW BY REMOTE AND PROXIMAL SENSING</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavien Vernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Fallourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diana Rosu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Trouvé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE International Geoscience and Remote Sensing Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2011, Vancouver, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00621275v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fuzzy vs probability uncertainty analysis of seismic displacement measurements issued from D-InSAR and SAR image correlation measurement: Application to the Kashmir earthquake (2005)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Trouvé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Mauris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Pinel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2011 IEEE International Instrumentation and Measurement Technology Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, China. pp.114-118, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IMTC.2011.5944254⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00595700v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Time series analysis of Mexico City subsidence constrained by radar interferometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pénélope Lopez-Quiroz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Doin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bascou Pascale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Pinel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EGU2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00621768v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assimilation of D-InSAR and sub-pixel image correlation displacement measurements for coseismic fault parameter estimation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Trouvé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amory Bisserier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Mauris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Galichet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IGARSS 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2010, Honolulu, United States. pp. 3664-3667</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00557712v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alpine glacier 3D displacement derived from ascending and descending TerraSAR-X images on Mont-Blanc test site</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Fallourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavien Vernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Walpersdorf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EUSAR 2010 - 8th European Conference on Synthetic Aperture Radar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Aachen, Germany. pp.n.c</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00554823v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assimilation des mesures de déplacement issues de la corrélation d'amplitude et de l'interférométrie différentielle (D-InSAR) pour l'estimation des paramètres de failles co-sismiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Trouvé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Pinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Pathier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Mauris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3ième Colloque National sur l'Assimilation de Données</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2010, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00557959v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assimilation of D-InSAR and sub-pixel image correlation displacement measurements for coseismic fault parameters estimation: Application to the 2005 Kashmir earthquake</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Pinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Trouvé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Pathier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Geosciences Union (EGU)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, Vienna, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00557716v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Combinaison de l'interférométrie différentielle et la corrélation d'amplitude SAR pour la mesure de champs de déplacement: Application au séisme du Pakistan (2005)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Pinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Trouvé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Mauris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Pathier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2ème Colloque du CNFGG Topographie et déformations multi-échelles, reflets d'une Terre dynamique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2010, Le Mans, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00557724v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparison of two methods in multi-temporal differential SAR interferometry: Application to the measurement of Mexico City subsidence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.P. Doin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pénélope Lopez-Quiroz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Tupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Fruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fringe 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2009, Frascati, Italy. pp.8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00557723v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Combination of sub-pixel image correlation and differential interferometry in measurement of the 2005 Kashmir earthquake displacement field</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Pinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Trouvé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Pathier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Galichet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fringe 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2009, Frascati, Italy. pp.8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00557721v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparison of two methods in multi-temporal differential SAR interferometry: Application to the measurement of Mexico City subsidence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pénélope Lopez-Quiroz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.P. Doin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Tupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Fruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MultiTemp 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2009, Connecticut, United States. pp.8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00557719v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estimation of thermal diffusion coefficients for hydrocarbon mixtures using molecular dynamics and the irreversible thermodynamic theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Galliero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z.M. Saghir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">18th European Conference on Thermophysical Properties</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2008, PAU, France. pp.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00357735v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (16)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Forecasting the position and timing of eruptive vents using a Particle Filter method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Zuccali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Pinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yajing Yan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Association of Volcanology and Chemistry of the Earth's Interior - Scientific Assembly 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Geneve, Suisse, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05153619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">InSAR Phase Linking for non-Gaussian data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phan Viet Hoa VU</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Breloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Brigui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Ginolhac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FRINGE 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Leeds, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04219922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A gap-filling method to reconstruct incomplete SAR displacement measurement time series</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Hippert-Ferrer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yajing Yan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bolon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Living Planet Symposium 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Milan, Italy. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02125120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation des séries temporelles d’images Sentinel-1 pour l’observation des glaciers des Alpes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Apports de l’assimilation des données géodésiques en volcanologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mary-Grace Bato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Pinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yajing Yan</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PNTS 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2018, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01741918v1</w:t>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01741903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potential and limits of Sentinel-1 data for small Alpine glaciers monitoring</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Use of corner reflectors with Sentinel-1 SAR images for glacier and moraine monitoring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias Jauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yajing Yan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Trouvé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Fruneau</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Gay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IGARSS 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Valencia, Spain. Proceedings IGARSS2018, pp.5165-5168</w:t>
+              <w:t xml:space="preserve">EUSAR 2018 - 12th European Conference on Synthetic Aperture Radar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Aachen, Germany. pp.6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01799762v1</w:t>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01799754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apports de l’assimilation des données géodésiques en volcanologie</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Potential and limits of Sentinel-1 data for small Alpine glaciers monitoring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Jauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Trouvé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Fruneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PNTS 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2018, Grenoble, France</w:t>
+              <w:t xml:space="preserve">IGARSS 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Valencia, Spain. Proceedings IGARSS2018, pp.5165-5168</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01741903v1</w:t>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01799762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of corner reflectors with Sentinel-1 SAR images for glacier and moraine monitoring</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Utilisation des séries temporelles d’images Sentinel-1 pour l’observation des glaciers des Alpes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Trouvé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias Jauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Michel Gay</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Prebet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Hippert-Ferrer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EUSAR 2018 - 12th European Conference on Synthetic Aperture Radar</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Aachen, Germany. pp.6</w:t>
+              <w:t xml:space="preserve">PNTS 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01799754v1</w:t>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01741918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First results of ground displacement monitoring in Paris with Sentinel-1 A/B time series</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Combined use of Sentinel-1 A/B interferometry and corner reflectors for glacier and surrounding moraines monitoring in the Chamonix Valley (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias Jauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yajing Yan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Trouvé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Fruneau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Trouvé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fringe 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Helsinki, Finland</w:t>
+              <w:t xml:space="preserve">MDIS 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Clermond Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01543178v1</w:t>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01623697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combined use of Sentinel-1 A/B interferometry and corner reflectors for glacier and surrounding moraines monitoring in the Chamonix Valley (France)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Monitoring of moraine and glacier movements in the Chamonix Valley (France) by means of Sentinel-1 A/B interferometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias Jauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yajing Yan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Trouvé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Fruneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MDIS 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Clermond Ferrand, France</w:t>
+              <w:t xml:space="preserve">Fringe 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Helsinki, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01623697v1</w:t>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01543222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring of moraine and glacier movements in the Chamonix Valley (France) by means of Sentinel-1 A/B interferometry</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">First results of ground displacement monitoring in Paris with Sentinel-1 A/B time series</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias Jauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yajing Yan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Fruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Trouvé</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bénédicte Fruneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fringe 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Helsinki, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01543222v1</w:t>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01543178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assimilating GPS and InSAR Data to Forecast Volcanic Eruptions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary-Grace Bato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Pinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yajing Yan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque National d'Assimilation de données</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2016, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01407906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of different IAU schemes in a realistic assimilation system with Ensemble Kalman Filter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yajing Yan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Barth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Beckers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Brankart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Brasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque National d'Assimilation de données</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2016, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01407904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of different incremental assimilation schemes in an operational assimilation system with Ensemble Kalman Filter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yajing Yan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Barth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Beckers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Brankart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Brasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Vienne, Austria. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01303963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ensemble assimilation of ARGO temperature profile, sea surface temperature and Altimetric satellite data into an eddy permitting primitive equation model of the North Atlantic ocean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yajing Yan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Barth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Beckers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillem Candille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Brankart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01143230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The ThomX project status</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Variola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Auguste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Blin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Bonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiene Bouaziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Christine Petit-Jean-Genaz; Gianluigi Arduini; Peter Michel; Volker RW Schaa. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th International Particle Accelerator Conference IPAC'14</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Dresden, Germany. Joint Accelerator Conferences Website, WEPRO052, pp.2062-2064, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-01020895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The SEABASS reference configuration of NEMO: a demonstrator of NEMO-ASSIM tools</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Antoine Bouttier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Blayo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Brankart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Brasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanni Abdelnur Ruggiero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque National sur l'Assimilation de Données</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2013, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01100890v1</w:t>
-              </w:r>
-[...15190 lines deleted...]
-                <w:t xml:space="preserve">jpa-00226728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MexicoCity_dataset</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
+                <w:t xml:space="preserve">Sequential Covariance Fitting for InSAR Phase Linking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dana El Hajjar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yajing Yan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Ginolhac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId440" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Nabil EL KORSO</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2024, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5281/zenodo.11283419⟩</w:t>
+              <w:t xml:space="preserve">2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TGRS.2025.3583566⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05492404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -17372,91 +17601,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId442" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inversion et assimilation de données de télédétection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yajing Yan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISTE, 2023, Imagerie et télédétection, 9781789481426</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId442" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04161580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -17466,603 +17695,603 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId443" w:history="1">
+            <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assimilation de données ensembliste en volcanologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary-Grace Bato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Pinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yajing Yan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inversion et assimilation de données de télédétection</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 9781789481426. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId444" w:history="1">
+            <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.51926/ISTE.9142.ch4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId443" w:history="1">
+            <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04161603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId445" w:history="1">
+            <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SAR Offset Tracking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvan Leinss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shiyi Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yajing Yan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId447" w:history="1">
+            <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bas Altena</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Surface Displacement Measurement from Remote Sensing Images</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, Wiley, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId448" w:history="1">
+            <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/9781119986843.ch3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId445" w:history="1">
+            <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03702891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The genomics of grape berry ripening</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId450" w:history="1">
+            <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachele Falchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId451" w:history="1">
+            <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Darren C.J. Wong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Yan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId452" w:history="1">
+            <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefania Savoi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId453" w:history="1">
+            <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory A. Gambetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CANTU, D.; WALKER, M. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Grape Genome. Compendium of Plant Genomes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer, pp.246-274, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02952900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId454" w:history="1">
+            <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mesures de déplacement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yajing Yan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Pinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavien Vernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Trouvé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Florence Tupin, Jean-Marie Nicolas, Jordi Inglada Eds. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Imagerie de télédétection</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Hermes Science - Lavoisier, pp. 269-301, 2014, Traité IC2, série Signal et image</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId454" w:history="1">
+            <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00968258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId455" w:history="1">
+            <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Displacement measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yajing Yan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Pinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavien Vernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Trouvé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Florence Tupin, Jordi Inglada, Jean-Marie Nicolas Eds. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Remote Sensing Imagery</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ISTE - John Wiley &amp; Sons, pp. 251-282, 2014, Digital and image processing series, 978-1-84821-508-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId455" w:history="1">
+            <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00968264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -18072,503 +18301,503 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId456" w:history="1">
+            <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SAR Coherence Matrix as a Tool to Understand Behaviours of Ice Aprons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suvrat Kaushik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Cerino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yajing Yan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Trouvé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Ravanel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2022 IEEE International Geoscience and Remote Sensing Symposium (IGARSS 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Kuala Lumpur, Malaysia. IEEE, pp.3806-3809, 2022, IGARSS 2022 - 2022 IEEE International Geoscience and Remote Sensing Symposium, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId457" w:history="1">
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/IGARSS46834.2022.9884459⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId456" w:history="1">
+            <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03878177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId458" w:history="1">
+            <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">EVOLUTION, ORIENTATION, AND EFFECTS OF CLIMATE CHANGE ON ICE APRONS IN THE WESTERN EUROPEAN ALPS Evolution, orientation, and effects of climate change on ice aprons in the western European Alps</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">Visibility analysis of glaciers on steep slopes in the european alps using TERRASAR-X/PAZ data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suvrat Kaushik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yajing Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Ravanel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Magnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Trouvé</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIV ISPRS CONGRESS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Online, France. 2021</w:t>
+              <w:t xml:space="preserve">International Geoscience and Remote Sensing Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Online, Belgium. IEEE, pp.5505-5508, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId458" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03260828v1</w:t>
+            <w:hyperlink r:id="rId460" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03260817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visibility analysis of glaciers on steep slopes in the european alps using TERRASAR-X/PAZ data</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">EVOLUTION, ORIENTATION, AND EFFECTS OF CLIMATE CHANGE ON ICE APRONS IN THE WESTERN EUROPEAN ALPS Evolution, orientation, and effects of climate change on ice aprons in the western European Alps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suvrat Kaushik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Ravanel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Magnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yajing Yan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Trouve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Geoscience and Remote Sensing Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Online, Belgium. IEEE, pp.5505-5508, 2021</w:t>
+              <w:t xml:space="preserve">XXIV ISPRS CONGRESS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Online, France. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId459" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03260817v1</w:t>
+            <w:hyperlink r:id="rId461" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03260828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">HDR (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId460" w:history="1">
+            <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers la surveillance opérationnelle de la déformation de la Terre et la prévision des risques naturels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yajing Yan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Environmental Sciences. Université Savoie Mont-Blanc, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId460" w:history="1">
+            <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03413923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -18578,265 +18807,265 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId461" w:history="1">
+            <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Technical Design Report for the Panda Forward Spectrometer Calorimeter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Singh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Erni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId462" w:history="1">
+            <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Keshelashvili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Krusche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Steinacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId461" w:history="1">
+            <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02410983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Technical Design Report for the PANDA Barrel DIRC Detector</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Singh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Erni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Krusche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Steinacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Walford</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02411024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -18846,114 +19075,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fusion de mesures de déplacement issues d'imagerie SAR : application aux modélisations séismo-volcaniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yajing Yan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre. Université de Grenoble, 2011. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId465" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2011GRENA028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00667990v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId466"/>
+      <w:footerReference w:type="default" r:id="rId468"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -19021,51 +19250,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="622B6872"/>
+    <w:nsid w:val="710052EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19252,51 +19481,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/yajing-yan" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2897-2317" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/15878359X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/313541831" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05153619v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Zuccali" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Pinel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yajing Yan" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219922v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phan Viet Hoa VU" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Breloy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Brigui" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ginolhac" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02125120v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Hippert-Ferrer" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bolon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01741918v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Trouv&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Jauvin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Prebet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799762v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Fruneau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01741903v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary-Grace Bato" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799754v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gay" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01543178v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623697v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01543222v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407906v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407904v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Barth" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Beckers" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Brankart" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Brasseur" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01303963v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143230v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Candille" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01020895v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Variola" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Auguste" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Blin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bonis" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiene Bouaziz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01100890v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Bouttier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Blayo" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Abdelnur Ruggiero" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05153580v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Lopez Uroz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Benoit" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Albino" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Giffard-Roisin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05154988v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Bouvier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Argheesh Bhanot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05154984v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Petellat" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lin Kwong Chon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ammar Mian" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314112v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Verlynde" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05153597v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05100365v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Yan" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Morfin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Prevot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. C&#233;l&#233;rier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bournel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04770259v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana El Hajjar" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Nabil El Korso" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS53475.2024.10641742" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346681v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L Rodr&#237;guez-S&#225;nchez" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Feijoo" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Benlliure" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Chatillon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Ta&#239;eb" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202329002016" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219868v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lin-Kwong-Chon" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180662v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suvrat Kaushik" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gallet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdourrahmane Atto" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Ravanel" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161552v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Benoit" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Rabatel" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Dehecq" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-8339" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219900v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702935v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvan Leinss" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-annals-V-3-2022-325-2022" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702914v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurane Charrier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Colin Koeniguer" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-10033" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03778392v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phan Viet Hoa Vu" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761316v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702869v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03449050v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Magnin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Trouve" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-xliii-b3-2021-469-2021" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340445v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Yan" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Colin-Koeniguer" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Trouv&#233;" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS47720.2021.9553831" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968103v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02569192v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Millan" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024088v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Koeniguer" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-20335" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391778v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391483v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02276523v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178695v2" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Bolon" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2019.8898952" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02276527v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943669v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Grace Bato" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874778v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799766v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01945524v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Audouin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Taieb" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chatillon" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Grente" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Boutoux" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201819302001" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01718173v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01869768v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Jouanne" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Vandemeulebrouck" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613395v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01554726v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Herold" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Nahrgang" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Limphirat" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Kobdaj" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/779/1/012075" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623702v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01555605v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01346952v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ta&#239;eb" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Martin" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pellereau" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201612201006" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01509363v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01332555v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Mauris" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noel Gourmelen" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01332547v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01303968v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01291181v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Martin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201611108001" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01214772v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01150326v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Canter" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aida Alvera-Azc&#225;rate" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01303969v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154458v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01093780v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Cosme" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01093771v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00977865v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00953770v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ferro-Famil" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Fallourd" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2013.6721136" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447101v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ken Yueh" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.J. Comstock" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dunn" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Le Saux" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.P. Lin" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03927727v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Trouve" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Pinel" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2012.6351138" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00936106v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Vernier" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Friedt" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPTA.2012.6469541" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00595700v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IMTC.2011.5944254" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00621275v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Rosu" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00557716v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Pathier" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00554823v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Nicolas" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Walpersdorf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00557959v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00557712v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amory Bisserier" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Galichet" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00557724v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00621768v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;n&#233;lope Lopez-Quiroz" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Doin" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bascou Pascale" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00557721v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00557719v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.P. Doin" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Tupin" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00557723v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00357735v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Galliero" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z.M. Saghir" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952062v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSP.2025.3537334" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05153624v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TGRS.2025.3583566" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019077v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TGRS.2025.3550978" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04434824v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LGRS.2024.3353575" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812361v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bouygues" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TGRS.2024.3494253" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172099v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Guillet" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Preunkert" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Malet" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jog.2023.15" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161539v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TGRS.2023.3289338" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284622v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Len" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Afanasiev" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Aouine" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.3c02149" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03829187v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salaheddine Boudaour" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frsen.2022.932491" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03859253v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-16-4251-2022" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03143726v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dav&#236;" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Erni" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Krusche" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Steinacher" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Walford" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6471/abb6c1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03602685v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Mouginot" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-annals-V-3-2022-311-2022" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436678v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TGRS.2021.3128289" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709780v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Cerino" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Karbou" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frsen.2022.930021" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03841491v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs14215557" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04030559v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Mouginot" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LGRS.2022.3227413" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203663v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Barucca" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Davi" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lancioni" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mengucci" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Montalto" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/s10050-021-00444-5" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02905936v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/s10050-020-00333-3" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203644v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/s10050-021-00475-y" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03448535v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LGRS.2020.3015149" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03270699v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TGRS.2020.3015087" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03143650v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/s10050-021-00386-y" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680650v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ranjana Bhattacharjee" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Benjafield" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeff Armitstead" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Cistulli" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos M. Nunez" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2589-7500(19)30214-6" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03710214v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Gogas" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Dr&#233;no" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Larkin" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Demidov" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Stroyakovskiy" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annonc.2020.12.004" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02418549v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Galan" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Chen" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Du" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fu" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Giboni" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6471/ab4dbe" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404011v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Singh" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6471/aade3d" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990311v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/i2019-12718-2" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02110982v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TGRS.2019.2902719" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02110973v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs11080988" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190357v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Vasile" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52638/rfpt.2019.471" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866136v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-29811-x" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957383v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Peguet" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Gharbi" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Deschamps" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.R. Hutchinson" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2018.05.003" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VB9J9J76-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01554461v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.95.032003" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525832v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocemod.2017.05.002" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01539379v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2017.00048" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01332603v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/i2016-16325-5" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01404476v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01303960v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MGRS.2016.2516278" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444457v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. He" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Liu" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Hu" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Huang" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Zhang" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cvr/cvw005.Epub2016Jan13" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03215384v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Stolper" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bender" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dreyfus" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Higgins" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aaf5445" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01218081v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barth" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Beckers" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Brankart" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2014JC010349" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01196479v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Naudts" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ryder" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. J. Mcgrath" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Otto" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Chen" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-8-2035-2015" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01011976v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. J. Bevan" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Golob" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th. Mannel" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Prell" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. D. Yabsley" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-014-3026-9" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00817363v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Perrin" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggs102" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05259852v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Mertz" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Cui" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Devlin" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Chaubaroux" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nn302024t" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00722904v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2012.2191146" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00621769v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19479832.2011.577563" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00700953v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00648027v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1687-5281-2011-11" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00646032v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ts.28.375-416" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-J7SHH10Z-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00449066v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Petillot" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreea Julea" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LGRS.2009.2034118" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00490983v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bambade" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Alabau Pons" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Amann" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Angal-Kalinin" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Apsimon" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevSTAB.13.042801" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00324470v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Aubert" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bona" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Karyotakis" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Lees" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Poireau" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.102.012001" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00293937v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.101.071801" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00276435v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Li" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Devel" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Langlet" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Song" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20065231" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990357v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hang Nguyen" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dalmasso" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.V. Sitaraman" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Merlin" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbaexp.2007.01.003" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00001844v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bauer" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gutsche" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Muhm" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Thierauf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00226728v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Ge" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Xu" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Zu" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Zheng" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jphyscol:1987524" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/56772E46667521A3D79DE86F7272B7C620FFA8EC/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492404v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Nabil EL KORSO" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.11283419" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161580v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161603v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51926/ISTE.9142.ch4" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702891v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiyi Li" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bas Altena" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119986843.ch3" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02952900v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachele Falchi" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darren C.J. Wong" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Savoi" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory A. Gambetta" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00968258v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00968264v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878177v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS46834.2022.9884459" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03260828v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03260817v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03413923v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410983v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Keshelashvili" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411024v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00667990v2" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011GRENA028" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/yajing-yan" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2897-2317" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/15878359X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/313541831" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019077v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phan Viet Hoa Vu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Breloy" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Brigui" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yajing Yan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ginolhac" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TGRS.2025.3550978" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952062v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana El Hajjar" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Nabil El Korso" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSP.2025.3537334" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05153624v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TGRS.2025.3583566" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04434824v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Lopez Uroz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Benoit" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Rabatel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Giffard-Roisin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LGRS.2024.3353575" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812361v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Albino" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bouygues" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TGRS.2024.3494253" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172099v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Ravanel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Guillet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suvrat Kaushik" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Preunkert" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Malet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jog.2023.15" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161539v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TGRS.2023.3289338" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284622v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Len" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Afanasiev" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Yan" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Aouine" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Morfin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.3c02149" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04030559v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurane Charrier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Trouv&#233;" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Colin Koeniguer" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Mouginot" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LGRS.2022.3227413" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03143726v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dav&#236;" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Erni" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Krusche" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Steinacher" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Walford" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6471/abb6c1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03602685v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Mouginot" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Millan" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-annals-V-3-2022-311-2022" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03829187v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salaheddine Boudaour" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Doin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdourrahmane Atto" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frsen.2022.932491" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03859253v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Magnin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Trouve" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-16-4251-2022" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436678v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvan Leinss" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TGRS.2021.3128289" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709780v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Cerino" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Karbou" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frsen.2022.930021" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03841491v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs14215557" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03143650v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Barucca" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lancioni" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mengucci" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Montalto" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/s10050-021-00386-y" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03448535v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Hippert-Ferrer" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bolon" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LGRS.2020.3015149" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02905936v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/s10050-020-00333-3" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203663v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Davi" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/s10050-021-00444-5" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203644v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/s10050-021-00475-y" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03270699v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TGRS.2020.3015087" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03710214v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Gogas" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Dr&#233;no" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Larkin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Demidov" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Stroyakovskiy" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annonc.2020.12.004" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680650v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ranjana Bhattacharjee" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Benjafield" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeff Armitstead" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Cistulli" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos M. Nunez" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2589-7500(19)30214-6" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02418549v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Galan" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Chen" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Du" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fu" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Giboni" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6471/ab4dbe" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190357v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Fallourd" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Dehecq" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Jauvin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Vasile" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52638/rfpt.2019.471" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02110982v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Prebet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TGRS.2019.2902719" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990311v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/i2019-12718-2" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404011v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Singh" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6471/aade3d" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02110973v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Fruneau" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gay" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs11080988" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957383v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Peguet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Gharbi" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Deschamps" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.R. Hutchinson" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2018.05.003" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VB9J9J76-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866136v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary-Grace Bato" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Pinel" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Jouanne" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Vandemeulebrouck" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-29811-x" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525832v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Barth" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Beckers" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Brankart" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Brasseur" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocemod.2017.05.002" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01554461v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.95.032003" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01539379v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2017.00048" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03215384v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Stolper" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bender" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dreyfus" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Higgins" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aaf5445" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01303960v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Mauris" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noel Gourmelen" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MGRS.2016.2516278" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01404476v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aida Alvera-Azc&#225;rate" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01332603v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/i2016-16325-5" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444457v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. He" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Liu" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Hu" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Huang" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Zhang" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cvr/cvw005.Epub2016Jan13" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01218081v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barth" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Beckers" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Candille" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Brankart" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2014JC010349" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01196479v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Naudts" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ryder" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. J. Mcgrath" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Otto" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Chen" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-8-2035-2015" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01011976v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. J. Bevan" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Golob" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th. Mannel" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Prell" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. D. Yabsley" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-014-3026-9" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00817363v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Pathier" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Perrin" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggs102" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00722904v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;n&#233;lope Lopez-Quiroz" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Tupin" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2012.2191146" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05259852v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Mertz" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Cui" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Yan" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Devlin" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Chaubaroux" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nn302024t" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00621769v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19479832.2011.577563" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00700953v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00648027v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Vernier" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Friedt" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1687-5281-2011-11" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00646032v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Nicolas" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ferro-Famil" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ts.28.375-416" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-J7SHH10Z-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00490983v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bambade" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Alabau Pons" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Amann" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Angal-Kalinin" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Apsimon" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevSTAB.13.042801" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00449066v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Petillot" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreea Julea" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LGRS.2009.2034118" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00324470v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Aubert" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bona" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Karyotakis" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Lees" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Poireau" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.102.012001" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00293937v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.101.071801" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990357v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hang Nguyen" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dalmasso" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.V. Sitaraman" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Merlin" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbaexp.2007.01.003" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00276435v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Li" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Devel" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Langlet" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Song" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20065231" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00001844v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bauer" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gutsche" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Muhm" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Thierauf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00226728v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Ge" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Xu" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Zu" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Zheng" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jphyscol:1987524" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/56772E46667521A3D79DE86F7272B7C620FFA8EC/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05153597v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Zuccali" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05100365v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Prevot" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. C&#233;l&#233;rier" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bournel" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05154988v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Bouvier" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Argheesh Bhanot" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Benoit" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05154984v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Petellat" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lin Kwong Chon" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ammar Mian" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05558622v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05153580v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05557953v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed-Nabil El Korso" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314112v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Verlynde" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04770259v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS53475.2024.10641742" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346681v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L Rodr&#237;guez-S&#225;nchez" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Feijoo" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Benlliure" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Chatillon" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Ta&#239;eb" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202329002016" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219868v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lin-Kwong-Chon" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180662v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gallet" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219900v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phan Viet Hoa VU" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161552v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-8339" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702869v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-annals-V-3-2022-325-2022" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03778392v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702935v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702914v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-10033" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761316v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340445v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Colin-Koeniguer" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Trouv&#233;" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS47720.2021.9553831" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03449050v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-xliii-b3-2021-469-2021" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968103v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02569192v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024088v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Koeniguer" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-20335" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02276523v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178695v2" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Bolon" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2019.8898952" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391483v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391778v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02276527v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01869768v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01945524v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Audouin" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Taieb" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chatillon" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Grente" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Boutoux" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201819302001" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01718173v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874778v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943669v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Grace Bato" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799766v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01555605v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613395v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623702v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01554726v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Herold" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Nahrgang" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Limphirat" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Kobdaj" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/779/1/012075" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01303968v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01346952v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ta&#239;eb" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Martin" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pellereau" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201612201006" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01509363v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01332555v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01332547v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01291181v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Martin" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201611108001" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154458v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01214772v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01150326v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Canter" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01303969v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00977865v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01093771v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01093780v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Bouttier" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Blayo" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Cosme" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447101v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ken Yueh" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.J. Comstock" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dunn" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Le Saux" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.P. Lin" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00953770v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2013.6721136" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03927727v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Trouve" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Pinel" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2012.6351138" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00936106v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPTA.2012.6469541" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00621275v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Rosu" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00595700v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IMTC.2011.5944254" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00621768v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bascou Pascale" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00557712v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amory Bisserier" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Galichet" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00554823v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Walpersdorf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00557959v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00557716v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00557724v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00557723v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.P. Doin" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00557721v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00557719v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00357735v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Galliero" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z.M. Saghir" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05153619v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219922v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02125120v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01741903v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799754v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799762v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01741918v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623697v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01543222v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01543178v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407906v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407904v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01303963v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143230v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01020895v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Variola" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Auguste" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Blin" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bonis" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiene Bouaziz" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01100890v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Abdelnur Ruggiero" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492404v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Nabil EL KORSO" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161580v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161603v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51926/ISTE.9142.ch4" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702891v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiyi Li" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bas Altena" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119986843.ch3" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02952900v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachele Falchi" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darren C.J. Wong" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Savoi" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory A. Gambetta" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00968258v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00968264v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878177v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS46834.2022.9884459" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03260817v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03260828v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03413923v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410983v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Keshelashvili" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411024v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00667990v2" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011GRENA028" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>