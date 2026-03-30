--- v0 (2026-03-06)
+++ v1 (2026-03-30)
@@ -596,177 +596,177 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03629793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les universités au risque de l'Histoire</w:t>
+                <w:t xml:space="preserve">Les universités au risque de l'Histoire - Principes, configurations, modèles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yamina Bettahar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Jeanne Choffel-Mailfert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Presses universitaires de Nancy - Editions Universitaires de Lorraine, pp.524, 2014, Histoire des institutions scientifiques, 9782814302020</w:t>
+              <w:t xml:space="preserve">Yamina Bettahar, Marie-Jeanne Choffel-Mailfert. PUN - Editions Universitaires de Lorraine, pp.524, 2014, Histoire des institutions scientifiques, 9782814302020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01873723v1</w:t>
+                <w:t xml:space="preserve">hal-03629774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les universités au risque de l'Histoire - Principes, configurations, modèles</w:t>
+                <w:t xml:space="preserve">Les universités au risque de l'Histoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yamina Bettahar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Jeanne Choffel-Mailfert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Yamina Bettahar, Marie-Jeanne Choffel-Mailfert. PUN - Editions Universitaires de Lorraine, pp.524, 2014, Histoire des institutions scientifiques, 9782814302020</w:t>
+              <w:t xml:space="preserve">Presses universitaires de Nancy - Editions Universitaires de Lorraine, pp.524, 2014, Histoire des institutions scientifiques, 9782814302020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03629774v1</w:t>
+                <w:t xml:space="preserve">hal-01873723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étudiants étrangers en France. L'émergence de nouveaux pôles d'attraction au début du XXe siècle</w:t>
               </w:r>
@@ -999,225 +999,225 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01876529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Présentation générale de l’ouvrage Les universités au risque de l’histoire. Principes, configurations, modèles</w:t>
+                <w:t xml:space="preserve">L’Université d’Alger : une transposition singulière de l’université républicaine en terre algérienne (XIXe – XXe siècles)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yamina Bettahar</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marie-Jeanne Choffel-Mailfert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Yamina Bettahar; Marie-Jeanne Choffel-Mailfert. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Universités au risque de l’Histoire. Principes, configurations, modèles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses universitaires de Nancy - Éditions universitaires de Lorraine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.9-51, 2014, Histoire des institutions scientifiques, 9782814302020</w:t>
+              <w:t xml:space="preserve">, pp.115-154, 2014, Histoire des institutions scientifiques, 9782814302020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01873740v1</w:t>
+                <w:t xml:space="preserve">halshs-01873733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’Université d’Alger : une transposition singulière de l’université républicaine en terre algérienne (XIXe – XXe siècles)</w:t>
+                <w:t xml:space="preserve">Présentation générale de l’ouvrage Les universités au risque de l’histoire. Principes, configurations, modèles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yamina Bettahar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Birck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Jeanne Choffel-Mailfert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Yamina Bettahar; Marie-Jeanne Choffel-Mailfert. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Universités au risque de l’Histoire. Principes, configurations, modèles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses universitaires de Nancy - Éditions universitaires de Lorraine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.115-154, 2014, Histoire des institutions scientifiques, 9782814302020</w:t>
+              <w:t xml:space="preserve">, pp.9-51, 2014, Histoire des institutions scientifiques, 9782814302020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01873733v1</w:t>
+                <w:t xml:space="preserve">halshs-01873740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l’ENSEP/ENSET à l’ENPO d’Oran. Recompositions et mutations d’une institution algérienne d’enseignement technique (1970-2012)</w:t>
               </w:r>
@@ -1270,199 +1270,199 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01871236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Formation des élites techniques du Maghreb dans les écoles d'ingénieurs françaises depuis les années 1960</w:t>
+                <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yamina Bettahar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Birck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Yamina Bettahar &amp; Françoise Birck. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Étudiants étrangers en France. L'émergence de nouveaux pôles d'attraction au début du XXe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Presses Universitaires de Nancy, pp.119-134, 2009</w:t>
+              <w:t xml:space="preserve">, Presses Universitaires de Nancy, p. 9-20, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00593311v1</w:t>
+                <w:t xml:space="preserve">hal-00593310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction</w:t>
+                <w:t xml:space="preserve">La Formation des élites techniques du Maghreb dans les écoles d'ingénieurs françaises depuis les années 1960</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yamina Bettahar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Birck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Yamina Bettahar &amp; Françoise Birck. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Étudiants étrangers en France. L'émergence de nouveaux pôles d'attraction au début du XXe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Presses Universitaires de Nancy, p. 9-20, 2009</w:t>
+              <w:t xml:space="preserve">, Presses Universitaires de Nancy, pp.119-134, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00593310v1</w:t>
+                <w:t xml:space="preserve">hal-00593311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les Sources de l'enseignement supérieur colonial au Centre des archives d'outre-mer et au Centre des archives nationales d'Algérie</w:t>
               </w:r>
@@ -1690,51 +1690,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909437v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Ballatore" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yamina Bettahar" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Erlich" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jim.012.0005" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03629835v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03629817v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03088183v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Eckes" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/philosophiascientiae.1180" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00125931v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03629793v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01873723v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jeanne Choffel-Mailfert" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03629774v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593308v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Birck" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01876695v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01876529v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01873740v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lcdpu.fr/livre/?GCOI=27000100178310" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01873733v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01871236v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593311v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593310v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593312v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909437v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Ballatore" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yamina Bettahar" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Erlich" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jim.012.0005" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03629835v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03629817v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03088183v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Eckes" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/philosophiascientiae.1180" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00125931v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03629793v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03629774v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jeanne Choffel-Mailfert" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01873723v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593308v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Birck" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01876695v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01876529v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01873733v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lcdpu.fr/livre/?GCOI=27000100178310" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01873740v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01871236v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593310v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593311v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593312v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>