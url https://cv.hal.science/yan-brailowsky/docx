--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -242,211 +242,211 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La tempête / The Tempest</w:t>
+                <w:t xml:space="preserve">La Mégère apprivoisée / The Taming of the Shrew</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Shakespeare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Brailowsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éric Sarner</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Brailowsky, Yan; Azoulay, Florient. Les Belles Lettres, 2023, 978-2-251-45419-1</w:t>
+                <w:t xml:space="preserve">Emmanuelle Favier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Brailowsky, Yan; Azoulay, Florient. Les Belles Lettres, 2023, 978-2-251-45486-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (édition critique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04270737v1</w:t>
+                <w:t xml:space="preserve">hal-04270736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Mégère apprivoisée / The Taming of the Shrew</w:t>
+                <w:t xml:space="preserve">La tempête / The Tempest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Shakespeare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Brailowsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Favier</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Brailowsky, Yan; Azoulay, Florient. Les Belles Lettres, 2023, 978-2-251-45486-3</w:t>
+                <w:t xml:space="preserve">Éric Sarner</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Brailowsky, Yan; Azoulay, Florient. Les Belles Lettres, 2023, 978-2-251-45419-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (édition critique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04270736v1</w:t>
+                <w:t xml:space="preserve">hal-04270737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamlet in the Twenty-First Century</w:t>
               </w:r>
@@ -2075,174 +2075,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04618479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hamlet in Wittenberg</w:t>
+                <w:t xml:space="preserve">Introduction: Shakespeare and Gender</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Brailowsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cycnos</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Actes des congrès de la Société française Shakespeare</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 41, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/shakespeare.8451⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04270682v1</w:t>
+                <w:t xml:space="preserve">hal-05389400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction: Shakespeare and Gender</w:t>
+                <w:t xml:space="preserve">Hamlet in Wittenberg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Brailowsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes des congrès de la Société française Shakespeare</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cycnos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 38 (3), pp.143--159</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/shakespeare.8451⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05389400v1</w:t>
+                <w:t xml:space="preserve">hal-04270682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“Fright the ladies out of their wits”: Gendered passion and the English stage</w:t>
               </w:r>
@@ -2585,165 +2585,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01640699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La nuit genrée, ou l'obscure clarté des scènes anglaises</w:t>
+                <w:t xml:space="preserve">Shakespeare, Molière et les autres : l'attribution d'auteur à l'heure du numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Brailowsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Arrêt sur scène / Scene Focus</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Scènes de nuit dans les arts du spectacle vivant (France-Angleterre, XVIe-XVIIIe s.) (4), pp.59-70</w:t>
+              <w:t xml:space="preserve">Critique : revue générale des publications françaises et étrangères</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Des chiffres et des lettres : les humanités numériques (819-820), pp.680--692</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01640420v1</w:t>
+                <w:t xml:space="preserve">hal-01640419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shakespeare, Molière et les autres : l'attribution d'auteur à l'heure du numérique</w:t>
+                <w:t xml:space="preserve">La nuit genrée, ou l'obscure clarté des scènes anglaises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Brailowsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Critique : revue générale des publications françaises et étrangères</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Des chiffres et des lettres : les humanités numériques (819-820), pp.680--692</w:t>
+              <w:t xml:space="preserve">Arrêt sur scène / Scene Focus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Scènes de nuit dans les arts du spectacle vivant (France-Angleterre, XVIe-XVIIIe s.) (4), pp.59-70</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01640419v1</w:t>
+                <w:t xml:space="preserve">hal-01640420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La langue de Shakespeare</w:t>
               </w:r>
@@ -3644,255 +3644,255 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04270756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">‘Where’s my knave? my fool?’ : à la recherche du clown élisabéthain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Brailowsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Philippe Goudard; Nathalie Vienne-Guerrin. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Shakespeare and the supernatural</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Manchester University Press, pp.1-27, 2020, 978-1-5261-0906-4</w:t>
+              <w:t xml:space="preserve">Figures du clown, sur scène, en piste et à l'écran</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de la Méditerranée, pp.23-40, 2020, 978-2-36781-332-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02605710v1</w:t>
+                <w:t xml:space="preserve">hal-04270750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">‘Where’s my knave? my fool?’ : à la recherche du clown élisabéthain</w:t>
+                <w:t xml:space="preserve">Mulier monstrosa, ou la femme scandale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Brailowsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Philippe Goudard; Nathalie Vienne-Guerrin. </w:t>
+              <w:t xml:space="preserve">Lecercle, François; Thouret, Clotilde. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Figures du clown, sur scène, en piste et à l'écran</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de la Méditerranée, pp.23-40, 2020, 978-2-36781-332-5</w:t>
+              <w:t xml:space="preserve">Théâtre et scandale (II) : scandales d’hier, scandales d’aujourd’hui</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Théâtre et scandale (II) : scandales d’hier, scandales d’aujourd’hui</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04270750v1</w:t>
+                <w:t xml:space="preserve">hal-03086492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mulier monstrosa, ou la femme scandale</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victoria Bladen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Brailowsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Théâtre et scandale (II) : scandales d’hier, scandales d’aujourd’hui</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, Théâtre et scandale (II) : scandales d’hier, scandales d’aujourd’hui</w:t>
+              <w:t xml:space="preserve">Shakespeare and the supernatural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Manchester University Press, pp.1-27, 2020, 978-1-5261-0906-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03086492v1</w:t>
+                <w:t xml:space="preserve">hal-02605710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prophecy and the supernatural</w:t>
               </w:r>
@@ -4428,182 +4428,182 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01640389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'Escossoise et la Florentine : le procès de la gynocratie sur les scènes anglaises et françaises au tournant du XVIIe siècle</w:t>
+                <w:t xml:space="preserve">Le sauvage et le courtisan : Une lecture du théâtre élisabéthain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Brailowsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Louvat-Molozay, Bénédicte; March, Florence. </w:t>
+              <w:t xml:space="preserve">Besson, Mireille; Courtet, Catherine; Lavocat, Françoise; Viala, Alain. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les théâtres anglais et français au miroir l’un de l’autre (XVIe-XVIIIe siècles)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Mises en intrigues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS éditions, pp.51-67, 2016, 978-2-271-09193-2</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01640395v1</w:t>
+                <w:t xml:space="preserve">hal-01640396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le sauvage et le courtisan : Une lecture du théâtre élisabéthain</w:t>
+                <w:t xml:space="preserve">L'Escossoise et la Florentine : le procès de la gynocratie sur les scènes anglaises et françaises au tournant du XVIIe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Brailowsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Besson, Mireille; Courtet, Catherine; Lavocat, Françoise; Viala, Alain. </w:t>
+              <w:t xml:space="preserve">Louvat-Molozay, Bénédicte; March, Florence. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mises en intrigues</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Les théâtres anglais et français au miroir l’un de l’autre (XVIe-XVIIIe siècles)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.223-238, 2016, Collection "Le spectaculaire" Série "Arts de la scène", </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pur.80042⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01640396v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01640395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From Genesitic Curiosity to Dangerous Gynocracy in Sixteenth-Century England</w:t>
               </w:r>
@@ -5736,51 +5736,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E4F6B8A7"/>
+    <w:nsid w:val="58856C90"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5967,51 +5967,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/yan-brailowsky" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7740-3287" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/120321580" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/2806152" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270737v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Shakespeare" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Brailowsky" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Sarner" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270736v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Favier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270735v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Bladen" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270734v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Ren&#233; &#201;tienne" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florient Azoulay" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360691v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7765/9781526109071" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270733v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ladjali" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01639931v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Inglebert" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pupo.2784" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04070283v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anny Crunelle Vanrigh" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel D&#233;prats" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321621v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Ballestra-Puech" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marty" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Torti Alcayaga" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Schweitzer" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912877v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04357117v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann Lecercle" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625262v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Rivere de Carles" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kapitaniak" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Walsh" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Hiscock" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asf.5705" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01958731v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Drouet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640406v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Val&#233;rie Dulac" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Sansonetti" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chiari" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Cottegnies" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/shakespeare.2891" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01176976v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dulac Anne-Val&#233;rie" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640411v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/angles.1991" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01832060v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383067v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/licla1.116.0115" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618479v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11nje" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270682v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389400v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/shakespeare.8451" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992077v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/episteme.16165" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03065226v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02605630v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02605572v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/licla1.098.0105" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640699v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640420v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640419v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640451v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01639915v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01639924v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01639943v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01639953v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/episteme.405" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640032v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270681v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/licla.073.0325" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270680v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01958082v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/shakespeare.1039" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01958043v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383122v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5040/9781350439283.ch-8" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270756v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7765/9781526159939.00011" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02605710v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270750v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03086492v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02605561v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7765/9781526109071.00016" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270751v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270753v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/shakespeare.4948" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270749v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-08404-4.p.0047" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270754v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-07967-5.p.0193" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270752v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640389v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/978-3-0352-6640-5" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640395v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.80042" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640396v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270748v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004311848_003" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640405v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01639956v2" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sup.sorbonne-universite.fr/catalogue/litteratures-francaises-comparee-et-langue/theatrum-mundi/anecdotes-dramatiques" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01639975v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14n1c" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04357055v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.apu.9118" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354060v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anny A. Crunelle" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Lacroix" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pupo.2256" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04357114v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01985169v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270755v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/shakespeare.3994" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02015511v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pufr.5746" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01639946v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Colfer" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01639936v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/yan-brailowsky" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7740-3287" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/120321580" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/2806152" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270736v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Shakespeare" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Brailowsky" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Favier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270737v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Sarner" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270735v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Bladen" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270734v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Ren&#233; &#201;tienne" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florient Azoulay" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360691v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7765/9781526109071" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270733v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ladjali" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01639931v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Inglebert" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pupo.2784" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04070283v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anny Crunelle Vanrigh" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel D&#233;prats" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321621v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Ballestra-Puech" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marty" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Torti Alcayaga" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Schweitzer" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912877v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04357117v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann Lecercle" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625262v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Rivere de Carles" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kapitaniak" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Walsh" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Hiscock" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asf.5705" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01958731v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Drouet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640406v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Val&#233;rie Dulac" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Sansonetti" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chiari" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Cottegnies" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/shakespeare.2891" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01176976v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dulac Anne-Val&#233;rie" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640411v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/angles.1991" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01832060v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383067v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/licla1.116.0115" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618479v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11nje" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389400v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/shakespeare.8451" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270682v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992077v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/episteme.16165" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03065226v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02605630v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02605572v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/licla1.098.0105" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640699v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640419v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640420v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640451v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01639915v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01639924v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01639943v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01639953v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/episteme.405" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640032v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270681v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/licla.073.0325" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270680v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01958082v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/shakespeare.1039" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01958043v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383122v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5040/9781350439283.ch-8" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270756v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7765/9781526159939.00011" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270750v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03086492v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02605710v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02605561v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7765/9781526109071.00016" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270751v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270753v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/shakespeare.4948" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270749v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-08404-4.p.0047" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270754v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-07967-5.p.0193" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270752v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640389v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/978-3-0352-6640-5" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640396v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640395v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.80042" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270748v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004311848_003" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640405v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01639956v2" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sup.sorbonne-universite.fr/catalogue/litteratures-francaises-comparee-et-langue/theatrum-mundi/anecdotes-dramatiques" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01639975v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14n1c" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04357055v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.apu.9118" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354060v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anny A. Crunelle" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Lacroix" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pupo.2256" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04357114v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01985169v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270755v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/shakespeare.3994" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02015511v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pufr.5746" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01639946v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Colfer" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01639936v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>