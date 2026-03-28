--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -261,563 +261,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05423745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crystalline Phase Induction Strategy for the Design of Luminescent Lanthanide Coordination Polymers: Toward Plastic Waste Recycling</w:t>
+                <w:t xml:space="preserve">Energy transfer phenomena in Er&amp;lt;sup&amp;gt;3+&amp;lt;/sup&amp;gt;, Yb&amp;lt;sup&amp;gt;3+&amp;lt;/sup&amp;gt;, Tm&amp;lt;sup&amp;gt;3+&amp;lt;/sup&amp;gt; tri-doped lanthanum oxysulfide phosphors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chloé Blais</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aurélien Chang</w:t>
+                <w:t xml:space="preserve">Alexandre Le Coz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fallou Ngom</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Yan Suffren</w:t>
+                <w:t xml:space="preserve">Louis Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romane Henry-Bauer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Even</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.5c01104⟩</w:t>
+              <w:t xml:space="preserve">Journal of Luminescence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 281, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jlumin.2025.121195⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05094001v1</w:t>
+                <w:t xml:space="preserve">hal-05043977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiphoton Excitation and Energy Transfer Pathways in Mn²⁺–Sulfonyl Calixarene Complexes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gilles Ledoux</w:t>
+                <w:t xml:space="preserve">Magneto‐Optical Correlations in a High Symmetry Dysprosium Complex Reveal an Almost “Ideal Non‐SMM” and Orange‐To‐Red DyIII‐Based Emitter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nimisha Jain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Cordier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Suffren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Dominique Luneau</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Le Guennic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D5DT02234G⟩</w:t>
+              <w:t xml:space="preserve">ChemistryEurope</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.202500193. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ceur.202500193⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05349781v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05229991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy transfer phenomena in Er&amp;lt;sup&amp;gt;3+&amp;lt;/sup&amp;gt;, Yb&amp;lt;sup&amp;gt;3+&amp;lt;/sup&amp;gt;, Tm&amp;lt;sup&amp;gt;3+&amp;lt;/sup&amp;gt; tri-doped lanthanum oxysulfide phosphors</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Crystalline Phase Induction Strategy for the Design of Luminescent Lanthanide Coordination Polymers: Toward Plastic Waste Recycling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romane Henry-Bauer</w:t>
+                <w:t xml:space="preserve">Chloé Blais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Chang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manon Even</w:t>
+                <w:t xml:space="preserve">Fallou Ngom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Daiguebonne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Suffren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Luminescence</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 281, </w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 64 (20), pp.10194-10207. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jlumin.2025.121195⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.5c01104⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05043977v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05094001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magneto‐Optical Correlations in a High Symmetry Dysprosium Complex Reveal an Almost “Ideal Non‐SMM” and Orange‐To‐Red DyIII‐Based Emitter</w:t>
+                <w:t xml:space="preserve">Multiphoton Excitation and Energy Transfer Pathways in Mn²⁺–Sulfonyl Calixarene Complexes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nimisha Jain</w:t>
+                <w:t xml:space="preserve">Constance Lecourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grégoire David</w:t>
+                <w:t xml:space="preserve">Gilles Ledoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Suffren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Cordier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yan Suffren</w:t>
+                <w:t xml:space="preserve">Erwann Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boris Le Guennic</w:t>
+                <w:t xml:space="preserve">Dominique Luneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemistryEurope</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, pp.202500193. </w:t>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ceur.202500193⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/D5DT02234G⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05229991v1</w:t>
+                <w:t xml:space="preserve">hal-05349781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Two ligands-based europium luminescent coordination polymer, Eu&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;(PZDC)(PDC)&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;(H&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O)&amp;lt;sub&amp;gt;6&amp;lt;/sub&amp;gt;</w:t>
               </w:r>
@@ -914,295 +914,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04984472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luminescence and Single‐Molecule Magnet Properties in Ideal Symmetry Compounds: Example of a Near‐Planar Tricoordinate Ytterbium(III) Amide</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lanthanides coordination polymers: Enhancement of luminescence and color emission modulation by core–shell shaping</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Félix Houard</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Boris Le Guennic</w:t>
+                <w:t xml:space="preserve">Thibaut Morvan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Blais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Chang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Daiguebonne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Suffren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemistryEurope</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ceur.202400062⟩</w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 170, pp.113275. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.inoche.2024.113275⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04753145v1</w:t>
+                <w:t xml:space="preserve">hal-04726709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lanthanides coordination polymers: Enhancement of luminescence and color emission modulation by core–shell shaping</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Luminescence and Single‐Molecule Magnet Properties in Ideal Symmetry Compounds: Example of a Near‐Planar Tricoordinate Ytterbium(III) Amide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nimisha Jain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Félix Houard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibaut Morvan</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Yan Suffren</w:t>
+                <w:t xml:space="preserve">Rémi Marchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Le Guennic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 170, pp.113275. </w:t>
+              <w:t xml:space="preserve">ChemistryEurope</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 2 (6), pp.e202400062. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.inoche.2024.113275⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ceur.202400062⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04726709v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04753145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation and control of metallogel formation for the deposition of supramolecular nanotubes of single-chain magnets</w:t>
               </w:r>
@@ -1326,77 +1326,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Halogen-Bonds-Based Strategy for the Design of Highly Luminescent Lanthanide Coordination Polymers as Taggants for Plastic Waste Sorting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fallou Ngom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Chang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Blais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Daiguebonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1858,64 +1858,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lanthanide-Based Coordination Polymers Molecular Alloys Stability: A Thermochemical Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Blais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Morvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Daiguebonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1986,589 +1986,589 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04057400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luminance and Brightness: Application to Lanthanide-Based Coordination Polymers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Chloé Blais</w:t>
+                <w:t xml:space="preserve">Microwave-assisted synthesis of lanthanide coordination polymers with 2-bromobenzoic acid as ligand from hexa-lanthanide molecular precursors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haiyun Yao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Calvez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Daiguebonne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Suffren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Cyril Paranthoen</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Bernot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 61 (48), pp.19588-19596. </w:t>
+              <w:t xml:space="preserve">Journal of Molecular Structure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 1250, pp.131918. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.2c03500⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.molstruc.2021.131918⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03885315v1</w:t>
+                <w:t xml:space="preserve">hal-03515035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microwave-assisted synthesis of lanthanide coordination polymers with 2-bromobenzoic acid as ligand from hexa-lanthanide molecular precursors</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Luminance and Brightness: Application to Lanthanide-Based Coordination Polymers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Blais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Calvez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Suffren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Daiguebonne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Haiyun Yao</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Kevin Bernot</w:t>
+                <w:t xml:space="preserve">Cyril Paranthoen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Structure</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 1250, pp.131918. </w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 61 (48), pp.19588-19596. </w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.molstruc.2021.131918⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.2c03500⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03515035v1</w:t>
+                <w:t xml:space="preserve">hal-03885315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis, Crystal Structure, and Luminescence Properties of the Iso-Reticular Series of Lanthanide Coordination Polymers Synthesized from Hexa-Lanthanide Molecular Precursors</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Carole Daiguebonne</w:t>
+                <w:t xml:space="preserve">Mono-, Di-, and Tetranuclear Manganese(II) Complexes with p-Phenylsulfonylcalix[4]arene Macrocycles as Ligand Antennas: Synthesis, Structures, and Emission Properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Lecourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Suffren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwann Jeanneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Luneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Desroches</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.1c03654⟩</w:t>
+              <w:t xml:space="preserve">Crystal Growth &amp; Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 22 (4), pp.2279-2288. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.cgd.1c01348⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03632067v1</w:t>
+                <w:t xml:space="preserve">hal-03661090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mono-, Di-, and Tetranuclear Manganese(II) Complexes with p-Phenylsulfonylcalix[4]arene Macrocycles as Ligand Antennas: Synthesis, Structures, and Emission Properties</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">C. Lecourt</w:t>
+                <w:t xml:space="preserve">Synthesis, Crystal Structure, and Luminescence Properties of the Iso-Reticular Series of Lanthanide Coordination Polymers Synthesized from Hexa-Lanthanide Molecular Precursors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haiyun Yao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Calvez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Daiguebonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Suffren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Bernot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Crystal Growth &amp; Design</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 22 (4), pp.2279-2288. </w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 61 (12), pp.4895-4908. </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.cgd.1c01348⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.1c03654⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03661090v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03632067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of Intermetallic Energy Transfers in Lanthanide Coordination Polymers Molecular Alloys: Case Study of Trimesate-Based Compounds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Blais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Daiguebonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2658,51 +2658,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hexanuclear Molecular Precursors as Tools to Design Luminescent Coordination Polymers with Lanthanide Segregation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haiyun Yao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Calvez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3069,51 +3069,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intercalation of a manganese(II)-thiacalixarene luminescent complex in layered double hydroxides: synthesis and photophysical characterization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Niall O'Toole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constance Lecourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Suffren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3586,429 +3586,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02934610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis and photoluminescence properties of Mn&amp;lt;sup&amp;gt;2+&amp;lt;/sup&amp;gt; doped ZnCN&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; phosphors</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Colloidal suspensions of highly luminescent lanthanide-based coordination polymer molecular alloys for ink-jet printing and tagging of technical liquids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francesco Bour</w:t>
+                <w:t xml:space="preserve">Youenn Pointel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Daiguebonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Suffren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Olivier Guillou</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Le Natur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Freslon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Open Ceramics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.oceram.2021.100157⟩</w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry Frontiers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 8 (8), pp.2125-2135. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d1qi00060h⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03276074v2</w:t>
+                <w:t xml:space="preserve">hal-03245099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Single-chain magnet behavior in a finite linear hexanuclear molecule</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Felix Houard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gendron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Suffren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Guizouarn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dorcet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 12 (31), pp.10613-10621. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/d1sc02033a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03331002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Colloidal suspensions of highly luminescent lanthanide-based coordination polymer molecular alloys for ink-jet printing and tagging of technical liquids</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Carole Daiguebonne</w:t>
+                <w:t xml:space="preserve">Synthesis and photoluminescence properties of Mn&amp;lt;sup&amp;gt;2+&amp;lt;/sup&amp;gt; doped ZnCN&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; phosphors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Leysour de Rohello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Bour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Suffren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Freslon</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Merdrignac-Conanec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry Frontiers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 8 (8), pp.2125-2135. </w:t>
+              <w:t xml:space="preserve">Open Ceramics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 7, pp.100157. </w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d1qi00060h⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.oceram.2021.100157⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03245099v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03276074v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lanthanide-based molecular alloys with hydroxyterephthalate: A versatile system</w:t>
               </w:r>
@@ -4522,51 +4522,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High Luminance of Heterolanthanide-Based Molecular Alloys by Phase-Induction Strategy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youenn Pointel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Felix Houard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4924,51 +4924,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rational Design of Dual IR and Visible Highly Luminescent Light-Lanthanides-Based Coordination Polymers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youenn Pointel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Suffren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5186,498 +5186,498 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02536598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A supramolecular chain of dimeric Dy single molecule magnets decorated with azobenzene ligands</w:t>
+                <w:t xml:space="preserve">Microcrystalline Core–Shell Lanthanide-Based Coordination Polymers for Unprecedented Luminescent Properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gang Huang</w:t>
+                <w:t xml:space="preserve">Ahmad Abdallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Daiguebonne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Suffren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiaohui Yi</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Thierry Guizouarn</w:t>
+                <w:t xml:space="preserve">Amandine Rojo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Demange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c9dt03540k⟩</w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 58 (2), pp.1317-1329. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.8b02815⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02364866v1</w:t>
+                <w:t xml:space="preserve">hal-01989013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microcrystalline Core–Shell Lanthanide-Based Coordination Polymers for Unprecedented Luminescent Properties</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ahmad Abdallah</w:t>
+                <w:t xml:space="preserve">A new family of lanthanide-based coordination polymers with azoxybenzene-3,3′,5,5′-tetracarboxylic acid as ligand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jinzeng Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Daiguebonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Suffren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Rojo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Valérie Demange</w:t>
+                <w:t xml:space="preserve">Thierry Roisnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Freslon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.8b02815⟩</w:t>
+              <w:t xml:space="preserve">Inorganica Chimica Acta Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 488, pp.208-213. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ica.2019.01.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01989013v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01997636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new family of lanthanide-based coordination polymers with azoxybenzene-3,3′,5,5′-tetracarboxylic acid as ligand</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Yan Suffren</w:t>
+                <w:t xml:space="preserve">A supramolecular chain of dimeric Dy single molecule magnets decorated with azobenzene ligands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gang Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Roisnel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Freslon</w:t>
+                <w:t xml:space="preserve">Xiaohui Yi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Gendron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Le Guennic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Guizouarn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganica Chimica Acta Reviews</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 488, pp.208-213. </w:t>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 48 (42), pp.16053-16061. </w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ica.2019.01.023⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/c9dt03540k⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01997636v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02364866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lanthanide-Based Coordination Polymers With 1,4-Carboxyphenylboronic Ligand: Multiemissive Compounds for Multisensitive Luminescent Thermometric Probes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmad Abdallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Freslon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiao Fan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Rojo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Daiguebonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5996,51 +5996,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hetero-hexalanthanide Complexes: A New Synthetic Strategy for Molecular Thermometric Probes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haiyun Yao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Calvez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6143,51 +6143,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Photogeneration of Manganese(III) from Luminescent Manganese(II) Complexes with Thiacalixarene Ligands: Synthesis, Structures and Photophysical Properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Niall O'Toole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constance Lecourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Suffren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6258,498 +6258,498 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01945194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strong Magnetic Coupling and Single-Molecule-Magnet Behavior in Lanthanide-TEMPO Radical Chains</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Calvez</w:t>
+                <w:t xml:space="preserve">Thermodynamic Programming of Erbium(III) Coordination Complexes for Dual Visible/Near-Infrared Luminescence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bahman Golesorkhi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Guénée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Homayoun Nozary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Fürstenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Suffren</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.8b01640⟩</w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 24 (50), pp.13158-13169. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.201802277⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01862460v1</w:t>
+                <w:t xml:space="preserve">hal-01862501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural diversity and photo-physical and magnetic properties of dimeric to 1D polymeric coordination polymers of lighter lanthanide(III) dinitrobenzoates</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">B.S. Sran</w:t>
+                <w:t xml:space="preserve">Strong Magnetic Coupling and Single-Molecule-Magnet Behavior in Lanthanide-TEMPO Radical Chains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gang Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Daiguebonne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Calvez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Suffren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Pointillart</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 57 (17), pp.11044-11057. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.8b01640⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c7dt04596d⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01774397v1</w:t>
+                <w:t xml:space="preserve">hal-01862460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermodynamic Programming of Erbium(III) Coordination Complexes for Dual Visible/Near-Infrared Luminescence</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Structural diversity and photo-physical and magnetic properties of dimeric to 1D polymeric coordination polymers of lighter lanthanide(III) dinitrobenzoates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Guénée</w:t>
+                <w:t xml:space="preserve">A.K. Jassal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Homayoun Nozary</w:t>
+                <w:t xml:space="preserve">B.S. Sran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Suffren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Bernot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Fürstenberg</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yan Suffren</w:t>
+                <w:t xml:space="preserve">Fabrice Pointillart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 24 (50), pp.13158-13169. </w:t>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 47 (13), pp.4722-4732. </w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/chem.201802277⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/c7dt04596d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01862501v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01774397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cover Feature: Thermodynamic Programming of Erbium(III) Coordination Complexes for Dual Visible/Near-Infrared Luminescence (Chem. Eur. J. 50/2018)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bahman Golesorkhi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Guénée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Homayoun Nozary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fürstenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Suffren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6934,51 +6934,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Closing the Circle of the Lanthanide-Murexide Series: Single-Molecule Magnet Behavior and Near-Infrared Emission of the NdIII Derivative</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gang Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Calvez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7062,425 +7062,425 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01969355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Controlling Lanthanide Exchange in Triple-Stranded Helicates: A Way to Optimize Molecular Light-Upconversion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Davood Zare</w:t>
+                <w:t xml:space="preserve">Hexalanthanide Complexes as Molecular Precursors: Synthesis, Crystal Structure, and Luminescent and Magnetic Properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haiyun Yao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Calvez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Daiguebonne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Bernot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Suffren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/anie.201709156⟩</w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 56 (23), pp.14632-14642. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.7b02452⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01640114v1</w:t>
+                <w:t xml:space="preserve">hal-01657831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High Brightness and Easy Color Modulation in Lanthanide-Based Coordination Polymers with 5-Methoxyisophthalate as Ligand: Toward Emission Colors Additive Strategy</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Freslon</w:t>
+                <w:t xml:space="preserve">Controlling Lanthanide Exchange in Triple-Stranded Helicates: A Way to Optimize Molecular Light-Upconversion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davood Zare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Suffren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Homayoun Nozary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Hauser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Piguet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Crystal Growth &amp; Design</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.cgd.6b01607⟩</w:t>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 56 (46), pp.14612-14617. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/anie.201709156⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01485636v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01640114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hexalanthanide Complexes as Molecular Precursors: Synthesis, Crystal Structure, and Luminescent and Magnetic Properties</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Haiyun Yao</w:t>
+                <w:t xml:space="preserve">High Brightness and Easy Color Modulation in Lanthanide-Based Coordination Polymers with 5-Methoxyisophthalate as Ligand: Toward Emission Colors Additive Strategy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Insa Badiane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Freslon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Suffren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Daiguebonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Calvez</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Yan Suffren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 56 (23), pp.14632-14642. </w:t>
+              <w:t xml:space="preserve">Crystal Growth &amp; Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 17 (3), pp.1224-1234. </w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.7b02452⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.cgd.6b01607⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01657831v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01485636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lanthanide-based hexa-nuclear complexes and their use as molecular precursors.</w:t>
               </w:r>
@@ -7594,325 +7594,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01419228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cover Feature: [Pt(SCN) 4 ] 2- -Based Coordination Polymers and Supramolecular Squares: Intermolecular Pt···H-C Interactions Probed by Luminescence Spectroscopy at Variable Pressure</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Photo-physical properties of donor-acceptor-radical triad based on functionalized tetrathiafulvalene and nitronyl nitroxide radical</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haiet Douib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marin Puget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Suffren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Caroline Genre</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Pointillart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Bernot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ejic.201700514⟩</w:t>
+              <w:t xml:space="preserve">Dyes and Pigments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 145, pp.285-293. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dyepig.2017.06.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02006724v1</w:t>
+                <w:t xml:space="preserve">hal-01578543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photo-physical properties of donor-acceptor-radical triad based on functionalized tetrathiafulvalene and nitronyl nitroxide radical</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cover Feature: [Pt(SCN) 4 ] 2- -Based Coordination Polymers and Supramolecular Squares: Intermolecular Pt···H-C Interactions Probed by Luminescence Spectroscopy at Variable Pressure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Suffren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Masayuki Kobayashi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeffrey Ovens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Haiet Douib</w:t>
+                <w:t xml:space="preserve">Alexandre Rodrigue-Witchel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marin Puget</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Kevin Bernot</w:t>
+                <w:t xml:space="preserve">Caroline Genre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dyes and Pigments</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 145, pp.285-293. </w:t>
+              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 2017 (22), pp.2864-2864. </w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.dyepig.2017.06.010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ejic.201700514⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01578543v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02006724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lanthanide coordination polymers with 1,2-phenylenediacetate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insa Badiane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Freslon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8002,103 +8002,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CrIII as an alternative to RuII in metallo-supramolecular chemistry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davood Zare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Doistau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Homayoun Nozary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Besnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Guénée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalton Transactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 46 (28), pp.8992 - 9009. </w:t>
@@ -8149,90 +8149,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[Pt(SCN)(4)](2-)-Based Coordination Polymers and Supramolecular Squares: Intermolecular Pt center dot center dot center dot H-C Interactions Probed by Luminescence Spectroscopy at Variable Pressure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Suffren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Masayuki Kobayashi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeffrey S. Ovens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Rodrigue-Witchel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Genre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 2017 (22), pp.2865--2875. </w:t>
@@ -8413,90 +8413,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taming Lanthanide-Centered Upconversion at the Molecular Level</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Suffren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bahman Golesorkhi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davood Zare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Guénée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Homayoun Nozary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 55 (20), pp.9964-9972. </w:t>
@@ -8668,103 +8668,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cover Feature: Smaller than a nanoparticle with the design of discrete polynuclear molecular complexes displaying near-infrared to visible upconversion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davood Zare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Suffren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Guénée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Svetlana V. Eliseeva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Homayoun Nozary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalton Transactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 44, pp.2501-2501. </w:t>
@@ -8802,103 +8802,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Smaller than a nanoparticle with the design of discrete polynuclear molecular complexes displaying near-infrared to visible upconversion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davood Zare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Suffren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Guénée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Svetlana V. Eliseeva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Homayoun Nozary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalton Transactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 44 (6), pp.2529-2540. </w:t>
@@ -8975,51 +8975,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Niall O'Toole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Hauser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwann Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Brioude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9670,51 +9670,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Suffren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Reber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Luneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 53 (18), pp.9548-9560. </w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9761,90 +9761,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Near-Infrared to Visible Light-Upconversion in Molecules: From Dream to Reality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Suffren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davood Zare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Svetlana Eliseeva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Guénée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Homayoun Nozary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 117 (51), pp.26957-26963. </w:t>
@@ -10788,51 +10788,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From octahedral to planar hexanuclear complexes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Calvez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haiyun Yao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Suffren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10932,64 +10932,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermodynamic approach of lanthanide-based coordination polymers syntheses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Blais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Morvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Daiguebonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11057,51 +11057,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploration of optical properties of lanthanide-based coordination polymers by luminescence and luminance measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Blais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Suffren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11182,51 +11182,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Syntheses of lanthanide coordination polymers as molecular alloys and their luminescent properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Blais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Suffren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11322,51 +11322,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deciphering crystal field splitting of lanthanide ions using magnetism, luminescence and ab-initio calculations: A friendly discussion between van Vleck and Boltzmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Le Guennic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Riobé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11732,51 +11732,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423745v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Chang" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Daiguebonne" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Suffren" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Calvez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Bernot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.inoche.2025.115904" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05094001v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Blais" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fallou Ngom" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.5c01104" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349781v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Lecourt" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Ledoux" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Jeanneau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Luneau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5DT02234G" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05043977v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Le Coz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Cornet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Durand" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Henry-Bauer" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Even" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jlumin.2025.121195" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05229991v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nimisha Jain" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire David" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cordier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Le Guennic" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ceur.202500193" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984472v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lowik Dewez-Raszka" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanae Hommada" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Audebrand" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ica.2025.122583" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-04753145v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Houard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Marchal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ceur.202400062" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726709v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Morvan" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.inoche.2024.113275" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524272v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Houard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Olivier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Cucinotta" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Galangau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gautier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3TC03630H" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04646391v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.4c01866" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258645v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Duval" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Benabdesselam" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Houizot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Rouxel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0167222" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886952v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guiseppe Cucinotta" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Guizouarn" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2mh01158a" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-04156360v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Leysour de Rohello" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Gouttefangeas" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Merdrignac-Conanec" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Guillou" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/inorganics11070291" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057400v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.2c04198" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885315v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Paranthoen" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.2c03500" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515035v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haiyun Yao" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2021.131918" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03632067v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.1c03654" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661090v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lecourt" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Desroches" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.1c01348" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776934v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.2c01650" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414710v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.1c02662" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370752v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinzeng Wang" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Freslon" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ica.2021.120594" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03128529v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.accounts.0c00684" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03127398v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niall O'Toole" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Toche" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodica Chiriac" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0nj04890a" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157353v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roza Maouche" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Belaid" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkacem Benmerad" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Bouacida" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.0c03417" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03213306v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Calers" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2021.122240" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934610v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2020.129164" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03276074v2" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Bour" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceram.2021.100157" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331002v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gendron" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dorcet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1sc02033a" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03245099v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youenn Pointel" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Le Natur" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1qi00060h" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03130424v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wang" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Daiguebonne" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0ce00947d" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02394684v2" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chevir&#233;" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2019.12.002" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02443570v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ica.2019.119309" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545589v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Regny" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Leynaud" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gautier-Luneau" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Dantelle" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0CE00156B" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02901270v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Le Natur" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.0c01513" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02364864v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Evrard" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201913019" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890131v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.0c01126" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02901271v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.0c01136" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02536598v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adolf Abdallah" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Puget" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Suffren" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9ce01592b" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02364866v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gang Huang" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaohui Yi" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9dt03540k" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01989013v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Abdallah" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Rojo" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Demange" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.8b02815" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997636v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Roisnel" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ica.2019.01.023" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01971532v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao Fan" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.8b02681" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02438546v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjnano.10.234" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02050210v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.8b03277" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02397303v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.9b02668" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01945194v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Hauser" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lhoussain Khrouz" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201801104" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01862460v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.8b01640" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01774397v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.K. Jassal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.S. Sran" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Pointillart" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7dt04596d" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01862501v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahman Golesorkhi" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Gu&#233;n&#233;e" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Homayoun Nozary" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre F&#252;rstenberg" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201802277" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01992182v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201803928" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01744287v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert-Manga Badiane" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.8b00169" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969355v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/magnetochemistry4040044" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01640114v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davood Zare" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Piguet" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201709156" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01485636v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Insa Badiane" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.6b01607" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01657831v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.7b02452" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01419228v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ccr.2016.12.004" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006724v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masayuki Kobayashi" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Ovens" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Rodrigue-Witchel" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Genre" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201700514" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01578543v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haiet Douib" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marin Puget" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dyepig.2017.06.010" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01477155v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ica.2017.02.012" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578431v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Doistau" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Besnard" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7dt01747b" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01559214v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey S. Ovens" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201700149" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01414289v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Plaindoux" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Brenier" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.6b01850" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01338695v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.6b00700" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01419234v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Lannes" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bernard Tommasino" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Toche" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.6b10544" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01992311v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana V. Eliseeva" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5DT90021B" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01172019v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4DT02336F" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597128v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Brioude" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5dt00827a" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01989836v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qinchao Sun" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Mosquera-Vazquez" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihane Hankache" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nahid Amstutz" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ccr.2014.07.004" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VX1FH2J0-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01662656v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Taouti" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamal Benbertal" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.5b00187" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982476v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Phanon" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed B. Taouti" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3tc32517b" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01989831v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Woodall" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Fuertes" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Beavers" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren Hatcher" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Parlett" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201404058" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01989826v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Intissar" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Reber" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic500779y" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01989823v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Eliseeva" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp4107519" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00942239v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Darie" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Goujon" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Legendre" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201300191" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-K2HJMMZ0-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01989816v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric-Guillaume Rollet" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Levasseur-Grenon" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.poly.2012.06.070" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3G5LBC6H-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00942233v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201200792" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-0HR09KJ9-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01989810v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02603594.2012.659776" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00908537v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pilm&#233;" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Jamet" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/zaac.200900508" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FP7L8446-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04110088v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Rocquefelte" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominic Ryan" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630533v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Kermarrec" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raja Haloui" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Marchivie" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Jos&#233; G&#243;mez-Garc&#237;a" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457986v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lescop" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820251v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822554v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822538v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230380v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Riob&#233;" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Pointillard" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.hpcre.2025.06.001" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00597748v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423745v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Chang" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Daiguebonne" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Suffren" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Calvez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Bernot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.inoche.2025.115904" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05043977v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Le Coz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Cornet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Durand" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Henry-Bauer" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Even" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jlumin.2025.121195" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05229991v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nimisha Jain" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire David" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cordier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Le Guennic" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ceur.202500193" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05094001v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Blais" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fallou Ngom" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.5c01104" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349781v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Lecourt" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Ledoux" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Jeanneau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Luneau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5DT02234G" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984472v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lowik Dewez-Raszka" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanae Hommada" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Audebrand" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ica.2025.122583" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726709v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Morvan" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.inoche.2024.113275" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-04753145v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Houard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Marchal" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ceur.202400062" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524272v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Houard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Olivier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Cucinotta" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Galangau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gautier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3TC03630H" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04646391v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.4c01866" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258645v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Duval" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Benabdesselam" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Houizot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Rouxel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0167222" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886952v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guiseppe Cucinotta" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Guizouarn" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2mh01158a" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-04156360v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Leysour de Rohello" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Gouttefangeas" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Merdrignac-Conanec" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Guillou" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/inorganics11070291" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057400v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.2c04198" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515035v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haiyun Yao" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2021.131918" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885315v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Paranthoen" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.2c03500" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661090v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lecourt" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Desroches" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.1c01348" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03632067v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.1c03654" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776934v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.2c01650" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414710v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.1c02662" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370752v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinzeng Wang" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Freslon" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ica.2021.120594" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03128529v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.accounts.0c00684" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03127398v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niall O'Toole" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Toche" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodica Chiriac" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0nj04890a" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157353v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roza Maouche" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Belaid" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkacem Benmerad" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Bouacida" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.0c03417" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03213306v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Calers" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2021.122240" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934610v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2020.129164" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03245099v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youenn Pointel" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Le Natur" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1qi00060h" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331002v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gendron" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dorcet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1sc02033a" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03276074v2" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Bour" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceram.2021.100157" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03130424v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wang" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Daiguebonne" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0ce00947d" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02394684v2" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chevir&#233;" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2019.12.002" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02443570v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ica.2019.119309" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545589v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Regny" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Leynaud" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gautier-Luneau" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Dantelle" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0CE00156B" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02901270v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Le Natur" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.0c01513" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02364864v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Evrard" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201913019" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890131v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.0c01126" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02901271v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.0c01136" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02536598v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adolf Abdallah" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Puget" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Suffren" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9ce01592b" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01989013v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Abdallah" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Rojo" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Demange" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.8b02815" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997636v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Roisnel" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ica.2019.01.023" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02364866v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gang Huang" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaohui Yi" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9dt03540k" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01971532v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao Fan" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.8b02681" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02438546v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjnano.10.234" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02050210v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.8b03277" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02397303v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.9b02668" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01945194v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Hauser" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lhoussain Khrouz" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201801104" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01862501v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahman Golesorkhi" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Gu&#233;n&#233;e" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Homayoun Nozary" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre F&#252;rstenberg" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201802277" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01862460v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.8b01640" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01774397v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.K. Jassal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.S. Sran" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Pointillart" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7dt04596d" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01992182v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201803928" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01744287v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert-Manga Badiane" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.8b00169" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969355v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/magnetochemistry4040044" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01657831v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.7b02452" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01640114v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davood Zare" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Piguet" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201709156" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01485636v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Insa Badiane" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.6b01607" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01419228v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ccr.2016.12.004" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01578543v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haiet Douib" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marin Puget" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dyepig.2017.06.010" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006724v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masayuki Kobayashi" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Ovens" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Rodrigue-Witchel" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Genre" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201700514" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01477155v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ica.2017.02.012" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578431v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Doistau" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Besnard" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7dt01747b" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01559214v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey S. Ovens" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201700149" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01414289v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Plaindoux" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Brenier" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.6b01850" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01338695v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.6b00700" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01419234v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Lannes" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bernard Tommasino" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Toche" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.6b10544" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01992311v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana V. Eliseeva" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5DT90021B" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01172019v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4DT02336F" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597128v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Brioude" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5dt00827a" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01989836v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qinchao Sun" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Mosquera-Vazquez" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihane Hankache" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nahid Amstutz" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ccr.2014.07.004" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VX1FH2J0-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01662656v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Taouti" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamal Benbertal" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.5b00187" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982476v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Phanon" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed B. Taouti" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3tc32517b" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01989831v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Woodall" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Fuertes" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Beavers" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren Hatcher" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Parlett" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201404058" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01989826v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Intissar" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Reber" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic500779y" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01989823v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Eliseeva" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp4107519" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00942239v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Darie" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Goujon" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Legendre" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201300191" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-K2HJMMZ0-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01989816v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric-Guillaume Rollet" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Levasseur-Grenon" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.poly.2012.06.070" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3G5LBC6H-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00942233v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201200792" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-0HR09KJ9-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01989810v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02603594.2012.659776" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00908537v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pilm&#233;" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Jamet" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/zaac.200900508" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FP7L8446-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04110088v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Rocquefelte" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominic Ryan" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630533v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Kermarrec" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raja Haloui" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Marchivie" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Jos&#233; G&#243;mez-Garc&#237;a" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457986v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lescop" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820251v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822554v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822538v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230380v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Riob&#233;" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Pointillard" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.hpcre.2025.06.001" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00597748v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>