--- v0 (2026-03-06)
+++ v1 (2026-03-31)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:131.9587628866px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Yanfu Li </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Short bio</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2016—present Professor, Laboratory of Industrial Engineering, CentraleSupelec, France</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2011—2015 Assistant Professor, Laboratory of Industrial Engineering, CentraleSupelec, France</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2011—present Co-director Chair Systems Science & Energy Challenge, CentraleSupelec, France</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2009—2010 Post-doc research associate, University of Tennessee, USA</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2005—2009 PhD, Industrial & Systems Engineering, National University of Singapore, Singapore</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2001—2005 Bachelor of Engineering, Software Engineering, Wuhan University, China</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Research Interests</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">My primary research interests include reliability modeling and optimization, uncertainty and risk analysis, renewable energy system and software systems. I am author of more than 30 journal publications. My publications appears on the top journals such as IEEE Transactions on Power Systems, IEEE Transactions on Software Engineering, IEEE Transactions on Fuzzy Systems, IEEE Transactions on Reliability, etc. I am a senior member of IEEE and a member of INFORMS and SRA.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (35)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal inspection and maintenance for a repairable k-out-of-n: G warm standby system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hui Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bérenguer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reliability Engineering and System Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 193 (January), pp.106669. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ress.2019.106669⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02304685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adequacy assessment of a wind-integrated system using neural network-based interval predictions of wind power generation and load</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronay Ak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Vitelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Electrical Power &amp; Energy Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 95, pp.213 - 226. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijepes.2017.08.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01786550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A comparison between Monte Carlo simulation and finite-volume scheme for reliability assessment of multi-state physics systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Hui Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reliability Engineering and System Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 174, pp.1 - 11. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ress.2018.01.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01786573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Framework for Modeling and Optimizing Maintenance in Systems Considering Epistemic Uncertainty and Degradation Dependence Based on PDMPs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Hui Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industrial Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 14 (1), pp.210 - 220. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TII.2017.2743820⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01786574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Risk assessment of power transmission network failures in a uniform pricing electricity market environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 138, pp.1042 - 1055. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.energy.2017.07.115⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01786591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the optimal redundancy allocation for multi-state series–parallel systems under epistemic uncertainty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mu-Xia Sun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reliability Engineering and System Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ress.2017.11.025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01767229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Definitions of generalized multi-performance weighted multi-state K¯ -out-of- n system and its reliability evaluations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emil Mahler Larsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yi Ding</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reliability Engineering and System Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ress.2017.06.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01786936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A SVM framework for fault detection of the braking system in a high speed train</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 87, pp.401 - 409. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ymssp.2016.10.034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01408781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A multi-objective optimization framework for risk-controlled integration of renewable generation into electric power systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Mena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Hennebel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 106, pp.712 - 727. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.energy.2016.03.056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01787001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A DNA target-enrichment approach to detect mutations, copy number changes and immunoglobulin translocations in multiple myeloma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Niccolò Bolli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Sathiaseelan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keiran Martin Raine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wendy D Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Blood Cancer Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 6 ((9)), pp.e467. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/bcj.2016.72⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01382540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nitrogen isotope fractionation during terrestrial core-mantle separation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Marty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Shcheka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Zimmermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H Keppler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geochemical Perspectives Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 2, pp.138-147. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7185/geochemlet.1614⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01346007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K⊂{[Fe II (Tp)(CN) 3 ] 4 [Co III ( pz Tp)] 3 [Co II ( pz Tp)]}: a neutral soluble model complex of photomagnetic Prussian blue analogues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-R Jim Enez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J von Bardeleben</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y Journaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 7, pp.4825-4831. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c6sc01435f⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01333034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reliability Assessment of Systems Subject to Dependent Degradation Processes and Random Shocks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Hui Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IIE Transactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/0740817X.2016.1190481⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01342101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Component Importance Measures for Components With Multiple Dependent Competing Degradation Processes and Subject to Maintenance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Hui Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Reliability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 65 (2), pp.547-557. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TR.2015.2500684⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01342098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A system-of-systems framework for the reliability analysis of distributed generation systems accounting for the impact of degraded communication networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hua-Dong Mo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 183, pp.805 - 822. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apenergy.2016.09.041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01787002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Risk assessment and risk-cost optimization of distributed power generation systems considering extreme weather conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Rocchetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yanfu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reliability Engineering and System Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 136, pp.47-61. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ress.2014.11.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01109499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrating Random Shocks Into Multi-State Physics Models of Degradation Processes for Component Reliability Assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Hui Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Reliability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, pp.28. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TR.2014.2354874⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01090176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of robust optimization for decentralized microgrid energy management under uncertainty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elizaveta Kuznetsova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Electrical Power &amp; Energy Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 64, pp.815 - 832. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijepes.2014.07.064⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01104438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reliability assessment of generic geared wind turbines by GTST-MLD model and Monte Carlo simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Valla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renewable Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 83, pp.222-233. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.renene.2015.04.035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01176996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Systematic Analysis of Data Preprocessing for Machine Learning- based Software Cost Estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jianglin Huang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Min Xie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information and Software Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 67, pp.108-127. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.infsof.2015.07.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01340341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Service reliability modeling of distributed computing systems with virus epidemics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Peng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Mathematical Modelling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apm.2015.01.036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01340343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fuzzy Reliability Assessment of Systems with Multiple Dependent Competing Degradation Processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Hui Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Fuzzy Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 23 (5), pp.1428-1438. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TFUZZ.2014.2362145⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01090162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-adaptable hierarchical clustering analysis and differential evolution for optimal integration of renewable distributed generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Mena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Hennebel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 133, pp.388-402. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apenergy.2014.07.086⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01090342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Random Fuzzy Extension of the Universal Generating Function Approach for the Reliability Assessment of Multi-State Systems Under Aleatory and Epistemic Uncertainties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Ding</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Reliability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 63 (1), pp.13 - 25. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TR.2014.2299031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00873976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smart Electricity Meter Reliability Prediction based on Accelerated Degradation Testing and Modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhou Yang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xun-Xia Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Kang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Electrical Power &amp; Energy Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 56, pp.209-219. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijepes.2013.11.023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00903990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An integrated framework of agent-based modelling and robust optimization for microgrid energy management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Kuznetsova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 129, pp.70 - 88. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apenergy.2014.04.024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00994200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A risk-based simulation and multi-objective optimization framework for the integration of distributed renewable generation and storage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Mena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Hennebel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renewable and Sustainable Energy Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 37, pp.778 - 793. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.rser.2014.05.046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01090336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Memetic Evolutionary Multi-Objective Optimization Method for Environmental Power Unit Commitment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicola Pedroni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Power Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.1-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00777057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NSGA-II-trained neural network approach to the estimation of prediction intervals of scale deposition rate in oil & gas equipment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronay Ak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Vitelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Expert Systems with Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 40 (4), pp.1205-1212. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eswa.2012.08.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00734441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-Dominated Sorting Binary Differential Evolution for the Multi-Objective Optimization of Cascading Failures Protection in Complex Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Sansavini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reliability Engineering and System Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 111, pp.195-205. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ress.2012.11.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00750045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reinforcement learning for microgrid energy management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elizaveta Kuznetsova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keith Bell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, accepted for publication</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00828024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A multi-state model for the reliability assessment of a distributed generation system via universal generating function</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reliability Engineering and System Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 106, pp.28-36. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ress.2012.04.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00704877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Definition of Multi-State Weighted k-out-of-n: F System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Ding</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lin Cheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qiu-Wei Wu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Performability Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 8 (2), pp.217-219</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00704898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uncertainty Analysis of the Adequacy Assessment Model of a Distributed Generation System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renewable Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 41, pp.235-244. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.renene.2011.10.025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00644305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Multi-state Physics Model of Component Degradation based on Stochastic Petri Nets and Simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Hui Lin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Reliability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 61 (4), pp.921-931</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00737618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Online Reliability Prediction of Energy Systems with Wind Generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hana Baili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE 59th International Midwest Symposium on Circuits and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Abu Dhabi, United Arab Emirates. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/mwscas.2016.7870058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01375954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Reliability Models for Multiple Dependent Competing Degradation Processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Hui Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yanfu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESREL 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Wrocław, Poland. pp.775-782</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01090198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Novel Genetic Algorithm Developed on a Reduced Search Space for Optimal Redundancy Allocation in Multi-State Series-Parallel Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mu-Xia Sun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESREl 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Zurich, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01238994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Quantum-Inspired Evolutionary Approach for non- Homogeneous Redundancy Allocation in Series- Parallel Multi-State Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICRMS 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Guang Zhou, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01108136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Objective Design and Maintenance Optimization of the Heated Hold-Up Tank</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huilong Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yanfu Li</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lambda Mu 19</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01109401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Condition-based component replacement of the pneumatic valve with the unscented particle filter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tao Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wei Zhao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jinping Sun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 Prognostics and System Health Management Conference (PHM-2014 Hunan)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Zhangiiaijie City, France. </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PHM.2014.6988181⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01787184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MODELING MULTIPLE DEPENDENT COMPETING DEGRADATIONS UNDER EPISTEMIC UNCERTAINTY VIA PDMP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Hui Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yanfu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lambda-Mu 19</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Dijion, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01090194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-State Physics Model for the Reliability Assessment of a Component under Degradation Processes and Random Shocks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Hui Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yanfu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESREL 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Amsterdam, Netherlands. pp.1-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00838745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reliable microgrid energy management under environmental uncertainty and mechanical failures: an agent-based modelling and robust optimization approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Kuznetsova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yanfu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESREL 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Amsterdam, Netherlands. accepted for publication</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00846876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Genetic Algorithm and Neural Network Technique for Predicting Wind Power under Uncertainty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronay Ak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Vitelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prognostics and System Health Management Conference PHM-2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Milan, Italy. pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00752919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid Universal Generating Function for the Reliability Assessment of Multi-State Systems under Aleatory and Epistemic Uncertainties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Ding</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESREL 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Amsterdam, Netherlands. pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00911991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal sizing and allocation of distributed generation for reliable energy distribution accounting for uncertainty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Mena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Hennebel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESREL 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Amsterdam, Netherlands. pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00839908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petri-Net Simulation Model of a Nuclear Component Degradation Process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Hui Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mithlesh Kumar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PSAM11 &amp; ESREL 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Finland. pp.1-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00737081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stochastic Modeling by Inhomogeneous Continuous Time Markov Chains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Hui Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURO Workshop on Stochastic Modelling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00737094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of wind speed prediction intervals by multi-objective genetic algorithms and neural networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronay Ak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Vitelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">46th Scientific Meeting of the Italian Statistical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Rome, Italy. pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00703735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Multi-Objective Memetic Optimization Method for Power Network Cascading Failures Protection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Sansavini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. R. Golea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PSAM11 &amp; ESREL 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Finland. pp.1-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00737086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UN CADRE DE SIMULATION MULTI-ETATS POUR MODÉLISER DE LA DÉGRADATION DES COMPOSANTS DE PRODUCTION D'ÉNERGIE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Hui Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Despujols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LAMBDA MU 18</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, France. pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00744002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of Prediction Intervals of Neural Network Models by a Multi-objective Genetic Algorithm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronay Ak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FLINS 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Istanbul, Turkey. pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00704887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A simulation model for adequacy assessment of distributed generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Kuznetsova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yanfu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Keith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CSDM 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Paris, France. pp.1-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00658054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reliability Assessment of Systems with Dependent Degradation Processes Based on Piecewise-Deterministic Markov Process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Hui Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recent Advances in Multi-state Systems Reliability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 14 (1), pp.213-225, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01989231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-objective Genetic Algorithm Optimization of a Neural Network for Estimating Wind Speed Prediction Intervals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronay Ak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Vitelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00864850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adequacy Assessment of a Wind-Integrated System Using Neural Network-based Interval Predictions of Wind Power Generation and Load</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronay Ak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Vitelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00864843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId158"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:131.9587628866px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Yanfu Li </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Short bio</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2016—present Professor, Laboratory of Industrial Engineering, CentraleSupelec, France</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2011—2015 Assistant Professor, Laboratory of Industrial Engineering, CentraleSupelec, France</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2011—present Co-director Chair Systems Science & Energy Challenge, CentraleSupelec, France</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2009—2010 Post-doc research associate, University of Tennessee, USA</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2005—2009 PhD, Industrial & Systems Engineering, National University of Singapore, Singapore</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2001—2005 Bachelor of Engineering, Software Engineering, Wuhan University, China</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Research Interests</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">My primary research interests include reliability modeling and optimization, uncertainty and risk analysis, renewable energy system and software systems. I am author of more than 30 journal publications. My publications appears on the top journals such as IEEE Transactions on Power Systems, IEEE Transactions on Software Engineering, IEEE Transactions on Fuzzy Systems, IEEE Transactions on Reliability, etc. I am a senior member of IEEE and a member of INFORMS and SRA.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (35)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal inspection and maintenance for a repairable k-out-of-n: G warm standby system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hui Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bérenguer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reliability Engineering and System Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 193 (January), pp.106669. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ress.2019.106669⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02304685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A comparison between Monte Carlo simulation and finite-volume scheme for reliability assessment of multi-state physics systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Hui Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reliability Engineering and System Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 174, pp.1 - 11. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ress.2018.01.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01786573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adequacy assessment of a wind-integrated system using neural network-based interval predictions of wind power generation and load</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronay Ak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Vitelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Electrical Power &amp; Energy Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 95, pp.213 - 226. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijepes.2017.08.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01786550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Framework for Modeling and Optimizing Maintenance in Systems Considering Epistemic Uncertainty and Degradation Dependence Based on PDMPs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Hui Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industrial Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 14 (1), pp.210 - 220. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TII.2017.2743820⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01786574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Definitions of generalized multi-performance weighted multi-state K¯ -out-of- n system and its reliability evaluations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emil Mahler Larsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yi Ding</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reliability Engineering and System Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ress.2017.06.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01786936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Risk assessment of power transmission network failures in a uniform pricing electricity market environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 138, pp.1042 - 1055. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.energy.2017.07.115⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01786591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the optimal redundancy allocation for multi-state series–parallel systems under epistemic uncertainty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mu-Xia Sun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reliability Engineering and System Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ress.2017.11.025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01767229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A SVM framework for fault detection of the braking system in a high speed train</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 87, pp.401 - 409. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ymssp.2016.10.034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01408781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A multi-objective optimization framework for risk-controlled integration of renewable generation into electric power systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Mena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Hennebel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 106, pp.712 - 727. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.energy.2016.03.056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01787001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A DNA target-enrichment approach to detect mutations, copy number changes and immunoglobulin translocations in multiple myeloma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Niccolò Bolli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Sathiaseelan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keiran Martin Raine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wendy D Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Blood Cancer Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 6 ((9)), pp.e467. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/bcj.2016.72⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01382540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nitrogen isotope fractionation during terrestrial core-mantle separation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Marty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Shcheka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Zimmermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H Keppler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geochemical Perspectives Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 2, pp.138-147. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7185/geochemlet.1614⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01346007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K⊂{[Fe II (Tp)(CN) 3 ] 4 [Co III ( pz Tp)] 3 [Co II ( pz Tp)]}: a neutral soluble model complex of photomagnetic Prussian blue analogues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-R Jim Enez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J von Bardeleben</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y Journaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 7, pp.4825-4831. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c6sc01435f⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01333034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reliability Assessment of Systems Subject to Dependent Degradation Processes and Random Shocks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Hui Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IIE Transactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/0740817X.2016.1190481⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01342101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Component Importance Measures for Components With Multiple Dependent Competing Degradation Processes and Subject to Maintenance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Hui Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Reliability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 65 (2), pp.547-557. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TR.2015.2500684⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01342098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A system-of-systems framework for the reliability analysis of distributed generation systems accounting for the impact of degraded communication networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hua-Dong Mo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 183, pp.805 - 822. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apenergy.2016.09.041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01787002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reliability assessment of generic geared wind turbines by GTST-MLD model and Monte Carlo simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Valla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renewable Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 83, pp.222-233. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.renene.2015.04.035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01176996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Systematic Analysis of Data Preprocessing for Machine Learning- based Software Cost Estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jianglin Huang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Min Xie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information and Software Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 67, pp.108-127. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.infsof.2015.07.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01340341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Risk assessment and risk-cost optimization of distributed power generation systems considering extreme weather conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Rocchetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yanfu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reliability Engineering and System Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 136, pp.47-61. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ress.2014.11.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01109499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrating Random Shocks Into Multi-State Physics Models of Degradation Processes for Component Reliability Assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Hui Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Reliability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, pp.28. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TR.2014.2354874⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01090176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of robust optimization for decentralized microgrid energy management under uncertainty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elizaveta Kuznetsova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Electrical Power &amp; Energy Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 64, pp.815 - 832. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijepes.2014.07.064⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01104438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Service reliability modeling of distributed computing systems with virus epidemics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Peng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Mathematical Modelling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apm.2015.01.036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01340343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fuzzy Reliability Assessment of Systems with Multiple Dependent Competing Degradation Processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Hui Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Fuzzy Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 23 (5), pp.1428-1438. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TFUZZ.2014.2362145⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01090162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-adaptable hierarchical clustering analysis and differential evolution for optimal integration of renewable distributed generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Mena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Hennebel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 133, pp.388-402. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apenergy.2014.07.086⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01090342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smart Electricity Meter Reliability Prediction based on Accelerated Degradation Testing and Modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhou Yang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xun-Xia Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Kang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Electrical Power &amp; Energy Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 56, pp.209-219. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijepes.2013.11.023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00903990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Random Fuzzy Extension of the Universal Generating Function Approach for the Reliability Assessment of Multi-State Systems Under Aleatory and Epistemic Uncertainties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Ding</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Reliability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 63 (1), pp.13 - 25. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TR.2014.2299031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00873976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An integrated framework of agent-based modelling and robust optimization for microgrid energy management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Kuznetsova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 129, pp.70 - 88. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apenergy.2014.04.024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00994200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A risk-based simulation and multi-objective optimization framework for the integration of distributed renewable generation and storage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Mena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Hennebel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renewable and Sustainable Energy Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 37, pp.778 - 793. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.rser.2014.05.046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01090336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NSGA-II-trained neural network approach to the estimation of prediction intervals of scale deposition rate in oil & gas equipment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronay Ak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Vitelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Expert Systems with Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 40 (4), pp.1205-1212. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eswa.2012.08.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00734441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-Dominated Sorting Binary Differential Evolution for the Multi-Objective Optimization of Cascading Failures Protection in Complex Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Sansavini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reliability Engineering and System Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 111, pp.195-205. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ress.2012.11.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00750045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Memetic Evolutionary Multi-Objective Optimization Method for Environmental Power Unit Commitment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicola Pedroni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Power Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.1-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00777057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reinforcement learning for microgrid energy management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elizaveta Kuznetsova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keith Bell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, accepted for publication</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00828024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Multi-state Physics Model of Component Degradation based on Stochastic Petri Nets and Simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Hui Lin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Reliability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 61 (4), pp.921-931</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00737618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uncertainty Analysis of the Adequacy Assessment Model of a Distributed Generation System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renewable Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 41, pp.235-244. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.renene.2011.10.025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00644305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Definition of Multi-State Weighted k-out-of-n: F System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Ding</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lin Cheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qiu-Wei Wu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Performability Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 8 (2), pp.217-219</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00704898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A multi-state model for the reliability assessment of a distributed generation system via universal generating function</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reliability Engineering and System Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 106, pp.28-36. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ress.2012.04.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00704877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Online Reliability Prediction of Energy Systems with Wind Generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hana Baili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE 59th International Midwest Symposium on Circuits and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Abu Dhabi, United Arab Emirates. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/mwscas.2016.7870058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01375954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Reliability Models for Multiple Dependent Competing Degradation Processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Hui Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yanfu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESREL 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Wrocław, Poland. pp.775-782</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01090198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Novel Genetic Algorithm Developed on a Reduced Search Space for Optimal Redundancy Allocation in Multi-State Series-Parallel Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mu-Xia Sun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESREl 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Zurich, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01238994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Condition-based component replacement of the pneumatic valve with the unscented particle filter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tao Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wei Zhao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jinping Sun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 Prognostics and System Health Management Conference (PHM-2014 Hunan)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Zhangiiaijie City, France. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PHM.2014.6988181⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01787184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Quantum-Inspired Evolutionary Approach for non- Homogeneous Redundancy Allocation in Series- Parallel Multi-State Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICRMS 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Guang Zhou, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01108136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Objective Design and Maintenance Optimization of the Heated Hold-Up Tank</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huilong Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yanfu Li</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lambda Mu 19</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01109401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MODELING MULTIPLE DEPENDENT COMPETING DEGRADATIONS UNDER EPISTEMIC UNCERTAINTY VIA PDMP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Hui Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yanfu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lambda-Mu 19</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Dijion, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01090194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Genetic Algorithm and Neural Network Technique for Predicting Wind Power under Uncertainty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronay Ak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Vitelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prognostics and System Health Management Conference PHM-2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Milan, Italy. pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00752919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reliable microgrid energy management under environmental uncertainty and mechanical failures: an agent-based modelling and robust optimization approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Kuznetsova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yanfu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESREL 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Amsterdam, Netherlands. accepted for publication</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00846876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-State Physics Model for the Reliability Assessment of a Component under Degradation Processes and Random Shocks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Hui Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yanfu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESREL 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Amsterdam, Netherlands. pp.1-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00838745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid Universal Generating Function for the Reliability Assessment of Multi-State Systems under Aleatory and Epistemic Uncertainties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Ding</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESREL 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Amsterdam, Netherlands. pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00911991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal sizing and allocation of distributed generation for reliable energy distribution accounting for uncertainty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Mena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Hennebel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESREL 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Amsterdam, Netherlands. pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00839908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stochastic Modeling by Inhomogeneous Continuous Time Markov Chains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Hui Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURO Workshop on Stochastic Modelling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00737094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petri-Net Simulation Model of a Nuclear Component Degradation Process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Hui Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mithlesh Kumar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PSAM11 &amp; ESREL 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Finland. pp.1-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00737081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Multi-Objective Memetic Optimization Method for Power Network Cascading Failures Protection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Sansavini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. R. Golea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PSAM11 &amp; ESREL 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Finland. pp.1-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00737086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of wind speed prediction intervals by multi-objective genetic algorithms and neural networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronay Ak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Vitelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">46th Scientific Meeting of the Italian Statistical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Rome, Italy. pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00703735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UN CADRE DE SIMULATION MULTI-ETATS POUR MODÉLISER DE LA DÉGRADATION DES COMPOSANTS DE PRODUCTION D'ÉNERGIE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Hui Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Despujols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LAMBDA MU 18</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, France. pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00744002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of Prediction Intervals of Neural Network Models by a Multi-objective Genetic Algorithm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronay Ak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FLINS 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Istanbul, Turkey. pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00704887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A simulation model for adequacy assessment of distributed generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Kuznetsova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yanfu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Keith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CSDM 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Paris, France. pp.1-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00658054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reliability Assessment of Systems with Dependent Degradation Processes Based on Piecewise-Deterministic Markov Process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Hui Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recent Advances in Multi-state Systems Reliability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 14 (1), pp.213-225, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01989231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-objective Genetic Algorithm Optimization of a Neural Network for Estimating Wind Speed Prediction Intervals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronay Ak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Vitelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00864850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adequacy Assessment of a Wind-Integrated System Using Neural Network-based Interval Predictions of Wind Power Generation and Load</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronay Ak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan-Fu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Vitelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00864843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId158"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0C844D14"/>
+    <w:nsid w:val="F02460E3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304685v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Wu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan-Fu Li" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe B&#233;renguer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2019.106669" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01786550v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronay Ak" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Vitelli" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Zio" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijepes.2017.08.012" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01786573v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan-Hui Lin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2018.01.008" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01786574v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan-Hui Li" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TII.2017.2743820" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01786591v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Abdin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2017.07.115" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01767229v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mu-Xia Sun" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2017.11.025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N4TW3M5B-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01786936v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emil Mahler Larsen" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Ding" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2017.06.009" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01408781v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Liu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2016.10.034" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787001v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Mena" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Hennebel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2016.03.056" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BHW2L0JT-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01382540v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niccol&#242; Bolli" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Sathiaseelan" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keiran Martin Raine" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendy D Jones" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/bcj.2016.72" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346007v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Marty" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Shcheka" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Zimmermann" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Keppler" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7185/geochemlet.1614" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01333034v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Garnier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-R Jim Enez" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J von Bardeleben" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Journaux" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6sc01435f" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01342101v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0740817X.2016.1190481" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01342098v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TR.2015.2500684" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787002v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hua-Dong Mo" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2016.09.041" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DMFBHLVS-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01109499v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Rocchetta" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanfu Li" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2014.11.013" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01090176v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TR.2014.2354874" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01104438v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizaveta Kuznetsova" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Ruiz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijepes.2014.07.064" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01176996v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Valla" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2015.04.035" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340341v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianglin Huang" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min Xie" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.infsof.2015.07.004" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340343v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Peng" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apm.2015.01.036" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01090162v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TFUZZ.2014.2362145" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01090342v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2014.07.086" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00873976v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Ding" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TR.2014.2299031" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00903990v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhou Yang" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xun-Xia Chen" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Kang" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijepes.2013.11.023" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00994200v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kuznetsova" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2014.04.024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JVWNX7VD-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01090336v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rser.2014.05.046" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00777057v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Pedroni" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00734441v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eswa.2012.08.018" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00750045v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Sansavini" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2012.11.002" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00828024v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keith Bell" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00704877v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2012.04.008" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00704898v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin Cheng" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiu-Wei Wu" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00644305v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2011.10.025" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00737618v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01375954v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hana Baili" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/mwscas.2016.7870058" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01090198v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01238994v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01108136v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01109401v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huilong Zhang" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787184v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Tao" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Zhao" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinping Sun" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PHM.2014.6988181" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01090194v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00838745v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00846876v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ruiz" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00752919v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00911991v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00839908v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00737081v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mithlesh Kumar" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00737094v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00703735v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00737086v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. R. Golea" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00744002v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Despujols" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00704887v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00658054v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Keith" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01989231v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00864850v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00864843v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304685v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Wu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan-Fu Li" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe B&#233;renguer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2019.106669" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01786573v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan-Hui Lin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Zio" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2018.01.008" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01786550v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronay Ak" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Vitelli" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijepes.2017.08.012" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01786574v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan-Hui Li" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TII.2017.2743820" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01786936v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emil Mahler Larsen" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Ding" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2017.06.009" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01786591v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Abdin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2017.07.115" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01767229v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mu-Xia Sun" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2017.11.025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N4TW3M5B-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01408781v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Liu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2016.10.034" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787001v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Mena" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Hennebel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2016.03.056" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BHW2L0JT-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01382540v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niccol&#242; Bolli" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Sathiaseelan" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keiran Martin Raine" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendy D Jones" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/bcj.2016.72" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346007v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Marty" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Shcheka" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Zimmermann" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Keppler" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7185/geochemlet.1614" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01333034v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Garnier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-R Jim Enez" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J von Bardeleben" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Journaux" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6sc01435f" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01342101v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0740817X.2016.1190481" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01342098v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TR.2015.2500684" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787002v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hua-Dong Mo" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2016.09.041" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DMFBHLVS-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01176996v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Valla" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2015.04.035" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340341v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianglin Huang" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min Xie" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.infsof.2015.07.004" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01109499v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Rocchetta" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanfu Li" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2014.11.013" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01090176v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TR.2014.2354874" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01104438v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizaveta Kuznetsova" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Ruiz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijepes.2014.07.064" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340343v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Peng" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apm.2015.01.036" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01090162v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TFUZZ.2014.2362145" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01090342v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2014.07.086" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00903990v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhou Yang" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xun-Xia Chen" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Kang" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijepes.2013.11.023" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00873976v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Ding" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TR.2014.2299031" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00994200v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kuznetsova" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2014.04.024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JVWNX7VD-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01090336v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rser.2014.05.046" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00734441v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eswa.2012.08.018" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00750045v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Sansavini" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2012.11.002" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00777057v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Pedroni" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00828024v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keith Bell" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00737618v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00644305v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2011.10.025" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00704898v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin Cheng" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiu-Wei Wu" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00704877v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2012.04.008" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01375954v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hana Baili" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/mwscas.2016.7870058" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01090198v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01238994v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787184v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Tao" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Zhao" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinping Sun" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PHM.2014.6988181" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01108136v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01109401v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huilong Zhang" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01090194v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00752919v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00846876v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ruiz" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00838745v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00911991v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00839908v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00737094v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00737081v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mithlesh Kumar" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00737086v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. R. Golea" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00703735v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00744002v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Despujols" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00704887v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00658054v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Keith" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01989231v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00864850v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00864843v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>