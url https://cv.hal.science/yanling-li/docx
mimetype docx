--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -162,51 +162,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (52)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (51)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -598,5837 +598,5849 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04994383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unveiling Phase Transition Dynamics Using Cryogenic Optical Microscopy in a Charge-Transfer Fe 2 Co 2 Switchable Molecular Material</w:t>
+                <w:t xml:space="preserve">Design of photomagnetic ultra-thin films by electrodeposition of switchable cyanide-bridged Fe 4 Co 4 complexes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Buqin Xu</w:t>
+                <w:t xml:space="preserve">Amina Benchohra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nour-El-Islam Belmouri</w:t>
+                <w:t xml:space="preserve">Jessem Landoulsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Longhe Li</w:t>
+                <w:t xml:space="preserve">Niéli Daffé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sadiya Sadiya</w:t>
+                <w:t xml:space="preserve">Christophe Méthivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Bouchez</w:t>
+                <w:t xml:space="preserve">Emmanuel Maisonhaute</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+              <w:t xml:space="preserve">Small</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/jacs.5c04906⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/smll.202408917⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05191254v1</w:t>
+                <w:t xml:space="preserve">hal-05011706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of photomagnetic ultra-thin films by electrodeposition of switchable cyanide-bridged Fe 4 Co 4 complexes</w:t>
+                <w:t xml:space="preserve">Pressure-Induced Unexpected Stabilization of the High-Spin State of Iron(II) in a Metal–Organic Framework</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amina Benchohra</w:t>
+                <w:t xml:space="preserve">Livia Getzner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jessem Landoulsi</w:t>
+                <w:t xml:space="preserve">Yasmine Remili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Niéli Daffé</w:t>
+                <w:t xml:space="preserve">Damian Paliwoda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Méthivier</w:t>
+                <w:t xml:space="preserve">Samuel Gallego-Parra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Maisonhaute</w:t>
+                <w:t xml:space="preserve">Joao Elias Figueiredo Soares Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Small</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 147 (50), pp.46497-46504. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/smll.202408917⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/jacs.5c16808⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05011706v1</w:t>
+                <w:t xml:space="preserve">hal-05401185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pressure-Induced Unexpected Stabilization of the High-Spin State of Iron(II) in a Metal–Organic Framework</w:t>
+                <w:t xml:space="preserve">Investigation of protonation induced metal-to-metal electron transfer in a cyano-bridged MnIII –FeIII dinuclear complex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Livia Getzner</w:t>
+                <w:t xml:space="preserve">Prashurya Pritam Mudoi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yasmine Remili</w:t>
+                <w:t xml:space="preserve">Niku Ahmed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damian Paliwoda</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Joao Elias Figueiredo Soares Rodrigues</w:t>
+                <w:t xml:space="preserve">Anup Choudhury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanling Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigue Lescouëzec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jacs.5c16808⟩</w:t>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 54 (37), pp.14161-14172. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D5DT01885D⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05401185v1</w:t>
+                <w:t xml:space="preserve">hal-05283648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of protonation induced metal-to-metal electron transfer in a cyano-bridged MnIII –FeIII dinuclear complex</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Unveiling Phase Transition Dynamics Using Cryogenic Optical Microscopy in a Charge-Transfer Fe 2 Co 2 Switchable Molecular Material</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Buqin Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nour-El-Islam Belmouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prashurya Pritam Mudoi</w:t>
+                <w:t xml:space="preserve">Longhe Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Niku Ahmed</w:t>
+                <w:t xml:space="preserve">Sadiya Sadiya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anup Choudhury</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Rodrigue Lescouëzec</w:t>
+                <w:t xml:space="preserve">Guillaume Bouchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 54 (37), pp.14161-14172. </w:t>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 147 (31), pp.27506-27514. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D5DT01885D⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/jacs.5c04906⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05283648v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05178370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unveiling Phase Transition Dynamics Using Cryogenic Optical Microscopy in a Charge-Transfer Fe 2 Co 2 Switchable Molecular Material</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nour-El-Islam Belmouri</w:t>
+                <w:t xml:space="preserve">Achieving Multiway Switching in 2D Hexagonal Networks: A Molecular Engineering Strategy to Design Ambient Temperature Bistable Materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Krishna Kaushik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sakshi Mehta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sujit Kamilya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Subrata Ghosh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Longhe Li</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Bouchez</w:t>
+                <w:t xml:space="preserve">Niéli Daffé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jacs.5c04906⟩</w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.26434/chemrxiv-2025-4n622⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05178370v1</w:t>
+                <w:t xml:space="preserve">hal-04994505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Achieving Multiway Switching in 2D Hexagonal Networks: A Molecular Engineering Strategy to Design Ambient Temperature Bistable Materials</w:t>
+                <w:t xml:space="preserve">Light-Induced, Structural Matrix Guided Stepwise Spin-State Switching in 3d-5d Molecular Assembly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Krishna Kaushik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Niéli Daffé</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Archita Sarkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanling Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Dechambenoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Rouzières</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.3c03970⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.26434/chemrxiv-2025-4n622⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04994505v1</w:t>
+                <w:t xml:space="preserve">hal-04533329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Light-Induced, Structural Matrix Guided Stepwise Spin-State Switching in 3d-5d Molecular Assembly</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Rouzières</w:t>
+                <w:t xml:space="preserve">Multifunctional Supramolecular Gels with Strong Mechanical Properties Formed by Self-Assembly of Polyoxometalate-Based Coordination Polymers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenzo Casimiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Volatron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Abécassis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Alves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">JACS Au</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jacsau.4c00981⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.3c03970⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04533329v1</w:t>
+                <w:t xml:space="preserve">hal-04823350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Control of the geometry and anisotropy driven by the combination of steric and anion coordination effects in Co II complexes with N 6 -tripodal ligands: The impact of the size of the ligand on the magnetization relaxation time</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aritz Landart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">María Mar Quesada-Moreno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">María Palacios</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanling Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mykhaylo Ozerov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalton Transactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 53 (31), pp.12876-12892. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/d4dt00622d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04680237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multifunctional Supramolecular Gels with Strong Mechanical Properties Formed by Self-Assembly of Polyoxometalate-Based Coordination Polymers</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sandra Alves</w:t>
+                <w:t xml:space="preserve">Deciphering the unusual pressure-induced electron transfer in the molecular switch {[Fe(Tp)(CN) 3 ] 2 [Co(vbik) 2 ] 2 }•(BF 4 ) 2 •2MeOH</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Buqin Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanling Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Baptiste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise-Marie Chamoreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damian Paliwoda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JACS Au</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 36 (18), pp.8990-9001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.4c02347⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/jacsau.4c00981⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04823350v1</w:t>
+                <w:t xml:space="preserve">hal-04693598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deciphering the unusual pressure-induced electron transfer in the molecular switch {[Fe(Tp)(CN) 3 ] 2 [Co(vbik) 2 ] 2 }•(BF 4 ) 2 •2MeOH</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Buqin Xu</w:t>
+                <w:t xml:space="preserve">Aluminum intercalation behaviours of {[Fe(Tp)(CN) 3 ] 2 [M(H 2 O) 2 ]} cyanido-bridged chain compounds in an ionic liquid electrolyte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Na Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanling Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hans Jurgen von Bardeleben</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Dambournet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigue Lescouëzec</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry of Materials</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 53 (29), pp.12107-12118. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D4DT01316F⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.4c02347⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04693598v1</w:t>
+                <w:t xml:space="preserve">hal-04929594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pivotal role of solid phase interactions for the pressure-induced bi-stability of cyanide-bridged Fe 2 Co 2 square complexes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Buqin Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanling Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffrey Gontard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Keevin Béneut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paraskevas Parisiades</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inorganic Chemistry Frontiers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 12, pp.744-756. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D4QI02499K⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04927468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aluminum intercalation behaviours of {[Fe(Tp)(CN) 3 ] 2 [M(H 2 O) 2 ]} cyanido-bridged chain compounds in an ionic liquid electrolyte</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Na Li</w:t>
+                <w:t xml:space="preserve">Design of Redox-Active Cs⊂{Fe 4 Ni 4 } Cyanide-Bridged Cage Complexes Bearing Monodentate Ligands: Synthesis, Structure, and Electronic Properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jana Glatz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélodie Donnart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffrey Gontard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanling Li</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Damien Dambournet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigue Lescouëzec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Crystal Growth &amp; Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 23 (3), pp.1709-1717. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.cgd.2c01278⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D4DT01316F⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04929594v1</w:t>
+                <w:t xml:space="preserve">hal-04212917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magnetic anisotropy transfer from mono‐ to poly‐metallic complexes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Poncet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ang Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffrey Gontard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise-Marie Chamoreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanling Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 26 (22), pp.e202300242. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ejic.202300242⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04102783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of Redox-Active Cs⊂{Fe 4 Ni 4 } Cyanide-Bridged Cage Complexes Bearing Monodentate Ligands: Synthesis, Structure, and Electronic Properties</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Geoffrey Gontard</w:t>
+                <w:t xml:space="preserve">ON/OFF Photo(switching) along with Reversible Spin-State Change and Single-Crystal-to-Single-Crystal Transformation in a Mixed-Valence Fe(II)Fe(III) Molecular System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sujit Kamilya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sakshi Mehta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohini Semwal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigue Lescouëzec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanling Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Crystal Growth &amp; Design</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 62 (23), pp.8794-8802. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.2c03972⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.cgd.2c01278⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04212917v1</w:t>
+                <w:t xml:space="preserve">hal-04207278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ON/OFF Photo(switching) along with Reversible Spin-State Change and Single-Crystal-to-Single-Crystal Transformation in a Mixed-Valence Fe(II)Fe(III) Molecular System</w:t>
+                <w:t xml:space="preserve">Near room temperature stepwise spin state switching and photomagnetic effect in a mixed-valence molecular square</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sujit Kamilya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sakshi Mehta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigue Lescouëzec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanling Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiri Pechousek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 52 (31), pp.10700-10707. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D3DT01615C⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.2c03972⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04207278v1</w:t>
+                <w:t xml:space="preserve">hal-04207283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Near room temperature stepwise spin state switching and photomagnetic effect in a mixed-valence molecular square</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Rodrigue Lescouëzec</w:t>
+                <w:t xml:space="preserve">Solvothermal synthesis, temperature-dependent structural study and magnetic characterization of a multipolydentate oxamate-based 2D coordination network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ang Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise-Marie Chamoreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Baptiste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Delbes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanling Li</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jiri Pechousek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Crystal Growth &amp; Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.cgd.2c01060⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D3DT01615C⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04207283v1</w:t>
+                <w:t xml:space="preserve">hal-03836436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solvothermal synthesis, temperature-dependent structural study and magnetic characterization of a multipolydentate oxamate-based 2D coordination network</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Yanling Li</w:t>
+                <w:t xml:space="preserve">Molecular Magnetic Materials Based on {Co III (Tp*)(CN) 3 }- Cyanidometallate: Combined Magnetic, Structural and 59 Co NMR Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siddhartha De</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandrine Flambard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Buqin Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise‐marie Chamoreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffrey Gontard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Crystal Growth &amp; Design</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 28 (50), pp.e202200783. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.202200783⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.cgd.2c01060⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03836436v1</w:t>
+                <w:t xml:space="preserve">hal-03745483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular Magnetic Materials Based on {Co III (Tp*)(CN) 3 }- Cyanidometallate: Combined Magnetic, Structural and 59 Co NMR Study</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Lise‐marie Chamoreau</w:t>
+                <w:t xml:space="preserve">Enlightening the Alkali Ion Role in the Photomagnetic Effect of FeCo Prussian Blue Analogues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jana Glatz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan-Ramón Jiménez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Godeffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geoffrey Gontard</w:t>
+                <w:t xml:space="preserve">Hans Jurgen von Bardeleben</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Fillaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 144, pp.10888-10901. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jacs.2c03421⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/chem.202200783⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03745483v1</w:t>
+                <w:t xml:space="preserve">hal-03693626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enlightening the Alkali Ion Role in the Photomagnetic Effect of FeCo Prussian Blue Analogues</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laure Fillaud</w:t>
+                <w:t xml:space="preserve">Synthesis, Structure, and Zero-Field SMM Behavior of Homometallic Dy2, Dy4, and Dy6 Complexes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pawan Kumar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abinash Swain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joydev Acharya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanling Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vierandra Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 61 (30), pp.11600-11621. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.2c01041⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/jacs.2c03421⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03693626v1</w:t>
+                <w:t xml:space="preserve">hal-04717895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis, Structure, and Zero-Field SMM Behavior of Homometallic Dy2, Dy4, and Dy6 Complexes</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Joydev Acharya</w:t>
+                <w:t xml:space="preserve">Field-induced single ion magnet behaviour of discrete and one-dimensional complexes containing [bis(1-methylimidazol-2-yl)ketone]-cobalt( ii ) building units</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan-Ramón Jiménez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Buqing Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hasnaa El Said</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanling Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Vierandra Kumar</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jurgen von Bardeleben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d1dt02441h⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.2c01041⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04717895v1</w:t>
+                <w:t xml:space="preserve">hal-03420373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Building responsive materials by assembling {Fe4Co4} switchable molecular cubes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Synthesis, structure and magnetic properties of an oxamate-based 1D coordination polymer built on pentametallic links</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jana Glatz</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ang Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Forté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanling Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Journaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lisnard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Chemistry C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D1TC01825F⟩</w:t>
+              <w:t xml:space="preserve">Inorganica Chimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ica.2021.120320⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03275386v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03159605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis, structure and magnetic properties of an oxamate-based 1D coordination polymer built on pentametallic links</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Building responsive materials by assembling {Fe4Co4} switchable molecular cubes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qui Pham Xuan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jana Glatz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amina Benchohra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan-Ramón Jiménez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Plamont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganica Chimica Acta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ica.2021.120320⟩</w:t>
+              <w:t xml:space="preserve">Journal of Materials Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9, pp.8882-8890. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D1TC01825F⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03159605v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03275386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Field-induced single ion magnet behaviour of discrete and one-dimensional complexes containing [bis(1-methylimidazol-2-yl)ketone]-cobalt( ii ) building units</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Hasnaa El Said</w:t>
+                <w:t xml:space="preserve">Solvothermal synthesis, structure and magnetic properties of heterometallic coordination polymers based on a phenolato-oxamato cobidentate-tridentate ligand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ang Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise-Marie Chamoreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Baptiste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanling Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jurgen von Bardeleben</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Journaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalton Transactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2021, 50, pp.681-688. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D0DT03269G⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d1dt02441h⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03420373v1</w:t>
+                <w:t xml:space="preserve">hal-03044725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The atypical hysteresis of [Fe(C6F5Tp)2]: Overlay of spincrossovers and symmetry-breaking phase transition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amina Benchohra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanling Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise-Marie Chamoreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Baptiste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erik Elkaim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 60 (16), pp.8803-8807. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/anie.202015994⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03123596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solvothermal synthesis, structure and magnetic properties of heterometallic coordination polymers based on a phenolato-oxamato cobidentate-tridentate ligand</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Benoît Baptiste</w:t>
+                <w:t xml:space="preserve">Observation of protonation induced spin state switching in a cyanido bridged {Fe2Co2} molecular square</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prashurya Pritam Mudoi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anup Choudhury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanling Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yves Journaux</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigue Lescouëzec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rajendiran Marimuthu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 60 (23), pp.17705-17714. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.1c02302⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D0DT03269G⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03044725v1</w:t>
+                <w:t xml:space="preserve">hal-05285864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Observation of Protonation-Induced Spin State Switching in a Cyanido-Bridged {Fe 2 Co 2 } Molecular Square</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prashurya Pritam Mudoi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anup Choudhury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanling Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigue Lescouëzec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rajendiran Marimuthu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 60 (23), pp.17705-17714. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.1c02302⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04049798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Observation of protonation induced spin state switching in a cyanido bridged {Fe2Co2} molecular square</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anup Choudhury</w:t>
+                <w:t xml:space="preserve">A bis-polydentate oxamate-based achiral ligand able to stabilize a macrocyclic mixed valence compound or induce a 1D helical chain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ang Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanling Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Rajendiran Marimuthu</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise-Marie Chamoreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Desmarets</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.1c02302⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ejic.202000490⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05285864v1</w:t>
+                <w:t xml:space="preserve">hal-02890496v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A bis-polydentate oxamate-based achiral ligand able to stabilize a macrocyclic mixed valence compound or induce a 1D helical chain</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pressure‐Induced Conversion of a Paramagnetic FeCo Complex into a Molecular Magnetic Switch with Tuneable Hysteresis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanling Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Laurent Lisnard</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amina Benchohra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Buqin Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Baptiste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Keevin Béneut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Angewandte Chemie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 132 (39), p. 17425-17429. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ange.202008051⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ejic.202000490⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02890496v2</w:t>
+                <w:t xml:space="preserve">hal-02947817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pressure‐Induced Conversion of a Paramagnetic FeCo Complex into a Molecular Magnetic Switch with Tuneable Hysteresis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Two-Step Thermoinduced Metal-to-Metal Electron Transfer and ON/OFF Photoswitching in a Molecular [Fe 2 Co 2 ] Square Complex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sujit Kamilya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Subrata Ghosh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanling Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Keevin Béneut</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Dechambenoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Rouzières</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 59 (17), pp.11879-11888. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.0c02053⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ange.202008051⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02947817v1</w:t>
+                <w:t xml:space="preserve">hal-03082269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two-Step Thermoinduced Metal-to-Metal Electron Transfer and ON/OFF Photoswitching in a Molecular [Fe 2 Co 2 ] Square Complex</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Rouzières</w:t>
+                <w:t xml:space="preserve">Design of Magnetic Coordination Polymers Built from Polyoxalamide Ligands: A Thirty Year Story</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Journaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jesús Ferrando-Soria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilio Pardo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Ruiz-Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Julve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2018 (3-4), pp.228-247. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/EJIC.201700984⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.0c02053⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03082269v1</w:t>
+                <w:t xml:space="preserve">hal-02325239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of Magnetic Coordination Polymers Built from Polyoxalamide Ligands: A Thirty Year Story</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Miguel Julve</w:t>
+                <w:t xml:space="preserve">Solution and Solid-State Study of the Spin-Crossover [Fe II (R-bik) 3 ](BF 4 ) 2 Complexes (R = Me, Et, Vinyl)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siddhartha De</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Subrata Tewary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanling Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffrey Gontard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 2018 (3-4), pp.228-247. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2018, 2018 (3-4), pp.414-428. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ejic.201701013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/EJIC.201700984⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02325239v1</w:t>
+                <w:t xml:space="preserve">hal-01723027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling the Oxygen Vacancy at a Molecular Vanadium(III) Silica-Supported Catalyst</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teng Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albert Solé-Daura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Hostachy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 140 (44), pp.14903--14914. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/jacs.8b09048⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02887488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solution and Solid-State Study of the Spin-Crossover [Fe II (R-bik) 3 ](BF 4 ) 2 Complexes (R = Me, Et, Vinyl)</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Delphine Garnier</w:t>
+                <w:t xml:space="preserve">Hydroxide-Bridged Mixed-Valence Tetranuclear Cobalt 4-Nitrophenol Inclusion Complex Showing Single Molecule Magnet Property</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Krapa Shankar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abhishake Mondal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanling Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Journaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jubaraj B. Baruah</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ChemistrySelect</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 2 (26), pp.7792--7798. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/slct.201701328⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ejic.201701013⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01723027v1</w:t>
+                <w:t xml:space="preserve">hal-02887487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydroxide-Bridged Mixed-Valence Tetranuclear Cobalt 4-Nitrophenol Inclusion Complex Showing Single Molecule Magnet Property</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Abhishake Mondal</w:t>
+                <w:t xml:space="preserve">One synthesis: two redox states. Temperature-oriented crystallization of a charge transfer \Fe _\textrm2 Co _\textrm2 \ square complex in a \FeIILSCoIIILS\ _\textrm2 diamagnetic or \FeIIILSCoIIHS\ _\textrm2 paramagnetic state</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siddhartha De</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan-Ramón Jiménez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanling Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise-Marie Chamoreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandrine Flambard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemistrySelect</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">RSC Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 6 (21), pp.17456--17459. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C6RA00191B⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/slct.201701328⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02887487v1</w:t>
+                <w:t xml:space="preserve">hal-01727617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">One synthesis: two redox states. Temperature-oriented crystallization of a charge transfer \Fe _\textrm2 Co _\textrm2 \ square complex in a \FeIILSCoIIILS\ _\textrm2 diamagnetic or \FeIIILSCoIIHS\ _\textrm2 paramagnetic state</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Juan-Ramón Jiménez</w:t>
+                <w:t xml:space="preserve">Magnetically-recoverable iron oxide-hydroxyapatite nanocomposites for lead removal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huihui Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Masse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryse Rouelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanling Li</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alexandrine Flambard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSC Advances</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Environmental Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 12 (4), pp.1173-1182. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13762-014-0514-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/C6RA00191B⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01727617v1</w:t>
+                <w:t xml:space="preserve">hal-01132849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magnetically-recoverable iron oxide-hydroxyapatite nanocomposites for lead removal</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Aubry</w:t>
+                <w:t xml:space="preserve">A Simple Synthesis of Triangular All-Metal Aromatics Allowing Access to Isolobal All-Metal Heteroaromatics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanlan Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alexandre Deyris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatiana Caneque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanling Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Environmental Science and Technology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 21 (35), pp.12271-12274. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.201501239⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s13762-014-0514-2⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01132849v1</w:t>
+                <w:t xml:space="preserve">hal-01397969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Simple Synthesis of Triangular All-Metal Aromatics Allowing Access to Isolobal All-Metal Heteroaromatics</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Yanling Li</w:t>
+                <w:t xml:space="preserve">Dicopper(II) Anthraquinophanes as Multielectron Reservoirs for Oxidation and Reduction: A Joint Experimental and Theoretical Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Castellano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wdeson P. Barros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alvaro Acosta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Julve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesc Lloret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 21 (35), pp.12271-12274. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2014, 20 (43), pp.13965--13975. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.201403987⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/chem.201501239⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01397969v1</w:t>
+                <w:t xml:space="preserve">hal-01727621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dicopper(II) Anthraquinophanes as Multielectron Reservoirs for Oxidation and Reduction: A Joint Experimental and Theoretical Study</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Francesc Lloret</w:t>
+                <w:t xml:space="preserve">Oxo-Centered Trinuclear Chromium(III) Complexes with Both Carboxylate and Amidoximate Ligands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrian-Raul Tomsa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanling Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Herson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Boubekeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/chem.201403987⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cluster Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 25 (3), pp.825--838. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10876-013-0669-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-01727621v1</w:t>
+                <w:t xml:space="preserve">hal-01700886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxo-Centered Trinuclear Chromium(III) Complexes with Both Carboxylate and Amidoximate Ligands</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Adrian-Raul Tomsa</w:t>
+                <w:t xml:space="preserve">Photo- and thermo-induced spin crossover in a cyanide-bridged {Mo(V)2Fe(II)2} rhombus molecule</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abhishake Mondal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanling Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Kamal Boubekeur</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise-Marie Chamoreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mannan Seuleiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Rechignat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cluster Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Chemical Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 50 (22), pp.2893-2895. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C3CC49164A⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10876-013-0669-x⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01700886v1</w:t>
+                <w:t xml:space="preserve">hal-00992180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photo- and thermo-induced spin crossover in a cyanide-bridged {Mo(V)2Fe(II)2} rhombus molecule</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Abhishake Mondal</w:t>
+                <w:t xml:space="preserve">Synthesis, structure and magnetic properties of phenylhydroxamate-based coordination clusters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Tirfoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise-Marie Chamoreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanling Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Lionel Rechignat</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Fleury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Communications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 43 (44), pp.16805--16817. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C4DT02405B⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/C3CC49164A⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00992180v1</w:t>
+                <w:t xml:space="preserve">hal-01727622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis, structure and magnetic properties of phenylhydroxamate-based coordination clusters</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lise-Marie Chamoreau</w:t>
+                <w:t xml:space="preserve">W Co Discrete Complex Exhibiting Photo-and Thermo-Induced Magnetisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abhishake Mondal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise‐marie Chamoreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanling Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mannan Seuleiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigue Lescouëzec</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 19 (24), pp.7682-7685. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.201300661⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/C4DT02405B⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01727622v1</w:t>
+                <w:t xml:space="preserve">hal-05287271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">W Co Discrete Complex Exhibiting Photo-and Thermo-Induced Magnetisation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId173" w:history="1">
+                <w:t xml:space="preserve">On/off photoswitching in a cyanide-bridged {Fe2Co2} magnetic molecular square.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abhishake Mondal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanling Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mannan Seuleiman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Julve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Toupet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 135 (5), pp.1653-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ja3087467⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/chem.201300661⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05287271v1</w:t>
+                <w:t xml:space="preserve">hal-00815657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On/off photoswitching in a cyanide-bridged {Fe2Co2} magnetic molecular square.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Abhishake Mondal</w:t>
+                <w:t xml:space="preserve">(S)-(-)-(2-MeBu)N(Pr)2MeI Salt as Template in the Enantioselective Synthesis of the Enantiopure Two-Dimensional (S)-(-)-(2-MeBu)N(Pr)2Me[\LambdaMnΔCr(C2O4)3] Ferromagnet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Gruselle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanling Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Loïc Toupet</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Ovanesyan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viktor Makhaev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gennadi Shilov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Chirality</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 25 (8), pp.444--448. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chir.22179⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/ja3087467⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00815657v1</w:t>
+                <w:t xml:space="preserve">hal-02878862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meso-Helicates with Rigid Angular Tetradentate Ligand: Design, Molecular Structures, and Progress Towards Self-Assembly of Metal\textendashOrganic Nanotubes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigue Djeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Desmarets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise-Marie Chamoreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanling Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6437,755 +6449,609 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Journaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 52 (22), pp.13042--13047. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/ic4017195⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02878861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">(S)-(-)-(2-MeBu)N(Pr)2MeI Salt as Template in the Enantioselective Synthesis of the Enantiopure Two-Dimensional (S)-(-)-(2-MeBu)N(Pr)2Me[\LambdaMnΔCr(C2O4)3] Ferromagnet</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michel Gruselle</w:t>
+                <w:t xml:space="preserve">Solvothermal Synthesis of Oxamate-Based Helicate: Temperature Dependence of the Hydrogen Bond Structuring in the Solid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lisnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise-Marie Chamoreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanling Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Journaux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chirality</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/chir.22179⟩</w:t>
+              <w:t xml:space="preserve">Crystal Growth &amp; Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 12 (10), pp.4955-4962. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/cg300877r⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-02878862v1</w:t>
+                <w:t xml:space="preserve">hal-02326706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solvothermal Synthesis of Oxamate-Based Helicate: Temperature Dependence of the Hydrogen Bond Structuring in the Solid</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lise-Marie Chamoreau</w:t>
+                <w:t xml:space="preserve">Genesis of supported carbon-coated Co nanoparticles with controlled magnetic properties, prepared by decomposition of chelate complexes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Konstantin Tarasov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Beaunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Che</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Marceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanling Li</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yves Journaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Crystal Growth &amp; Design</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Nanoparticle Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 13 (5), pp.1873-1887. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11051-010-9938-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/cg300877r⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02326706v1</w:t>
+                <w:t xml:space="preserve">hal-00602952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genesis of supported carbon-coated Co nanoparticles with controlled magnetic properties, prepared by decomposition of chelate complexes</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Dimensionality switching through a thermally induced reversible single-crystal-to-single-crystal phase transition in a cyanide complex.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruxandra Gheorghe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marguerite Kalisz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Clérac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corine Mathonière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Herson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nanoparticle Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11051-010-9938-x⟩</w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 49 (23), pp.11045-11056. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ic1015725⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-00602952v1</w:t>
+                <w:t xml:space="preserve">hal-00553915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dimensionality switching through a thermally induced reversible single-crystal-to-single-crystal phase transition in a cyanide complex.</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Corine Mathonière</w:t>
+                <w:t xml:space="preserve">A new family of oxime-based hexanuclear manganese(iii) single molecule magnets with high anisotropy energy barriers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrian-Raul Tomsa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Martinez-Lillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanling Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise-Marie Chamoreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
-              <w:r>
-[...132 lines deleted...]
-            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Boubekeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 46 (28), pp.5106. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c0cc00485e⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c0cc00485e⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01765706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7195,154 +7061,154 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">General Integral Formulation of Magnetic Flux Computation and its Application in Inductive Power Transfer System</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liming Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liming Huang</w:t>
+                <w:t xml:space="preserve">Gérard Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gérard Meunier</w:t>
+                <w:t xml:space="preserve">Olivier Chadebec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Guichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanling Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Seventeenth Biennial IEEE Conference on Electromagnetic Field Computation (CEFC 2016) </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2016, Miami, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01399064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7352,105 +7218,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular nanomagnets and molecular switches – towards piezo-switchable systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanling Li</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chemical Sciences. Sorbonne université, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04532625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId250"/>
+      <w:footerReference w:type="default" r:id="rId249"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7518,51 +7384,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="87AE1055"/>
+    <w:nsid w:val="B516E3FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7749,51 +7615,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/yanling-li" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9581-7608" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/033387885" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466437v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Prado" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Curti" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Michel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Baptiste" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanling Li" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.5c02831" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04998063v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krishna Kaushik" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suprabha Pradhan" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sakshi Mehta" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sujit Kamilya" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigue Lescou&#235;zec" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26434/chemrxiv-2025-q8wkl" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04994383v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sounak Ghosh" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debopam Sarkar" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26434/chemrxiv-2025-67h0z" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05191254v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Buqin Xu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour-El-Islam Belmouri" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Longhe Li" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadiya Sadiya" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bouchez" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.5c04906" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05011706v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Benchohra" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessem Landoulsi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ni&#233;li Daff&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe M&#233;thivier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Maisonhaute" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.202408917" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05401185v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livia Getzner" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Remili" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damian Paliwoda" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Gallego-Parra" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Elias Figueiredo Soares Rodrigues" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.5c16808" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05283648v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prashurya Pritam Mudoi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niku Ahmed" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anup Choudhury" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5DT01885D" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05178370v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04994505v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subrata Ghosh" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26434/chemrxiv-2025-4n622" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04533329v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Archita Sarkar" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dechambenoit" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Rouzi&#232;res" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.3c03970" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04680237v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aritz Landart" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Mar Quesada-Moreno" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Palacios" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mykhaylo Ozerov" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4dt00622d" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823350v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Casimiro" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Volatron" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Boivin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Ab&#233;cassis" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Alves" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacsau.4c00981" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04693598v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise-Marie Chamoreau" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.4c02347" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04927468v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Gontard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keevin B&#233;neut" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paraskevas Parisiades" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4QI02499K" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04929594v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na Li" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Jurgen von Bardeleben" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Dambournet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4DT01316F" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102783v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Poncet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang Li" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.202300242" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04212917v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Glatz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Donnart" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.2c01278" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04207278v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohini Semwal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.2c03972" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04207283v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiri Pechousek" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3DT01615C" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836436v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Delbes" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.2c01060" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03745483v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siddhartha De" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandrine Flambard" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise&#8208;marie Chamoreau" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202200783" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03693626v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan-Ram&#243;n Jim&#233;nez" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Godeffroy" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Fillaud" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.2c03421" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04717895v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pawan Kumar" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abinash Swain" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joydev Acharya" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vierandra Kumar" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.2c01041" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03275386v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qui Pham Xuan" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Plamont" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1TC01825F" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159605v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Fort&#233;" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Journaux" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lisnard" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ica.2021.120320" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03420373v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Buqing Xu" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasnaa El Said" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jurgen von Bardeleben" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1dt02441h" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03123596v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Baptiste" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Elkaim" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202015994" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03044725v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0DT03269G" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04049798v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajendiran Marimuthu" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.1c02302" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05285864v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890496v2" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Desmarets" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.202000490" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02947817v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ange.202008051" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03082269v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.0c02053" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325239v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jes&#250;s Ferrando-Soria" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Pardo" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Ruiz-Garcia" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Julve" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/EJIC.201700984" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02887488v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teng Zhang" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Sol&#233;-Daura" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Hostachy" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Blanchard" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Paris" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.8b09048" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01723027v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subrata Tewary" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Garnier" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201701013" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02887487v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krapa Shankar" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhishake Mondal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jubaraj B. Baruah" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/slct.201701328" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01727617v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6RA00191B" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01132849v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huihui Yang" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Masse" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Rouelle" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Aubry" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13762-014-0514-2" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397969v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanlan Wang" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexandre Deyris" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Caneque" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Blanchard" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201501239" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01727621v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Castellano" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wdeson P. Barros" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Acosta" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesc Lloret" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201403987" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WGRP7PQ8-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01700886v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian-Raul Tomsa" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Herson" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Boubekeur" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10876-013-0669-x" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992180v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mannan Seuleiman" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Rechignat" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3CC49164A" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01727622v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Tirfoin" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Fleury" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4DT02405B" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05287271v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201300661" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00815657v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Toupet" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja3087467" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878861v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigue Djeda" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic4017195" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878862v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gruselle" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolay Ovanesyan" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktor Makhaev" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gennadi Shilov" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chir.22179" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-V40T10XL-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326706v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cg300877r" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00602952v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantin Tarasov" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Beaunier" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Che" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Marceau" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11051-010-9938-x" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-723FJG53-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00553915v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruxandra Gheorghe" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Kalisz" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Cl&#233;rac" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Mathoni&#232;re" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic1015725" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765706v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Martinez-Lillo" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0cc00485e" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C07D92C3DCA7A3AA7300F73CDF4C4A3E4A64786C/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399064v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liming Huang" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Meunier" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chadebec" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Guichon" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/tel-04532625v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/yanling-li" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9581-7608" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/033387885" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466437v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Prado" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Curti" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Michel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Baptiste" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanling Li" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.5c02831" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04998063v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krishna Kaushik" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suprabha Pradhan" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sakshi Mehta" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sujit Kamilya" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigue Lescou&#235;zec" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26434/chemrxiv-2025-q8wkl" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04994383v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sounak Ghosh" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debopam Sarkar" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26434/chemrxiv-2025-67h0z" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05011706v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Benchohra" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessem Landoulsi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ni&#233;li Daff&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe M&#233;thivier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Maisonhaute" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.202408917" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05401185v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livia Getzner" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Remili" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damian Paliwoda" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Gallego-Parra" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Elias Figueiredo Soares Rodrigues" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.5c16808" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05283648v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prashurya Pritam Mudoi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niku Ahmed" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anup Choudhury" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5DT01885D" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05178370v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Buqin Xu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour-El-Islam Belmouri" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Longhe Li" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadiya Sadiya" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bouchez" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.5c04906" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04994505v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subrata Ghosh" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26434/chemrxiv-2025-4n622" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04533329v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Archita Sarkar" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dechambenoit" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Rouzi&#232;res" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.3c03970" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823350v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Casimiro" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Volatron" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Boivin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Ab&#233;cassis" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Alves" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacsau.4c00981" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04680237v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aritz Landart" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Mar Quesada-Moreno" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Palacios" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mykhaylo Ozerov" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4dt00622d" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04693598v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise-Marie Chamoreau" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.4c02347" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04929594v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na Li" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Jurgen von Bardeleben" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Dambournet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4DT01316F" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04927468v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Gontard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keevin B&#233;neut" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paraskevas Parisiades" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4QI02499K" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04212917v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Glatz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Donnart" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.2c01278" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102783v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Poncet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang Li" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.202300242" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04207278v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohini Semwal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.2c03972" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04207283v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiri Pechousek" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3DT01615C" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836436v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Delbes" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.2c01060" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03745483v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siddhartha De" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandrine Flambard" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise&#8208;marie Chamoreau" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202200783" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03693626v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan-Ram&#243;n Jim&#233;nez" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Godeffroy" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Fillaud" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.2c03421" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04717895v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pawan Kumar" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abinash Swain" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joydev Acharya" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vierandra Kumar" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.2c01041" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03420373v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Buqing Xu" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasnaa El Said" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jurgen von Bardeleben" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1dt02441h" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159605v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Fort&#233;" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Journaux" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lisnard" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ica.2021.120320" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03275386v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qui Pham Xuan" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Plamont" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1TC01825F" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03044725v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0DT03269G" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03123596v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Baptiste" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Elkaim" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202015994" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05285864v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajendiran Marimuthu" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.1c02302" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04049798v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890496v2" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Desmarets" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.202000490" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02947817v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ange.202008051" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03082269v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.0c02053" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325239v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jes&#250;s Ferrando-Soria" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Pardo" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Ruiz-Garcia" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Julve" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/EJIC.201700984" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01723027v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subrata Tewary" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Garnier" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201701013" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02887488v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teng Zhang" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Sol&#233;-Daura" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Hostachy" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Blanchard" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Paris" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.8b09048" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02887487v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krapa Shankar" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhishake Mondal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jubaraj B. Baruah" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/slct.201701328" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01727617v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6RA00191B" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01132849v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huihui Yang" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Masse" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Rouelle" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Aubry" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13762-014-0514-2" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397969v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanlan Wang" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexandre Deyris" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Caneque" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Blanchard" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201501239" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01727621v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Castellano" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wdeson P. Barros" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Acosta" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesc Lloret" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201403987" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WGRP7PQ8-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01700886v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian-Raul Tomsa" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Herson" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Boubekeur" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10876-013-0669-x" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992180v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mannan Seuleiman" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Rechignat" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3CC49164A" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01727622v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Tirfoin" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Fleury" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4DT02405B" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05287271v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201300661" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00815657v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Toupet" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja3087467" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878862v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gruselle" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolay Ovanesyan" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktor Makhaev" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gennadi Shilov" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chir.22179" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-V40T10XL-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878861v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigue Djeda" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic4017195" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326706v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cg300877r" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00602952v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantin Tarasov" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Beaunier" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Che" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Marceau" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11051-010-9938-x" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-723FJG53-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00553915v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruxandra Gheorghe" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Kalisz" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Cl&#233;rac" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Mathoni&#232;re" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic1015725" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765706v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Martinez-Lillo" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0cc00485e" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C07D92C3DCA7A3AA7300F73CDF4C4A3E4A64786C/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399064v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liming Huang" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Meunier" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chadebec" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Guichon" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/tel-04532625v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>