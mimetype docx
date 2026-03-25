--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Yann Béliard </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Membre du laboratoire CREW (Centre for Research on the English-speaking World, EA 4399), je suis maître de conférences en civilisation britannique à l’université de la Sorbonne Nouvelle.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mes recherches portent sur l’histoire sociale et politique du Royaume-Uni aux XIXème et XXème siècles, en particulier sur : le monde du travail et les mouvements sociaux ; le mouvement ouvrier britannique dans ses dimensions transnationales ; l’internationalisme et l’anti-impérialisme.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of MILLAN, Matteo & SALUPPO, Alessandro (eds), Corporate Policing, Yellow Unionism, and Strikebreaking, 1890-1930. In Defence of Freedom (Routledge, 2021)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Béliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Labour History Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 87 (1), pp.98-100. </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3828/lhr.2022.4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03886535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of MATES, Lewis, The Great Labour Unrest. Rank-and-File Movements and Political Change in the Durham Coalfield (Manchester University Press, 2016)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Béliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anarchist Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 27 (1), pp.103-104</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03886557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hull, la culture en temps de crise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Béliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La vie des idées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03873023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heaven for Hull? From &amp;quot;crap town&amp;quot; to UK City of Culture 2017</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Béliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Books and Ideas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03873009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction: Revisiting the Great Labour Unrest, 1911-1914</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Béliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Labour History Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Special issue: The Great Labour Unrest, 1911-1914, 79 (1), pp.1-17. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3828/lhr.2014.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03898835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Great Labour Unrest, 1911-1914</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Béliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Labour History Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 79.1, 2014, The Great Labour Unrest, 1911-1914</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Workers of the Empire, Unite. Radical and Popular Challenges to British Imperialism, 1910s-1960s</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Béliard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neville Kirk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Neville Kirk; Yann Béliard. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liverpool University Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Studies in Labour History, Neville Kirk, ISBN: 9781800859685 eISBN: 9781800858718</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03892526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Labour united and divided from the 1830s to the present</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Avril</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Béliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Manchester University Press. , 2018, 978-1-5261-2632-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01869597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. Labour, empire and decolonisation: historiographical landmarks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Béliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Neville Kirk; Yann Béliard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workers of the Empire, Unite. Radical and Popular Challenges to British Imperialism, 1910s-1960s</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 15, </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liverpool University Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Studies in Labour History, 9781800859685</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03892534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvia Pankhurst vs. the British Empire: the Workers’ Dreadnought experience, 1917‑1924</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Béliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Neville Kirk; Yann Béliard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workers of the Empire, Unite. Radical and Popular Challenges to British Imperialism, 1910s-1960s</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 15, </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liverpool University Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Studies in Labour History, ISBN: 9781800859685</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03892545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Afterword. Towards a people’s history of British decolonisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Béliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Neville Kirk; Yann Béliard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workers of the Empire, Unite. Radical and Popular Challenges to British Imperialism, 1910s-1960s</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 15, </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liverpool University Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Studies in Labour History, ISBN: 9781800859685</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03892551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enquêtes de la Société fabienne sur la vie ouvrière (Grande-Bretagne, 1884-1914)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Béliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les enquêtes ouvrières dans l'Europe contemporaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Découverte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.80-97, 2019, </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/dec.geerk.2019.01.0080⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03893172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contested coordinator. The Hull Trades Council, 1872-1914</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Béliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Emmanuelle Avril; Yann Béliard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Labour United and Divided from the 1830s to the Present</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manchester University Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 978-1-5261-2632-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03893200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concluding remarks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Avril</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Béliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Emmanuelle Avril; Yann Béliard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Labour United and Divided from the 1830s to the Present</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manchester University Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 978-1-5261-2632-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03893210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The British Labour Movement between Unity and Division (introduction)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Avril</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Béliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Labour united and divided from the 1830s to the present</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01869607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Burn, John (1865-1919?), docker and trade unionist</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Béliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GILDART, Keith &amp; HOWELL, David (eds), Dictionary of Labour Biography, vol. XV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, pp.32-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03881485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bell, John Robert (1862-1924), trade unionist</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Béliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GILDART, Keith &amp; HOWELL, David (eds), Dictionary of Labour Biography, vol. XV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, pp.14-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03881475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Schmidt, Gustav Adolph (Smith, Gus) (1854-1913), socialist and trade unionist</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Béliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GILDART, Keith &amp; HOWELL, David (eds), Dictionary of Labour Biography, vol. XIV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, pp.263-267</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03881510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gould, Alfred (1856-1927), trade unionist</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Béliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GILDART, Keith &amp; HOWELL, David, (eds), Dictionary of Labour Biography, vol. XIV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, pp.138-145</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03881497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shearsmith, Cornelius Tonge (1884-1914), socialist and trade unionist</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Béliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GILDART, Keith &amp; HOWELL, David (eds), Dictionary of Labour Biography, vol. XIV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, pp.261-263</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03881501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aux origines de la &amp;quot;Grande fièvre ouvrière&amp;quot; : les rapports sociaux à Hull (1890-1910)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Béliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'Homme et Société. Université Paris 13 Sorbonne Paris Nord, 2007. Français. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03881448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId39"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Yann Béliard </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Membre du laboratoire CREW (Centre for Research on the English-speaking World, EA 4399), je suis maître de conférences en civilisation britannique à l’université de la Sorbonne Nouvelle.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mes recherches portent sur l’histoire sociale et politique du Royaume-Uni aux XIXème et XXème siècles, en particulier sur : le monde du travail et les mouvements sociaux ; le mouvement ouvrier britannique dans ses dimensions transnationales ; l’internationalisme et l’anti-impérialisme.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of MILLAN, Matteo & SALUPPO, Alessandro (eds), Corporate Policing, Yellow Unionism, and Strikebreaking, 1890-1930. In Defence of Freedom (Routledge, 2021)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Béliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Labour History Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 87 (1), pp.98-100. </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3828/lhr.2022.4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03886535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of MATES, Lewis, The Great Labour Unrest. Rank-and-File Movements and Political Change in the Durham Coalfield (Manchester University Press, 2016)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Béliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anarchist Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 27 (1), pp.103-104</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03886557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hull, la culture en temps de crise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Béliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La vie des idées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03873023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heaven for Hull? From &amp;quot;crap town&amp;quot; to UK City of Culture 2017</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Béliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Books and Ideas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03873009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction: Revisiting the Great Labour Unrest, 1911-1914</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Béliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Labour History Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Special issue: The Great Labour Unrest, 1911-1914, 79 (1), pp.1-17. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3828/lhr.2014.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03898835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Great Labour Unrest, 1911-1914</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Béliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Labour History Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 79.1, 2014, The Great Labour Unrest, 1911-1914</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Workers of the Empire, Unite. Radical and Popular Challenges to British Imperialism, 1910s-1960s</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Béliard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neville Kirk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Neville Kirk; Yann Béliard. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liverpool University Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Studies in Labour History, Neville Kirk, ISBN: 9781800859685 eISBN: 9781800858718</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03892526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Labour united and divided from the 1830s to the present</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Avril</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Béliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Manchester University Press. , 2018, 978-1-5261-2632-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01869597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvia Pankhurst vs. the British Empire: the Workers’ Dreadnought experience, 1917‑1924</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Béliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Neville Kirk; Yann Béliard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workers of the Empire, Unite. Radical and Popular Challenges to British Imperialism, 1910s-1960s</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 15, </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liverpool University Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Studies in Labour History, ISBN: 9781800859685</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03892545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. Labour, empire and decolonisation: historiographical landmarks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Béliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Neville Kirk; Yann Béliard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workers of the Empire, Unite. Radical and Popular Challenges to British Imperialism, 1910s-1960s</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 15, </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liverpool University Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Studies in Labour History, 9781800859685</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03892534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Afterword. Towards a people’s history of British decolonisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Béliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Neville Kirk; Yann Béliard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workers of the Empire, Unite. Radical and Popular Challenges to British Imperialism, 1910s-1960s</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 15, </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liverpool University Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Studies in Labour History, ISBN: 9781800859685</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03892551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enquêtes de la Société fabienne sur la vie ouvrière (Grande-Bretagne, 1884-1914)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Béliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les enquêtes ouvrières dans l'Europe contemporaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Découverte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.80-97, 2019, </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/dec.geerk.2019.01.0080⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03893172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contested coordinator. The Hull Trades Council, 1872-1914</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Béliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Emmanuelle Avril; Yann Béliard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Labour United and Divided from the 1830s to the Present</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manchester University Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 978-1-5261-2632-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03893200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concluding remarks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Avril</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Béliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Emmanuelle Avril; Yann Béliard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Labour United and Divided from the 1830s to the Present</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manchester University Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 978-1-5261-2632-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03893210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The British Labour Movement between Unity and Division (introduction)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Avril</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Béliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Labour united and divided from the 1830s to the present</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01869607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Burn, John (1865-1919?), docker and trade unionist</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Béliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GILDART, Keith &amp; HOWELL, David (eds), Dictionary of Labour Biography, vol. XV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, pp.32-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03881485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bell, John Robert (1862-1924), trade unionist</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Béliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GILDART, Keith &amp; HOWELL, David (eds), Dictionary of Labour Biography, vol. XV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, pp.14-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03881475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gould, Alfred (1856-1927), trade unionist</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Béliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GILDART, Keith &amp; HOWELL, David, (eds), Dictionary of Labour Biography, vol. XIV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, pp.138-145</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03881497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Schmidt, Gustav Adolph (Smith, Gus) (1854-1913), socialist and trade unionist</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Béliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GILDART, Keith &amp; HOWELL, David (eds), Dictionary of Labour Biography, vol. XIV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, pp.263-267</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03881510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shearsmith, Cornelius Tonge (1884-1914), socialist and trade unionist</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Béliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GILDART, Keith &amp; HOWELL, David (eds), Dictionary of Labour Biography, vol. XIV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, pp.261-263</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03881501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aux origines de la &amp;quot;Grande fièvre ouvrière&amp;quot; : les rapports sociaux à Hull (1890-1910)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Béliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'Homme et Société. Université Paris 13 Sorbonne Paris Nord, 2007. Français. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03881448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId39"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886535v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann B&#233;liard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3828/lhr.2022.4" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886557v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873023v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873009v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03898835v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3828/lhr.2014.1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929441v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892526v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neville Kirk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3828/9781800859685" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01869597v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Avril" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892534v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.liverpooluniversitypress.co.uk/doi/epdf/10.3828/9781800859685" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892545v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892551v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893172v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3917/dec.geerk.2019.01.0080" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dec.geerk.2019.01.0080" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893200v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://manchesteruniversitypress.co.uk/9781526126320/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893210v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01869607v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881485v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881475v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881510v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881497v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881501v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03881448v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886535v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann B&#233;liard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3828/lhr.2022.4" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886557v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873023v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873009v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03898835v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3828/lhr.2014.1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929441v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892526v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neville Kirk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3828/9781800859685" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01869597v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Avril" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892545v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.liverpooluniversitypress.co.uk/doi/epdf/10.3828/9781800859685" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892534v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892551v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893172v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3917/dec.geerk.2019.01.0080" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dec.geerk.2019.01.0080" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893200v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://manchesteruniversitypress.co.uk/9781526126320/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893210v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01869607v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881485v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881475v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881497v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881510v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881501v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03881448v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>