--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -910,295 +910,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03797298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental investigation of tsunami waves generated by granular collapse into water</w:t>
+                <w:t xml:space="preserve">From laboratory experiments to geophysical tsunamis generated by subaerial landslides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Robbe-Saule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyprien Morize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Bertho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robin Henaff</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yann Bertho</w:t>
+                <w:t xml:space="preserve">Alban Sauret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alban Sauret</w:t>
+                <w:t xml:space="preserve">A. Hildenbrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 907, pp.A11. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (1), pp.18437. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/jfm.2020.807⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-021-96369-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03889524v1</w:t>
+                <w:t xml:space="preserve">hal-03398819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From laboratory experiments to geophysical tsunamis generated by subaerial landslides</w:t>
+                <w:t xml:space="preserve">Experimental investigation of tsunami waves generated by granular collapse into water</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Robbe-Saule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyprien Morize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Henaff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Sauret</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Hildenbrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 11 (1), pp.18437. </w:t>
+              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 907, pp.A11. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-021-96369-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/jfm.2020.807⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03398819v1</w:t>
+                <w:t xml:space="preserve">hal-03889524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Competitive dynamics of two erosion patterns around a cylinder</w:t>
               </w:r>
@@ -1438,274 +1438,274 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04009293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental velocity fields and forces for a cylinder penetrating into a granular medium</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Plongée dans le sable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Seguin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gondret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Martinez</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jérôme Crassous</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">P. Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PHYSREVE.87.012201⟩</w:t>
+              <w:t xml:space="preserve">Reflets de la Physique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 36, pp.22-23. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/refdp/201336022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00805648v1</w:t>
+                <w:t xml:space="preserve">hal-00881139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plongée dans le sable</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Experimental velocity fields and forces for a cylinder penetrating into a granular medium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Seguin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Crassous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Gondret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reflets de la Physique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 36, pp.22-23. </w:t>
+              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 87 (1), pp.12201. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/refdp/201336022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PHYSREVE.87.012201⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00881139v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00805648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stability of a granular layer on an inclined “fakir plane”</w:t>
               </w:r>
@@ -1847,51 +1847,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Crassous</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 107 (4), pp.048001. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1964,51 +1964,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gondret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Crassous</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 88 (4), pp.44002. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2452,520 +2452,520 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00015896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of humidity on granular packings with moving walls</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A new ostracode fauna from the Permian-Triassic boundary in Turkey (Taurus, Antalya Nappes)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Brunet</w:t>
+                <w:t xml:space="preserve">S. Crasquin-Soleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédérique Giorgiutti-Dauphiné</w:t>
+                <w:t xml:space="preserve">J. Marcoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Pierre Hulin</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">L. Angiolini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Richoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Nicora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Micropaleontology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 50 (3), pp.281-295</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00192117v1</w:t>
+                <w:t xml:space="preserve">hal-00021478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new ostracode fauna from the Permian-Triassic boundary in Turkey (Taurus, Antalya Nappes)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. Crasquin-Soleau</w:t>
+                <w:t xml:space="preserve">Influence of humidity on granular packings with moving walls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Marcoux</w:t>
+                <w:t xml:space="preserve">Thomas Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Angiolini</w:t>
+                <w:t xml:space="preserve">Frédérique Giorgiutti-Dauphiné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Richoz</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Pierre Hulin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Micropaleontology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 67 (6), pp.955-961. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1209/epl/i2004-10157-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00021478v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00192117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamical Janssen effect on granular packings with moving walls</w:t>
+                <w:t xml:space="preserve">Intermittent dry granular flow in a vertical pipe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Giorgiutti-Dauphiné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Hulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 90 (14), pp.144301. </w:t>
+              <w:t xml:space="preserve">Physics of Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 15 (11), pp.3358. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.90.144301⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.1615570⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00192150v1</w:t>
+                <w:t xml:space="preserve">hal-00192104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intermittent dry granular flow in a vertical pipe</w:t>
+                <w:t xml:space="preserve">Dynamical Janssen effect on granular packings with moving walls</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Giorgiutti-Dauphiné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Hulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Fluids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 15 (11), pp.3358. </w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 90 (14), pp.144301. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.1615570⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.90.144301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00192104v1</w:t>
+                <w:t xml:space="preserve">hal-00192150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Powder flow down a vertical pipe: The effect of air flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Giorgiutti-Dauphiné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tareck Raafat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3235,51 +3235,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="FF095918"/>
+    <w:nsid w:val="B65ACB85"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3466,51 +3466,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/yann-bertho" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0457-8884" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/076376524" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/bertho_y_1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05234129v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D D Carvalho" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Bertho" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E M Franklin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Seguin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physreve.109.054902" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799944v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Carvalho" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Franklin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Darbois Texier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.9.114303" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258192v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Darbois Texier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bertho" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gondret" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.8.034303" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264176v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Walch" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Mahieu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Moreno" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Produit" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Andral" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-45660-9" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863856v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Seguin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.106.054904" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797298v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Pauchard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0082489" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889524v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Robbe-Saule" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyprien Morize" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Henaff" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Sauret" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2020.807" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03398819v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hildenbrand" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-96369-6" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439084v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lachauss&#233;e" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sauret" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gondret" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevfluids.3.012302" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009293v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Coulais" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Martinez" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.93.012904" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00805648v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Martinez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Crassous" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PHYSREVE.87.012201" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00881139v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/refdp/201336022" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04030494v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Benito" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ippolito" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/100/34004" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00713897v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.107.048001" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603927v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/88/44002" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00294238v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.78.010301" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00192126v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Becco" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vandewalle" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.73.056309" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00192143v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne de Wit" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Martin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1909188" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00015896v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00192117v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Brunet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Giorgiutti-Dauphin&#233;" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Hulin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/epl/i2004-10157-x" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021478v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Crasquin-Soleau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Marcoux" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Angiolini" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Richoz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nicora" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00192150v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.90.144301" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00192104v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1615570" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603941v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tareck Raafat" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. John Hinch" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans J. Herrmann" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022112002008042" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-00171722v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/yann-bertho" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0457-8884" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/076376524" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/bertho_y_1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05234129v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D D Carvalho" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Bertho" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E M Franklin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Seguin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physreve.109.054902" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799944v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Carvalho" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Franklin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Darbois Texier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.9.114303" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258192v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Darbois Texier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bertho" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gondret" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.8.034303" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264176v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Walch" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Mahieu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Moreno" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Produit" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Andral" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-45660-9" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863856v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Seguin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.106.054904" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797298v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Pauchard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0082489" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03398819v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Robbe-Saule" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyprien Morize" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Sauret" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hildenbrand" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-96369-6" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889524v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Henaff" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2020.807" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439084v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lachauss&#233;e" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sauret" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gondret" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevfluids.3.012302" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009293v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Coulais" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Martinez" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.93.012904" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00881139v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Crassous" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/refdp/201336022" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00805648v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Martinez" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PHYSREVE.87.012201" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04030494v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Benito" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ippolito" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/100/34004" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00713897v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.107.048001" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603927v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/88/44002" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00294238v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.78.010301" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00192126v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Becco" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vandewalle" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.73.056309" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00192143v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne de Wit" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Martin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1909188" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00015896v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021478v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Crasquin-Soleau" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Marcoux" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Angiolini" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Richoz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nicora" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00192117v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Brunet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Giorgiutti-Dauphin&#233;" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Hulin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/epl/i2004-10157-x" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00192104v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1615570" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00192150v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.90.144301" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603941v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tareck Raafat" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. John Hinch" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans J. Herrmann" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022112002008042" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-00171722v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>