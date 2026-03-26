--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -2084,265 +2084,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02944833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Randomization matters – How to defend against strong adversarial attacks</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Geovani Rizk</w:t>
+                <w:t xml:space="preserve">Online Trajectory Planning Through Combined Trajectory Optimization and Function Approximation: Application to the Exoskeleton Atalante</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Duburcq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Chevaleyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jamal Atif</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bredeche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Boéris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thirty-seventh International Conference on Machine Learning</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ICRA 2020- International Conference on Robotics and Automation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Paris (virtual), France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICRA40945.2020.9196633⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02892161v1</w:t>
+                <w:t xml:space="preserve">hal-03175242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Online Trajectory Planning Through Combined Trajectory Optimization and Function Approximation: Application to the Exoskeleton Atalante</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexis Duburcq</w:t>
+                <w:t xml:space="preserve">Randomization matters – How to defend against strong adversarial attacks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Pinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Ettedgui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geovani Rizk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Chevaleyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Guilhem Boéris</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jamal Atif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICRA 2020- International Conference on Robotics and Automation</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Thirty-seventh International Conference on Machine Learning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2020, Vienna, Austria. pp.7717-7727</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03175242v1</w:t>
+                <w:t xml:space="preserve">hal-02892161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Understanding and Training Deep Diagonal Circulant Neural Networks</w:t>
               </w:r>
@@ -2538,265 +2538,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02006252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Disease Classification in Metagenomics with 2D Embeddings and Deep Learning</w:t>
+                <w:t xml:space="preserve">Training Compact Deep Learning Models for Video Classification Using Circulant Matrices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thanh Hai Nguyen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Edi Prifti</w:t>
+                <w:t xml:space="preserve">Alexandre Araújo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Negrevergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Chevaleyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Daniel Zucker</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jamal Atif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Conférence sur l'Apprentissage automatique (CAp)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">15th European Conference on Computer Vision (ECCV 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Munich, Germany. pp.271-286, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-11018-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01819205v1</w:t>
+                <w:t xml:space="preserve">hal-02170706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Training Compact Deep Learning Models for Video Classification Using Circulant Matrices</w:t>
+                <w:t xml:space="preserve">Disease Classification in Metagenomics with 2D Embeddings and Deep Learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Araújo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Negrevergne</w:t>
+                <w:t xml:space="preserve">Thanh Hai Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edi Prifti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Chevaleyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jamal Atif</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nataliya Sokolovska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Daniel Zucker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th European Conference on Computer Vision (ECCV 2018)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">La Conférence sur l'Apprentissage automatique (CAp)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Rouen, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02170706v1</w:t>
+                <w:t xml:space="preserve">hal-01819205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Local Envy-Freeness in House Allocation Problems</w:t>
               </w:r>
@@ -3270,51 +3270,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nguyen Thanh Hai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Chevaleyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edi Prifti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nataliya Sokolovska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4364,212 +4364,212 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01561436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solving Multiple-Instance and Multiple-Part Learning Problems with Decision Trees and Rule Sets. Application to the Mutagenesis Problem</w:t>
+                <w:t xml:space="preserve">Algorithmes pour l'Apprentissage de Règles a partir de Données Multi-Instances</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Chevaleyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Daniel Zucker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Canadian Conference on AI 2001</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Conférence Apprentissage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, Grenoble, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01571852v1</w:t>
+                <w:t xml:space="preserve">hal-01571855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Algorithmes pour l'Apprentissage de Règles a partir de Données Multi-Instances</w:t>
+                <w:t xml:space="preserve">Solving Multiple-Instance and Multiple-Part Learning Problems with Decision Trees and Rule Sets. Application to the Mutagenesis Problem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Chevaleyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Daniel Zucker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence Apprentissage</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Canadian Conference on AI 2001</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2001, Ottawa, Canada. pp.204-214, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/3-540-45153-6_20⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01571855v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01571852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A framework for learning Multiple-Instance Decision Trees and Rule Sets</w:t>
               </w:r>
@@ -4916,51 +4916,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meyer Scetbon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafael Pinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jamal Atif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5652,51 +5652,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the robustness of randomized classifiers to adversarial examples</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafael Pinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5786,51 +5786,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interpretable and accurate prediction models for metagenomics data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edi Prifti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Chevaleyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7806,51 +7806,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421380v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Verine" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Mehdi Inane" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Le Bronnec" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Negrevergne" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Chevaleyre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-05981-9_14" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05427727v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Dana" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muni Sreenivas Pydi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416219v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre V&#233;rine" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inane Ahmed Mehdi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071096v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Gnecco Heredia" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Sammut" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muni Pydi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafa&#235;l Pinot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584210v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Allauzen" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04218995v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikko Yamane" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takashi Ishida" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Yger" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04480496v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312028v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Meunier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906979v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Rossi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04155863v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Duburcq" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Schramm" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Bo&#233;ris" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bredeche" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS47612.2022.9982234" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04014745v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Ettedgui" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamal Atif" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303702v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geovani Rizk" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Colin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Thomas" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rida Laraki" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03413102v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Albert" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107420v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Araujo" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916826v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meyer Scetbon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916845v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iskander Legheraba" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Teytaud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3450218.3477302" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944833v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Belahcene" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nataliya Sokolovska" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Zucker" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02892161v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Pinot" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03175242v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRA40945.2020.9196633" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916848v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006252v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Clertant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Hanczar" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01819205v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Hai Nguyen" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edi Prifti" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02170706v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Ara&#250;jo" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-11018-5" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01785231v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Beynier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gourv&#232;s" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lesca" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Maudet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916854v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01785011v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Labreuche" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mousseau" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01609246v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bouveret" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Durand" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lang" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24963/ijcai.2017/19" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01783588v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Thanh Hai" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auf.hal.science/hal-01358345v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pegah Alizadeh" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois L&#233;vy" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01212603v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Damamme" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03300758v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Koriche" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00745449v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00929863v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Ngoc Anh Nguyen" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00336690v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499300v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro de Luna Almeida" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geber Ramalho" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Santana" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Tedesco" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Talita Menezes" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-28645-5_48" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-KT19RRXL-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561434v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bred&#232;che" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561431v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Hugues" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPR.2002.1048411" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561436v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-45683-X_85" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-1J9BCSL3-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571852v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-45153-6_20" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-QZW239JZ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571855v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571854v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-44795-4_5" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-Q78DPWHT-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01573408v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413727v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kunhao Zheng" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345014v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345019v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360875v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02078318v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00192314v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00116629v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulle Endriss" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00115783v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00119309v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916842v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Gouy-Pailler" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10994-022-06216-6" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520519v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugeni Belda" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Danchin" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gigascience/giaa010" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156844v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ararat Harutyunyan" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10458-019-09417-x" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02010093v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-11018-5_25" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359645v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.artint.2016.09.005" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01053863v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Roche" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Broutin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Choisy" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Godreuil" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Constantin de Magny" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2458-14-753" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01199286v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Monnot" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lirong Xia" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mathsocsci.2011.12.003" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01176922v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Drogoul" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Sabah" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0921-8890(02)00356-1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G7SJ29RF-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135540v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Rapin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Royer" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-58115-2_46" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01527121v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01528819v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Amgoud" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cepadues.com/livres/representation-des-connaissances-formalisation-des-raisonnements-volume-1serie-panorama-intelligence-artificielle-9782364930414.html" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02955309v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.M. Le" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Chevaleyre" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.T. Vinh" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RIVF.2013.6719896" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944354v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Mengin" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Zanuttini" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-14125-6_13" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771012v2" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Koriche" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545010v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00018263v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Estivie" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421380v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Verine" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Mehdi Inane" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Le Bronnec" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Negrevergne" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Chevaleyre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-05981-9_14" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05427727v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Dana" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muni Sreenivas Pydi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416219v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre V&#233;rine" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inane Ahmed Mehdi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071096v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Gnecco Heredia" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Sammut" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muni Pydi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafa&#235;l Pinot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584210v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Allauzen" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04218995v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikko Yamane" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takashi Ishida" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Yger" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04480496v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312028v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Meunier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906979v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Rossi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04155863v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Duburcq" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Schramm" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Bo&#233;ris" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bredeche" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS47612.2022.9982234" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04014745v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Ettedgui" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamal Atif" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303702v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geovani Rizk" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Colin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Thomas" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rida Laraki" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03413102v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Albert" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107420v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Araujo" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916826v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meyer Scetbon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916845v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iskander Legheraba" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Teytaud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3450218.3477302" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944833v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Belahcene" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nataliya Sokolovska" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Zucker" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03175242v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRA40945.2020.9196633" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02892161v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Pinot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916848v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006252v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Clertant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Hanczar" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02170706v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Ara&#250;jo" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-11018-5" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01819205v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Hai Nguyen" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edi Prifti" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01785231v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Beynier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gourv&#232;s" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lesca" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Maudet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916854v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01785011v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Labreuche" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mousseau" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01609246v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bouveret" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Durand" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lang" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24963/ijcai.2017/19" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01783588v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Thanh Hai" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auf.hal.science/hal-01358345v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pegah Alizadeh" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois L&#233;vy" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01212603v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Damamme" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03300758v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Koriche" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00745449v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00929863v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Ngoc Anh Nguyen" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00336690v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499300v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro de Luna Almeida" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geber Ramalho" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Santana" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Tedesco" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Talita Menezes" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-28645-5_48" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-KT19RRXL-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561434v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bred&#232;che" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561431v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Hugues" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPR.2002.1048411" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561436v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-45683-X_85" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-1J9BCSL3-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571855v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571852v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-45153-6_20" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-QZW239JZ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571854v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-44795-4_5" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-Q78DPWHT-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01573408v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413727v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kunhao Zheng" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345014v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345019v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360875v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02078318v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00192314v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00116629v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulle Endriss" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00115783v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00119309v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916842v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Gouy-Pailler" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10994-022-06216-6" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520519v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugeni Belda" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Danchin" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gigascience/giaa010" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156844v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ararat Harutyunyan" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10458-019-09417-x" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02010093v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-11018-5_25" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359645v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.artint.2016.09.005" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01053863v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Roche" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Broutin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Choisy" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Godreuil" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Constantin de Magny" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2458-14-753" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01199286v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Monnot" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lirong Xia" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mathsocsci.2011.12.003" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01176922v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Drogoul" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Sabah" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0921-8890(02)00356-1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G7SJ29RF-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135540v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Rapin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Royer" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-58115-2_46" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01527121v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01528819v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Amgoud" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cepadues.com/livres/representation-des-connaissances-formalisation-des-raisonnements-volume-1serie-panorama-intelligence-artificielle-9782364930414.html" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02955309v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.M. Le" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Chevaleyre" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.T. Vinh" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RIVF.2013.6719896" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944354v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Mengin" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Zanuttini" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-14125-6_13" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771012v2" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Koriche" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545010v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00018263v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Estivie" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>