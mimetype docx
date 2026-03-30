--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -66,2076 +66,2145 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (13)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mais où est donc passé l’âne de Bili ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de l'AMARAI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, A.M.A.R.A.I. Association Manche Atlantique pour la Recherche Archéologique dans les Îles, n°38, pp.83-90</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05554211v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recherches archéologiques sur l'estran et révision du modèle 3d d'Alet dans l'antiquité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Colleoni</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de l'AMARAI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 36, pp.95</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04477480v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Au milieu des flots, l’abri-sous-roche de Roc’h Santeg Leton (Santec, Finistère). Une fouille d’urgence d’occupations du Paléolithique moyen à l’âge du Fer en stratigraphie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégor Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Yvane Daire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Mougne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gallia Préhistoire – Préhistoire de la France dans son contexte européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 60 (1), pp.67-122. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/galliap.1972⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03024292v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouvelles recherches à l'île du Bec, Lampaul-Ploudalmézeau (Finistère)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Yvane Daire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Arzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Langouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de l'AMARAI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 31, pp.47-68</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02122941v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étude d’une structure dédiée à la production et l’exploration de données 3D appliquées à la recherche en archéologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Barreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Gaugne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaétan Le Cloirec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Gouranton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Archéologies numériques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 17 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21494/ISTE.OP.2017.0165⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01930151v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">3D model as a dynamic compilation of knowledge: interim results on the city of Alet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Barreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Bizien-Jaglin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Quesnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Langouët</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Virtual Archaeology Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8 (16), pp.51-60. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4995/var.2017.5862⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01544124v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prospection géophysique sur la plage du Rocher à Longeville-sur-Mer (Vendée)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Large</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Quesnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de l'AMARAI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, n°30, pp.23-34</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01952325v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les stèles gravées du plateau de la Bretellière à Saint-Macaire-en-Mauges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Mens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Berthaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Raux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Berson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Joussaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arqueología y prehistoria del interior peninsular </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 4 extra, pp.165-181</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01399035v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An Immersive Virtual Sailing on the 18 th -Century Ship Le Boullongne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Barreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Nouviale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Gaugne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylviane Llinares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Presence: Teleoperators and Virtual Environments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 24 (3), pp.201-219. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1162/pres_a_00231⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01218209v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Another brick in the wall: fifth millennium BC earthen-walled architecture on the Channel shores</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Laporte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Bizien-Jaglin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Wattez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Noël Guyodo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Barreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Antiquity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 89 (346), pp.800-817. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15184/aqy.2015.55⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01245165v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sterflant, un site archéologique sous haute surveillance à Hoedic.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Yvane Daire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pau Olmos Benlloch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Langouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meritxell Monros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Mougne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Melvan - La Revue des deux îles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 12, pp.187-198</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02342357v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Study of a wreck in foreshore context</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivia Hulot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Jaouen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Barreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ISPRS International Archives of the Photogrammetry, Remote Sensing and Spatial Information Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, XL-5/W5, pp.131-138. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/isprsarchives-xl-5-w5-131-2015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02459125v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Photogrammetry Based Study of Ceramics Fragments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Barreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théophane Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Bruniaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilien Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Heritage in the Digital Era</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 3, pp.643 - 656. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1260/2047-4970.3.4.643⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01394971v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapter one - Methods for the study of large Neolithic stone monuments in Western France.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Laporte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chris Scarre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gouézin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Soler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Poncet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Caninas (J.), Pereira (T.), Félix (P.) Isabel Gaspar (I.) ed. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tumuli and Megaliths in Eurasia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Cambridge Scholars Publishing, pp.1-21, 2024, 978-1-0364-0749-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04678129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le mégalithisme atlantique : une illusoire tentative de domestication du temps et de l'espace ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Laporte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bernard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Leonor Rocha, Primitiva Bueno-Ramirez, Gertrudes Branco. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Death as Archaeology of Transition: Thoughts and Materials. Papers from the II International Conference of Transition Archaeology: Death Archaeology, 29th April - 1st May 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Hadrian Books, pp.35-50, 2015, BAR International Series 2708</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02474063v1</w:t>
-              </w:r>
-[...1532 lines deleted...]
-                <w:t xml:space="preserve">hal-01394971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lassay-les-Châteaux (Mayenne). Le château de Lassay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocelyn Martineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Seure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Amiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Guillotin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">DRAC / SRA Pays de la Loire. 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
-              <w:r>
-[...80 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04201583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grand cairn de Barnenez. nouvelles approches, nouveaux résultats, nouvelles perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Laporte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigo de Balbín-Behrmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Barreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosa Barroso Bermejo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc Laporte</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Yann Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] SRA Bretagne; CNRS - UMR 6566 CReAAH. 2015, 38 p. + annexes</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
-              <w:r>
-[...71 lines deleted...]
-            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02492685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2145,1656 +2214,1656 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Methods for the study of large Neolithic stone monuments in Western France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Laporte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Cousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gouézin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Poncet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tumuli and Megaliths in Eurasia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Proença-a-Nova, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03467906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A prehistoric rock shelter in the middle of the Channel (Brittany, France): maritime threats and archaeological solutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégor Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pau Olmos Benlloch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Laforge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24th Annual Meeting of the European Association of Archaeologists (EAA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Association of Archaeologists, Sep 2018, Barcelona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02291653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Granitic recumbent statue reproduction by a seven axes robotic milling machine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Barreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johnny Mérelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GCH 2018 - 16th Eurographics Workshop on Graphics and Cultural Heritage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Vienna, Austria. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2312/gch.20181357⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01985118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relever les élévations d'une architecture mégalithique : développements méthodologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Cousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Barreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Gaugne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GMPCA 2017 - XXIème Colloque international du Groupe des Méthodes Pluridisciplinaires Contribuant à l’Archéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNRS UMR6566 CReAAH, Apr 2017, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01659868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relever les élévations d'une architecture mégalithique : développements méthodologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Cousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Barreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Gaugne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GMPCA 2017 - XXIème colloque international du Groupe des Méthodes Pluridisciplinaires Contribuant à l’Archéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01930936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D digitisation and reconstruction of a capital in northwestern Gaul: interim results on the City of alet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Barreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Baptiste Barreau</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Catherine Bizien-Jaglin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Quesnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Langouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th International Congress on Archaeology, Computer Graphics, Cultural Heritage and Innovation 'ARQUEOLÓGICA 2.0'</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Valencia, Spain. pp.438-440</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01399040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D Reconstitution of the Loyola Sugar Plantation and Virtual Reality Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Barreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reginald Auger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of Computer Applications &amp; Quantitative Methods in Archaeology, CAA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Sienna, Italy. pp.117-124</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01244849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude d'une structure dédiée à la production de données 3D et exploration appliquée à la recherche en archéologie.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Barreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Gaugne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaétan Le Cloirec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Gouranton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Informatique et Archéologie de Paris (JIAP) 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02459352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identifying constants in 3D digital archeology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Barreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Gaugne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Gouranton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21st Annual Meeting Of The European Association Of Archaeologists</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Glasgow, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02459585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virtual reality tools for the West Digital Conservatory of Archaeological Heritage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Barreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Gaugne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaétan Le Cloirec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Gouranton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">VRIC 2014, ACM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2014, Laval, France. pp.1-4, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/2617841.2617845⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01003416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combination of 3D Scanning, Modeling and Analyzing Methods around the Castle of Coatfrec Reconstitution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Barreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Beuchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilien Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Culturage Heritage, EuroMed, 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2014, Lemessos, Cyprus. pp.418 - 426, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-13695-0_40⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01094832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ceramics Fragments Digitization by Photogrammetry, Reconstructions and Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Barreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théophane Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Bruniaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilien Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Culturage Heritage, EuroMed, 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2014, Lemessos, Cyprus</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01090145v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The West Digital Conservatory of Archaelogical Heritage Project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Barreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Gaugne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaétan Le Cloirec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Gouranton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DH</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, France. pp.1-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00881775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3804,233 +3873,233 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virtual-Archéo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bernard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée du "CReAAH", Archéologie, Archéosciences, Histoire, Rennes, 2 avril 2016. Résumés des communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, pp.45-46</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01951705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alerte à l'île du Bec, Lampaul-Ploudalmézeau (Finistère)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Yvane Daire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pau Olmos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Langouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Quesnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée du "CReAAH", Archéologie, Archéosciences, Histoire, Rennes, 2 avril 2016. Résumés des communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, pp.4-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01948454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId105"/>
+      <w:footerReference w:type="default" r:id="rId106"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4177,51 +4246,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678129v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Laporte" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Scarre" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gou&#233;zin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Soler" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Poncet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02474063v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bernard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477480v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Colleoni" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024292v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gor Marchand" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Yvane Daire" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Martin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Mougne" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lyse Ravon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/galliap.1972" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02122941v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Andr&#233;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Arzel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Langouet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01930151v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Barreau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Gaugne" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Le Cloirec" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gouranton" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2017.0165" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01544124v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bizien-Jaglin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Quesnel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Langou&#235;t" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4995/var.2017.5862" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01952325v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Large" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01399035v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Mens" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Berthaud" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Raux" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Berson" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Joussaume" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01218209v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Nouviale" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Llinares" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/pres_a_00231" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01245165v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Wattez" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Guyodo" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2015.55" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-5SK29PV6-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02342357v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pau Olmos Benlloch" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meritxell Monros" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02459125v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Hulot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Jaouen" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Petit" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprsarchives-xl-5-w5-131-2015" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01394971v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;ophane Nicolas" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bruniaux" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Petit" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1260/2047-4970.3.4.643" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201583v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Martineau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Seure" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Amiot" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Guillotin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02492685v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo de Balb&#237;n-Behrmann" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Barroso Bermejo" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467906v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Cousseau" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02291653v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hamon" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Laforge" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01985118v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Jouneau" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny M&#233;relle" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Maillard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/gch.20181357" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01659868v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01930936v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01399040v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01244849v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reginald Auger" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Le Roux" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02459352v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02459585v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003416v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2617841.2617845" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094832v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Beuchet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-13695-0_40" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01090145v2" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00881775v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01951705v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01948454v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pau Olmos" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554211v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bernard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477480v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Colleoni" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024292v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gor Marchand" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Yvane Daire" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Martin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Mougne" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lyse Ravon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/galliap.1972" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02122941v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Andr&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Arzel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Langouet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01930151v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Barreau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Gaugne" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Le Cloirec" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gouranton" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2017.0165" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01544124v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bizien-Jaglin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Quesnel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Langou&#235;t" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4995/var.2017.5862" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01952325v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Large" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01399035v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Mens" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Berthaud" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Raux" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Berson" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Joussaume" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01218209v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Nouviale" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Llinares" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/pres_a_00231" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01245165v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Laporte" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Wattez" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Guyodo" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2015.55" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-5SK29PV6-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02342357v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pau Olmos Benlloch" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meritxell Monros" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02459125v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Hulot" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Jaouen" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Petit" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprsarchives-xl-5-w5-131-2015" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01394971v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;ophane Nicolas" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bruniaux" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Petit" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1260/2047-4970.3.4.643" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678129v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Scarre" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gou&#233;zin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Soler" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Poncet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02474063v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201583v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Martineau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Seure" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Amiot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Guillotin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02492685v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo de Balb&#237;n-Behrmann" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Barroso Bermejo" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467906v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Cousseau" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02291653v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hamon" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Laforge" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01985118v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Jouneau" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny M&#233;relle" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Maillard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/gch.20181357" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01659868v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01930936v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01399040v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01244849v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reginald Auger" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Le Roux" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02459352v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02459585v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003416v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2617841.2617845" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094832v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Beuchet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-13695-0_40" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01090145v2" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00881775v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01951705v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01948454v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pau Olmos" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>