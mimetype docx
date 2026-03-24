--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -567,243 +567,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04562375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Data maps for material identification in helical milling by spindle power monitoring</w:t>
+                <w:t xml:space="preserve">À la recherche d’un critère de performance pour les athlètes d’escrime fauteuil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sughosh Deshpande</w:t>
+                <w:t xml:space="preserve">Thibault Marsan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdallah Bouzid</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Anna Carla Araujo</w:t>
+                <w:t xml:space="preserve">Bruno Watier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th CIRP Conference on Modeling of Machining Operations Germany CIRP CMMO 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Karlsruhe, Germany</w:t>
+              <w:t xml:space="preserve">para-escrime, performance, individualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ACAPS, Oct 2023, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03999140v1</w:t>
+                <w:t xml:space="preserve">hal-04275917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">À la recherche d’un critère de performance pour les athlètes d’escrime fauteuil</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Data maps for material identification in helical milling by spindle power monitoring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sughosh Deshpande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibault Marsan</w:t>
+                <w:t xml:space="preserve">Abdallah Bouzid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bruno Watier</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Carla Araujo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">para-escrime, performance, individualité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ACAPS, Oct 2023, Reims, France</w:t>
+              <w:t xml:space="preserve">19th CIRP Conference on Modeling of Machining Operations Germany CIRP CMMO 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Karlsruhe, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04275917v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03999140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Drilling of multi-material stacks for the assembly of aeronautical structures: from the characterization of the cutting mechanisms to the development of Smart drilling techniques</w:t>
               </w:r>
@@ -878,796 +878,796 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04591419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bone properties</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Raafat Hussein</w:t>
+                <w:t xml:space="preserve">Material identification in helical milling for smart drilling applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sughosh Deshpande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdallah Bouzid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Carla Araujo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COBEF2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, brasilia, Brazil</w:t>
+              <w:t xml:space="preserve">Brazilian Manufacturing Engineering Congress 12th COBEF 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Brasilia, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04002794v1</w:t>
+                <w:t xml:space="preserve">hal-04001237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Material identification in helical milling for smart drilling applications</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pierre Lagarrigue</w:t>
+                <w:t xml:space="preserve">Bone properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raafat Hussein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Carla Araujo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brazilian Manufacturing Engineering Congress 12th COBEF 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Brasilia, Brazil</w:t>
+              <w:t xml:space="preserve">COBEF2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, brasilia, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04001237v1</w:t>
+                <w:t xml:space="preserve">hal-04002794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fault diagnosis of CNC machine-tools for drilling Titanium alloy</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Optimizing racing wheelchair design through coupled biomechanical-mechanical simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marcos Vicente Moreira</w:t>
+                <w:t xml:space="preserve">Adrien Loiseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Marsan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Navarro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Watier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th Conference on Intelligent Computation in Manufacturing Engineering, "Innovative and Cognitive Production Technology and Systems"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Naples, Italy</w:t>
+              <w:t xml:space="preserve">International Joint Conference on Mechanics, Design Engineering and Advanced Manufacturing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Ischia (NA), Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03904691v1</w:t>
+                <w:t xml:space="preserve">hal-03887092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correlations between the hole surface integrity and fatigue life for drilled 2024-T351 aluminum alloy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Timed automaton models for fault diagnosis of the drilling process on a CNC machine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Moreira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Carla Araujo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Joint Conference on Mechanics, Design Engineering and Advanced Manufacturing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Ischia (NA), Italy</w:t>
+              <w:t xml:space="preserve">XXIV Congresso Brasileiro de Automatica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Fortaleza, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03887060v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03640305v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Timed automaton models for fault diagnosis of the drilling process on a CNC machine</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fault diagnosis of CNC machine-tools for drilling Titanium alloy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Carla Araujo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcos Vicente Moreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIV Congresso Brasileiro de Automatica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Fortaleza, Brazil</w:t>
+              <w:t xml:space="preserve">15th Conference on Intelligent Computation in Manufacturing Engineering, "Innovative and Cognitive Production Technology and Systems"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Naples, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03640305v2</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03904691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">EXPERIMENTAL ANALYSIS OF CIRCULAR MILLING FOR MATERIAL IDENTIFICATION IN AEROSPACE INDUSTRY</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Correlations between the hole surface integrity and fatigue life for drilled 2024-T351 aluminum alloy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Lacombe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Landry Arnaud Kamgaing Souop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Daidié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Paredes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESAFORM 2022</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Joint Conference on Mechanics, Design Engineering and Advanced Manufacturing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Ischia (NA), Italy</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03672985v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03887060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimizing racing wheelchair design through coupled biomechanical-mechanical simulation</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pablo Navarro</w:t>
+                <w:t xml:space="preserve">EXPERIMENTAL ANALYSIS OF CIRCULAR MILLING FOR MATERIAL IDENTIFICATION IN AEROSPACE INDUSTRY</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sughosh Deshpande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Carla Araujo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Watier</w:t>
+                <w:t xml:space="preserve">Pierre Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Joint Conference on Mechanics, Design Engineering and Advanced Manufacturing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ESAFORM 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Braga, Portugal. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4028/v-7uw143⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03887092v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03672985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Material recognition using drilling force data</w:t>
               </w:r>
@@ -1882,51 +1882,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdallah Bouzid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESAFORM 2021 - 24th International Conference on Material Forming</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, En ligne, Belgium. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2049,312 +2049,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03272497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the hole surface integrity on the fatigue strength of an aluminium drilled part</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexandra Lacombe</w:t>
+                <w:t xml:space="preserve">Smart drilling for Aerospace Industry: state of art in research and education</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Carla Araujo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Audrey Benaben</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Joint Conference on Mechanics, Design Engineering and Advanced Manufacturing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2020, Aix-en-Provence, France</w:t>
+              <w:t xml:space="preserve">14th CIRP Conference on Intelligent Computation in Manufacturing Engineering, CIRP ICME ˈ20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2020, Naples, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03008318v1</w:t>
+                <w:t xml:space="preserve">hal-02985411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Smart drilling for Aerospace Industry: state of art in research and education</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anna Carla Araujo</w:t>
+                <w:t xml:space="preserve">Influence of the hole surface integrity on the fatigue strength of an aluminium drilled part</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Lacombe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre Lagarrigue</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Paredes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Chirol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Benaben</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th CIRP Conference on Intelligent Computation in Manufacturing Engineering, CIRP ICME ˈ20</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2020, Naples, Italy</w:t>
+              <w:t xml:space="preserve">International Joint Conference on Mechanics, Design Engineering and Advanced Manufacturing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02985411v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03008318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Orbital Drilling Optimization in High Speed Machining and Fatigue Life Enhancement by Orbital Roller Burnishing: Application to an Aluminum Alloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Landry Arnaud Kamgaing Souop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johanna Senatore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Daidié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Ritou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2392,103 +2392,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of the drilling process on the fatigue life of an aluminium 2024-T351 part</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Lacombe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Paredes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Chirol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Benaben</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1st International Conference on Advanced Joining Processes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Ponta Delgada, Azores, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2507,481 +2507,481 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03008303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact du procédé de perçage dans de l'aluminium 2024-T351 sur les sollicitations thermomécaniques subies par la pièce percée</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexandra Lacombe</w:t>
+                <w:t xml:space="preserve">Investigation of Aluminum Alloy Properties During Helical Roller Burnishing Through Finite Element Simulations and Experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Landry Arnaud Kamgaing Souop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Daidié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Audrey Benaben</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna Senatore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Ritou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MUGV &amp; Manufacturing'21</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Joint Conference on Mechanics, Design Engineering &amp; Advanced Manufacturing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Carthagena, Spain. pp.440-450, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-12346-8_43⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02127597v1</w:t>
+                <w:t xml:space="preserve">hal-02119950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of different cutting depths to the cutting forces and machining quality of CFRP parts in orthogonal cutting ─ a numerical and experimental comparison</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farid Miah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Luycker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Lachaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Piquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ASME 2018 International Mechanical Engineering Congress and Exposition IMECE2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Pittsburgh, United States. pp.1-11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02053211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of Aluminum Alloy Properties During Helical Roller Burnishing Through Finite Element Simulations and Experiments</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alain Daidié</w:t>
+                <w:t xml:space="preserve">Impact du procédé de perçage dans de l'aluminium 2024-T351 sur les sollicitations thermomécaniques subies par la pièce percée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Lacombe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Ritou</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Paredes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Chirol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Benaben</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Joint Conference on Mechanics, Design Engineering &amp; Advanced Manufacturing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">MUGV &amp; Manufacturing'21</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-12346-8_43⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02119950v1</w:t>
+                <w:t xml:space="preserve">hal-02127597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical evaluation of residual stress induced by reaming of aluminium 2024-T351</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Lacombe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Paredes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Chirol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Benaben</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Joint Conference on Mechanics, Design Engineering and Advanced Manufacturing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Cartagena, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3019,64 +3019,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of residual stress distribution near the hole edge in aeronautical structures after drilling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Paredes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Chirol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUROMAT 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Thessaloniki, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3570,1049 +3570,1006 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02052203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thrust force and torque model applied to the vibratory drilling process</w:t>
+                <w:t xml:space="preserve">Thrust force and torque model applied to the vibration assisted drilling of Aluminium 7010</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Le Dref</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Dessein</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">F. Blanchet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Joint Conference on Mechanical, Design Engineering &amp; Advanced Manufacturing, Toulouse, France, June 18-20, 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Toulouse, France</w:t>
+              <w:t xml:space="preserve">32nd Machinery Vibration CMVA Annual Seminar – 4th International Congress on Engineering of Industrial Risks, Montreal, Canada, October 29-31, 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02054150v1</w:t>
+                <w:t xml:space="preserve">hal-02053900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Drilling of thick composite structures with pilot hole using a twist drill</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modelling of chip geometry in orbital drilling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. A. Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Rahmé</w:t>
+                <w:t xml:space="preserve">K. Moussaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna Senatore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pierre Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th European Conference on Composite Materials (ECCM16), Seville, Spain, June 22-26, 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Seville, Spain</w:t>
+              <w:t xml:space="preserve">Joint Conference on Mechanical, Design Engineering &amp; Advanced Manufacturing, Toulouse, France, June 18-20, 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Toulouse, France. pp.502-508</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02054260v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02054151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution to understanding and modelizing vibration assisted drilling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J. Le Dref</w:t>
+                <w:t xml:space="preserve">Drilling of thick composite structures with pilot hole using a twist drill</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Rahmé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Espinosa</w:t>
+                <w:t xml:space="preserve">R. Piquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Lachaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th ICEIR Int. Congress on Engineering of Industrial Risks &amp; 32nd CMVA Annual Seminar on Machinery Vibration</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">16th European Conference on Composite Materials (ECCM16), Seville, Spain, June 22-26, 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Seville, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02053902v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02054260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of the cutting phenomenon in orbital drilling of titanium alloys (TiAl6V4)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Thrust force and torque model applied to the vibratory drilling process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Le Dref</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Landon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Dessein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. A. Rey</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Yann Landon</w:t>
+                <w:t xml:space="preserve">F. Blanchet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th International Conference on High Speed Machining</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Prague, Czech Republic</w:t>
+              <w:t xml:space="preserve">Joint Conference on Mechanical, Design Engineering &amp; Advanced Manufacturing, Toulouse, France, June 18-20, 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01997698v1</w:t>
+                <w:t xml:space="preserve">hal-02054150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analytical model for drilling thick composite structures with pilot hole using a twist drill</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">P. Rahmé</w:t>
+                <w:t xml:space="preserve">Contribution to understanding and modelizing vibration assisted drilling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Le Dref</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Pierre Lagarrigue</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Dessein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Espinosa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Joint Conference on Mechanical, Design Engineering &amp; Advanced Manufacturing, Toulouse, France, June 18-20, 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Toulouse, France</w:t>
+              <w:t xml:space="preserve">4th ICEIR Int. Congress on Engineering of Industrial Risks &amp; 32nd CMVA Annual Seminar on Machinery Vibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02054152v1</w:t>
+                <w:t xml:space="preserve">hal-02053902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Dynamic Cutting Forces Model of Vibrations Assisted Drilling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Ladonne</w:t>
+                <w:t xml:space="preserve">Characterization of the cutting phenomenon in orbital drilling of titanium alloys (TiAl6V4)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. A. Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna Senatore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">32nd Machinery Vibration CMVA Annual Seminar – 4th International Congress on Engineering of Industrial Risks, Montreal, Canada, October 29-31, 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">11th International Conference on High Speed Machining</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02053899v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01997698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling of chip geometry in orbital drilling</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Johanna Senatore</w:t>
+                <w:t xml:space="preserve">Analytical model for drilling thick composite structures with pilot hole using a twist drill</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Rahmé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Piquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Lachaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Joint Conference on Mechanical, Design Engineering &amp; Advanced Manufacturing, Toulouse, France, June 18-20, 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, Toulouse, France. pp.502-508</w:t>
+              <w:t xml:space="preserve">, 2014, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02054151v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02054152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thrust force and torque model applied to the vibration assisted drilling of Aluminium 7010</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J. Le Dref</w:t>
+                <w:t xml:space="preserve">A Dynamic Cutting Forces Model of Vibrations Assisted Drilling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Ladonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Chérif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-Y. K'Nevez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Cahuc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">32nd Machinery Vibration CMVA Annual Seminar – 4th International Congress on Engineering of Industrial Risks, Montreal, Canada, October 29-31, 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02053900v1</w:t>
+                <w:t xml:space="preserve">hal-02053899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation du procédé de perçage assisté par vibrations</w:t>
+                <w:t xml:space="preserve">Étude de l'état de surface de trous percés dans des stratifiés carbone UD</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Ladonne</w:t>
+                <w:t xml:space="preserve">Mehdi Chérif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2013 - 21ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2013, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03440508v1</w:t>
+                <w:t xml:space="preserve">hal-03439768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic Modeling of Vibrations Assisted Drilling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Ladonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4671,139 +4628,182 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th International Conference on Structural Analysis of Advanced Materials (ICSAAM), Island of Kos, Greece, September 23-26, 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Island of Kos, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02182187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude de l'état de surface de trous percés dans des stratifiés carbone UD</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId106" w:history="1">
+                <w:t xml:space="preserve">Modélisation du procédé de perçage assisté par vibrations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Ladonne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Landon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Chérif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves K'Nevez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Cahuc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2013 - 21ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2013, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03439768v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03440508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manufacturing’21 : Expériences de fédération des activités de recherche en fabrication</w:t>
               </w:r>
@@ -5334,291 +5334,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05413874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Review on Metallic Drilling Burrs: Geometry, Formation, and Effect on the Mechanical Strength of Metallic Assemblies</w:t>
+                <w:t xml:space="preserve">Wheelchair caster power losses due to rolling resistance on sports surfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Santiago Frutos Taravillo</w:t>
+                <w:t xml:space="preserve">Z. Pomarat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Marsan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Paroissien</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A. Faupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Landon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Watier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Manufacturing Science and Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1115/1.4066979⟩</w:t>
+              <w:t xml:space="preserve">Disability and Rehabilitation: Assistive Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 20 (4), pp.1176-1182. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/17483107.2024.2406450⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04837970v1</w:t>
+                <w:t xml:space="preserve">hal-04725578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wheelchair caster power losses due to rolling resistance on sports surfaces</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Review on Metallic Drilling Burrs: Geometry, Formation, and Effect on the Mechanical Strength of Metallic Assemblies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santiago Frutos Taravillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Paroissien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Landon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Z. Pomarat</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thibault Marsan</w:t>
+                <w:t xml:space="preserve">Sébastien Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Faupin</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mathieu Fressinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Disability and Rehabilitation: Assistive Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 20 (4), pp.1176-1182. </w:t>
+              <w:t xml:space="preserve">Journal of Manufacturing Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 147 (4), </w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/17483107.2024.2406450⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1115/1.4066979⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04725578v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04837970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal investigations of supercritical CO 2 jet impingement and its cooling applicability in a machining context</w:t>
               </w:r>
@@ -5940,278 +5940,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04738610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of cutting tool geometry on hole quality in orbital drilling</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Johanna Senatore</w:t>
+                <w:t xml:space="preserve">Performance criteria for para-athletes in fencing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Marsan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Navarro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Watier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Advanced Manufacturing Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00170-023-12539-y⟩</w:t>
+              <w:t xml:space="preserve">Sports Biomechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 23 (12), pp.3141-3150. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/14763141.2023.2294724⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04292258v1</w:t>
+                <w:t xml:space="preserve">hal-04383335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance criteria for para-athletes in fencing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thibault Marsan</w:t>
+                <w:t xml:space="preserve">Effect of cutting tool geometry on hole quality in orbital drilling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-André Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna Senatore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bruno Watier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sports Biomechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 23 (12), pp.3141-3150. </w:t>
+              <w:t xml:space="preserve">International Journal of Advanced Manufacturing Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 131 (2), pp.827-841. </w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/14763141.2023.2294724⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00170-023-12539-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04383335v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04292258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Timed Automaton Model with Timing Intervals and Outputs for Fault Diagnosis of the Drilling Process on a CNC Machine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcos Vicente Moreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6265,351 +6265,351 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04217560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of the drilling process on the surface integrity and residual fatigue strength of 2024-T351 aluminum parts</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Experimental Analysis of Circular Milling for Material Identification in Aerospace Industry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sughosh Deshpande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lagarrigue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Carla Araujo</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Procedia CIRP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 108, pp.459 - 464. </w:t>
+              <w:t xml:space="preserve">Key Engineering Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 926, pp.1650-1659. </w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.procir.2022.03.072⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4028/p-04tr68⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03887017v1</w:t>
+                <w:t xml:space="preserve">hal-03999085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental Analysis of Circular Milling for Material Identification in Aerospace Industry</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Impact of the drilling process on the surface integrity and residual fatigue strength of 2024-T351 aluminum parts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Lacombe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Landry Arnaud Kamgaing Souop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Daidié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Paredes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Key Engineering Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 926, pp.1650-1659. </w:t>
+              <w:t xml:space="preserve">Procedia CIRP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 108, pp.459 - 464. </w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4028/p-04tr68⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.procir.2022.03.072⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03999085v1</w:t>
+                <w:t xml:space="preserve">hal-03887017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Specific force map for smart machining applications with rotating tools</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sughosh Deshpande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Clara Coimbra Gonçalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Carla Araujo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6682,51 +6682,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Carla Araujo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Procedia CIRP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 99, pp.387-391. </w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6760,103 +6760,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigations on the impact of the hole surface integrity on the fatigue life of a 2024‐T351 aluminum alloy drilled part</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Lacombe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Paredes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Texier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Chirol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fatigue and Fracture of Engineering Materials and Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 44 (6), pp.1455-1468. </w:t>
@@ -6992,910 +6992,910 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03337160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of adding a woven glass ply at the exit of the hole of CFRP laminates on delamination during drilling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High Speed Orbital Drilling Optimization and Fatigue Life Enhancement by Orbital Roller Burnishing for Aluminum Alloy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Landry Arnaud Kamgaing Souop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Landon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna Senatore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Rahmé</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Yann Landon</w:t>
+                <w:t xml:space="preserve">Alain Daidie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Ritou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Composites Part A: Applied Science and Manufacturing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.compositesa.2019.105731⟩</w:t>
+              <w:t xml:space="preserve">SAE International journal of advances and current practices in mobility</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 2 (2), pp.774-786. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4271/2019-01-1861⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03037409v1</w:t>
+                <w:t xml:space="preserve">hal-04590665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermomechanical coupling investigation in Ti-6Al-4V orthogonal cutting: experimental and numerical confrontation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thomas Pottier</w:t>
+                <w:t xml:space="preserve">Effect of adding a woven glass ply at the exit of the hole of CFRP laminates on delamination during drilling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Rahmé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Moussa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Gilblas</w:t>
+                <w:t xml:space="preserve">Frédéric Lachaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Mechanical Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 169, pp.105322. </w:t>
+              <w:t xml:space="preserve">Composites Part A: Applied Science and Manufacturing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 129, pp.105731. </w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijmecsci.2019.105322⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.compositesa.2019.105731⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02384414v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03037409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental study of orthogonal cutting of unidirectional CFRP laminates</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Thermomechanical coupling investigation in Ti-6Al-4V orthogonal cutting: experimental and numerical confrontation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahmoud Harzallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Pottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Blanchet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Robert Piquet</w:t>
+                <w:t xml:space="preserve">Rémi Gilblas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Mousseigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Machining and Machinability of Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 22 (6), pp.454. </w:t>
+              <w:t xml:space="preserve">International Journal of Mechanical Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 169, pp.105322. </w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1504/IJMMM.2020.111351⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijmecsci.2019.105322⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04590619v1</w:t>
+                <w:t xml:space="preserve">hal-02384414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High Speed Orbital Drilling Optimization and Fatigue Life Enhancement by Orbital Roller Burnishing for Aluminum Alloy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Landry Arnaud Kamgaing Souop</w:t>
+                <w:t xml:space="preserve">Experimental study of orthogonal cutting of unidirectional CFRP laminates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Blanchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lachaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Piquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Ritou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SAE International journal of advances and current practices in mobility</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 2 (2), pp.774-786. </w:t>
+              <w:t xml:space="preserve">International Journal of Machining and Machinability of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 22 (6), pp.454. </w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4271/2019-01-1861⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1504/IJMMM.2020.111351⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04590665v1</w:t>
+                <w:t xml:space="preserve">hal-04590619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical simulation of the reaming process in aluminium 2024-T351 – Analysis of the evolution of the material stress state</w:t>
+                <w:t xml:space="preserve">Evaluation of microbial proliferation on cementitious materials exposed to biogas systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Lacombe</w:t>
+                <w:t xml:space="preserve">Célestine Voegel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadège Durban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Bertron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Audrey Benaben</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Erable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DYNA : Ingenieria e Industria</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.6036/8900⟩</w:t>
+              <w:t xml:space="preserve">Environmental Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp.1-11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/09593330.2019.1567610⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02050058v1</w:t>
+                <w:t xml:space="preserve">hal-02001421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of microbial proliferation on cementitious materials exposed to biogas systems</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alexandra Bertron</w:t>
+                <w:t xml:space="preserve">Comprehensive analysis of surface integrity modification of ball-end milled Ti-6Al-4V surfaces through vibration-assisted ball burnishing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramon Jerez Mesa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.A. Travieso-Rodríguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Dessein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Lluma-Fuentes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Technology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Materials Processing Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 267, pp.230-240</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02001421v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02020530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comprehensive analysis of surface integrity modification of ball-end milled Ti-6Al-4V surfaces through vibration-assisted ball burnishing</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Numerical simulation of the reaming process in aluminium 2024-T351 – Analysis of the evolution of the material stress state</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.A. Travieso-Rodríguez</w:t>
+                <w:t xml:space="preserve">Alexandre Lacombe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Paredes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Chirol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Benaben</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Processing Technology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">DYNA : Ingenieria e Industria</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 94, pp.215-220. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.6036/8900⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02020530v1</w:t>
+                <w:t xml:space="preserve">hal-02050058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A coupled in-situ measurement of temperature and kinematic fields in Ti-6Al-4V serrated chip formation at micro-scale</w:t>
               </w:r>
@@ -7907,51 +7907,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Harzallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Gilblas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8201,51 +8201,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.A. Travieso-Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Dessein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Lluma-Fuentes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Surface and Coatings Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 349, pp.364-377</w:t>
@@ -8434,77 +8434,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Rahme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Lachaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Piquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Composites Part A: Applied Science and Manufacturing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 103, pp.304--313</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8774,908 +8774,908 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03830678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling of cutting forces in orbital drilling of titanium alloy Ti6Al4V</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modelling kinematics and cutting forces in vibration assisted drilling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Le Dref</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Dessein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Espinosa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Machine Tools and Manufacture</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Mechanics &amp; Industry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 17 (3), pp.1-10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/meca/2015078⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01950777v1</w:t>
+                <w:t xml:space="preserve">hal-02135080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Drilling analytical model of composite material with pilot hole</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Correction of milling tool paths by tool positioning defect compensation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Pierre Lagarrigue</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Segonds</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Mousseigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechanics &amp; Industry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/meca/2015110⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part B: Journal of Engineering Manufacture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 217 (8), pp.1063-1073. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/095440540321700804⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01950769v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04592309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correction of milling tool paths by tool positioning defect compensation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Drilling analytical model of composite material with pilot hole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Rahme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">P Lagarrigue</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Piquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Lachaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part B: Journal of Engineering Manufacture</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Mechanics &amp; Industry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 17 (5), pp.513. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/meca/2015110⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/095440540321700804⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04592309v1</w:t>
+                <w:t xml:space="preserve">hal-01950769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling kinematics and cutting forces in vibration assisted drilling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modelling of cutting forces in orbital drilling of titanium alloy Ti6Al4V</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. A. Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Le Dref</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna Senatore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christine Espinosa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechanics &amp; Industry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Machine Tools and Manufacture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 106, pp.75--88</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/meca/2015078⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02135080v1</w:t>
+                <w:t xml:space="preserve">hal-01950777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Drilling of thick composite material with a small-diameter twist drill</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">P. Rahme</w:t>
+                <w:t xml:space="preserve">Modelling the vibration-assisted drilling process: identification of influential phenomena</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Ladonne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Cherif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves K’nevez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Cahuc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Advanced Manufacturing Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 76 (9-12), pp.1543-1553</w:t>
+              <w:t xml:space="preserve">, 2015, 81 (9-12), pp.1657-1666</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02020455v1</w:t>
+                <w:t xml:space="preserve">hal-02022515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delamination-free drilling of thick composite materials</w:t>
+                <w:t xml:space="preserve">Drilling of thick composite material with a small-diameter twist drill</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Rahme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Lachaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Piquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Composites Part A: Applied Science and Manufacturing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 72, pp.148--159</w:t>
+              <w:t xml:space="preserve">International Journal of Advanced Manufacturing Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 76 (9-12), pp.1543-1553</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01951223v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02020455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling the vibration-assisted drilling process: identification of influential phenomena</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mehdi Cherif</w:t>
+                <w:t xml:space="preserve">Delamination-free drilling of thick composite materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Rahme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Lachaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Piquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lagarrigue</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Advanced Manufacturing Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 81 (9-12), pp.1657-1666</w:t>
+              <w:t xml:space="preserve">Composites Part A: Applied Science and Manufacturing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 72, pp.148--159</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02022515v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01951223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rôle des défauts de perçage sur le comportement en matage des composites stratifiés sous sollicitation de fatigue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Chérif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9720,589 +9720,589 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01952578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of the Surface Quality of Holes Drilled in CFRP Laminates</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comparative study of tools in drilling composites T700-M21 and T800-M21</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Le Dref</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Eyma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Dessein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Etienne Denaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mehdi Cherif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Materials Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 698, pp.107-116. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/AMR.698.107⟩</w:t>
+              <w:t xml:space="preserve">, 2013, vol. 698, pp. 59-68. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/AMR.698.59⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02138245v1</w:t>
+                <w:t xml:space="preserve">hal-00944573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predicting the dynamic behaviour of torus milling tools when climb milling using the stability lobes theory</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Characterization of the Surface Quality of Holes Drilled in CFRP Laminates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jean-Max Redonnet</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Cherif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Machine Tools and Manufacture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijmachtools.2012.10.001⟩</w:t>
+              <w:t xml:space="preserve">Advanced Materials Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 698, pp.107-116. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/AMR.698.107⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00944576v1</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02138245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimisation of workpiece setup for continuous five-axis milling: application to a five-axis BC type machining centre</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xavier Pessoles</w:t>
+                <w:t xml:space="preserve">Predicting the dynamic behaviour of torus milling tools when climb milling using the stability lobes theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Mousseigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Walter Rubio</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Seguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Dessein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Max Redonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Advanced Manufacturing Technology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Machine Tools and Manufacture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 65, pp.47-57. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijmachtools.2012.10.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00170-012-4151-y⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02138250v1</w:t>
+                <w:t xml:space="preserve">hal-00944576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative study of tools in drilling composites T700-M21 and T800-M21</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Optimisation of workpiece setup for continuous five-axis milling: application to a five-axis BC type machining centre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Eyma</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Louis Etienne Denaud</w:t>
+                <w:t xml:space="preserve">Xavier Pessoles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Segonds</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walter Rubio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Materials Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Advanced Manufacturing Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 65 (1-4), pp.67-79. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00170-012-4151-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/AMR.698.59⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00944573v1</w:t>
+                <w:t xml:space="preserve">hal-02138250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Drilling thick composite materials using large diameter drills</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rahmé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Lachaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Piquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Machining and Machinability of Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 10 (3), pp.202. </w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
@@ -10336,103 +10336,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analytical models of composite material drilling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rahmé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Lachaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Piquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Advanced Manufacturing Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 52 (5-8), pp.609-617. </w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
@@ -10576,575 +10576,575 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02138256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kinematic modelling of a 3-axis NC machine tool in linear and circular interpolation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId234" w:history="1">
+                <w:t xml:space="preserve">Simulation of the behaviour of CNC machine-tools in three-axis milling of sculptured surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Pessoles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Mousseigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Walter Rubio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Advanced Manufacturing Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 47 (5-8), pp.639-655. </w:t>
+              <w:t xml:space="preserve">International Journal of Machining and Machinability of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 8 (3/4), pp.326. </w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00170-009-2236-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1504/IJMMM.2010.036142⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00466700v1</w:t>
+                <w:t xml:space="preserve">hal-02138276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation of the behaviour of CNC machine-tools in three-axis milling of sculptured surfaces</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId234" w:history="1">
+                <w:t xml:space="preserve">Kinematic modelling of a 3-axis NC machine tool in linear and circular interpolation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Pessoles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michel Mousseigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Walter Rubio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Machining and Machinability of Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 8 (3/4), pp.326. </w:t>
+              <w:t xml:space="preserve">International Journal of Advanced Manufacturing Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 47 (5-8), pp.639-655. </w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1504/IJMMM.2010.036142⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00170-009-2236-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02138276v1</w:t>
+                <w:t xml:space="preserve">hal-00466700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimising positioning of the axis of a milling cutter on an offset surface by geometric error minimisation</w:t>
+                <w:t xml:space="preserve">Analytical estimation of error in flank milling of ruled surfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johanna Senatore</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frederic Monies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Walter Rubio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer-Aided Design</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 37 (9-10), pp.861-871. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2008, 40 (5), pp.595-603. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cad.2008.02.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00170-007-1022-z⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01913408v1</w:t>
+                <w:t xml:space="preserve">hal-04592261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analytical estimation of error in flank milling of ruled surfaces</w:t>
+                <w:t xml:space="preserve">Optimising positioning of the axis of a milling cutter on an offset surface by geometric error minimisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johanna Senatore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Monies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Walter Rubio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer-Aided Design</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 40 (5), pp.595-603. </w:t>
+              <w:t xml:space="preserve">, 2008, 37 (9-10), pp.861-871. </w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cad.2008.02.007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00170-007-1022-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04592261v1</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01913408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study into causes of damage to carbon epoxy composite material during the drilling process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rahme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Lachaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Piquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Machining and Machinability of Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 3 (3/4), pp.309. </w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
@@ -11204,77 +11204,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Rahme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Lachaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Piquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SAE Int. J. Aerosp.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 1 (1), pp.776--781. </w:t>
@@ -11435,265 +11435,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04592265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterising the behaviour of workpieces under the effect of tangential cutting force during NC turning</w:t>
+                <w:t xml:space="preserve">Method for rapid characterisation of cutting forces in end milling considering runout</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Segonds</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Monies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Processing Technology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Machining and Machinability of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 1 (1), pp.45. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1504/IJMMM.2006.010658⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03832299v1</w:t>
+                <w:t xml:space="preserve">hal-04592273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Method for rapid characterisation of cutting forces in end milling considering runout</w:t>
+                <w:t xml:space="preserve">Characterising the behaviour of workpieces under the effect of tangential cutting force during NC turning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Segonds</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Monies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Machining and Machinability of Materials</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Materials Processing Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04592273v1</w:t>
+                <w:t xml:space="preserve">hal-03832299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterisation of the workpiece dilatation phenomenon during machining using the neural network method. Application to NC turning</w:t>
               </w:r>
@@ -11731,51 +11731,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Bès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Advanced Manufacturing Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 27 (1-2), pp.83-89. </w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
@@ -11815,285 +11815,285 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04592289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The characterisation of the dimensional change of the Z-axis in NC turning</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tool positioning error (TPE) characterisation in milling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Segonds</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Mousseigne</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">P. Lagarrigue</w:t>
+                <w:t xml:space="preserve">Pierre Lascoumes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Advanced Manufacturing Technology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Machine Tools and Manufacture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 44 (5), pp.457-464. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijmachtools.2003.12.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00170-003-1657-3⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04592301v1</w:t>
+                <w:t xml:space="preserve">hal-04592295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tool positioning error (TPE) characterisation in milling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The characterisation of the dimensional change of the Z-axis in NC turning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Segonds</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Segonds</w:t>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Mousseigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Lascoumes</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Lagarrigue</w:t>
+                <w:t xml:space="preserve">P. Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Machine Tools and Manufacture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 44 (5), pp.457-464. </w:t>
+              <w:t xml:space="preserve">International Journal of Advanced Manufacturing Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 23 (11-12), </w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijmachtools.2003.12.001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00170-003-1657-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03832305v1</w:t>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04592301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tool positioning error (TPE) characterisation in milling</w:t>
               </w:r>
@@ -12105,124 +12105,124 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Segonds</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lascoumes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Machine Tools and Manufacture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 44 (5), pp.457-464. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ijmachtools.2003.12.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04592295v1</w:t>
+                <w:t xml:space="preserve">hal-03832305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tolerancing for manufacturing: a three dimensional model</w:t>
               </w:r>
@@ -12472,51 +12472,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316531v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha El Nahas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pottier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;jacques Letourneau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Landon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960697v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Sauceau" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316507v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04562375v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raafat Hussein" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Carla Araujo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristiane Evelise Ribeiro da Silva" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21741/9781644903131-205" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03999140v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sughosh Deshpande" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdallah Bouzid" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lagarrigue" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04275917v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Marsan" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Watier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04591419v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04002794v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04001237v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03904691v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Vicente Moreira" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03887060v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Lacombe" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Landry Arnaud Kamgaing Souop" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Daidi&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Paredes" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03640305v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Moreira" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03672985v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/v-7uw143" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03887092v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Loiseau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Navarro" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04591440v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03232380v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Clara Coimbra Gon&#231;alves" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilmar Ferreira Batalha" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-03202702v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bonnet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25518/esaform21.1878" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-03272497v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03008318v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Chirol" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Benaben" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02985411v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-02462039v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Senatore" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Ritou" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03008303v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127597v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02053211v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Miah" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel de Luycker" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Lachaud" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Piquet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119950v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-12346-8_43" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127580v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02143402v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02143397v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramon Jerez Mesa" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Antonio Travieso-Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Gomez-Gras" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Lluma-Fuentes" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02047917v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bonnot" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Segonds" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01609103v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Harzallah" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Mousseigne" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Germain" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4963490" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052203v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ladonne" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ch&#233;rif" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-Y. K'Nevez" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Cahuc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054150v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Le Dref" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Dessein" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Blanchet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054260v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rahm&#233;" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Piquet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02053902v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Espinosa" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-01997698v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. A. Rey" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054152v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02053899v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054151v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Moussaoui" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02053900v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440508v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Ladonne" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Ch&#233;rif" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves K'Nevez" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cahuc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02182187v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439768v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187147v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194353v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Pessoles" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Rubio" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Max Redonnet" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362384v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05413753v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2025.111661" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05413874v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Pottier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Landon" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17973/MMSJ.2025_11_2025136" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837970v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Frutos Taravillo" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Paroissien" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Schwartz" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fressinet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4066979" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04725578v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Pomarat" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Faupin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17483107.2024.2406450" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04766857v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Masson" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. El Nahas" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sauceau" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2024.126335" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736267v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmapro.2024.09.110" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738610v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2024.08.038" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292258v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Andr&#233; Rey" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-023-12539-y" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04383335v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14763141.2023.2294724" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217560v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna-Carla Araujo" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40313-023-01039-9" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03887017v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2022.03.072" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03999085v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/p-04tr68" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03644109v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09544054221100320" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03218917v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2021.03.105" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-03155225v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Texier" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ffe.13441" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-03337160v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cirpj.2021.08.007" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037409v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rahm&#233;" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Moussa" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lachaud" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2019.105731" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-02384414v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Gilblas" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2019.105322" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04590619v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Blanchet" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJMMM.2020.111351" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04590665v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Daidie" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2019-01-1861" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02050058v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lacombe" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6036/8900" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02001421v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lestine Voegel" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Durban" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bertron" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Erable" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09593330.2019.1567610" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020530v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Travieso-Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lluma-Fuentes" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01737079v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmachtools.2018.03.003" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-01820115v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleksii Shtehin" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Seguy" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Wagner" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10910344.2017.1382515" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020476v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Travieso-Rodriguez" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622231v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gu&#233;na&#235;l Germain" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2017.10.017" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950750v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rahme" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-01819519v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-016-9656-3" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830678v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Xu" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yicha Zhang" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cie.2017.09.046" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950777v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Le Dref" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950769v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rahme" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2015110" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04592309v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Segonds" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Mousseigne" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Lagarrigue" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/095440540321700804" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/M70-V3KK63Z0-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135080v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2015078" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020455v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-01951223v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022515v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Cherif" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves K&#8217;nevez" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-01952578v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bois" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138245v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMR.698.107" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944576v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmachtools.2012.10.001" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138250v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Pessoles" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-012-4151-y" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-7WH66QGP-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944573v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Eyma" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Etienne Denaud" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMR.698.59" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02143369v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJMMM.2011.042191" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138265v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-010-2773-5" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/89A54C204128652135A16F6260987FE79FAF4174/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138256v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Benezech" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMR.423.1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00466700v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-009-2236-z" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138276v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJMMM.2010.036142" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913408v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Monies" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-007-1022-z" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/55B8A9C00C0974742DAD59DB8BC9D8C59B3263F1/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04592261v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cad.2008.02.007" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B4QDJVN1-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04592225v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJMMM.2008.020966" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194264v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2008-01-2301" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04592265v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Segonds" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bes" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cohen" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmachtools.2007.05.002" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WX43D8RD-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03832299v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Segonds" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cohen" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04592273v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJMMM.2006.010658" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04592289v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian B&#232;s" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-004-2159-7" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-G2WLLCPQ-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04592301v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mousseigne" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lagarrigue" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-003-1657-3" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-MQTFZXDL-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03832305v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lascoumes" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmachtools.2003.12.001" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-130ZVFCD-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04592295v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00366281v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Villeneuve" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Legoff" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316531v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha El Nahas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pottier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;jacques Letourneau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Landon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960697v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Sauceau" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316507v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04562375v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raafat Hussein" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Carla Araujo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristiane Evelise Ribeiro da Silva" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21741/9781644903131-205" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04275917v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Marsan" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Watier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03999140v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sughosh Deshpande" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdallah Bouzid" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lagarrigue" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04591419v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04001237v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04002794v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03887092v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Loiseau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Navarro" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03640305v2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Moreira" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03904691v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Vicente Moreira" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03887060v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Lacombe" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Landry Arnaud Kamgaing Souop" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Daidi&#233;" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Paredes" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03672985v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/v-7uw143" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04591440v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03232380v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Clara Coimbra Gon&#231;alves" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilmar Ferreira Batalha" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-03202702v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bonnet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25518/esaform21.1878" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-03272497v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02985411v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03008318v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Chirol" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Benaben" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-02462039v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Senatore" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Ritou" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03008303v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119950v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-12346-8_43" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02053211v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Miah" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel de Luycker" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Lachaud" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Piquet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127597v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127580v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02143402v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02143397v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramon Jerez Mesa" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Antonio Travieso-Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Gomez-Gras" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Lluma-Fuentes" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02047917v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bonnot" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Segonds" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01609103v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Harzallah" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Mousseigne" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Germain" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4963490" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052203v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ladonne" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ch&#233;rif" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-Y. K'Nevez" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Cahuc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02053900v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Le Dref" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Dessein" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054151v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. A. Rey" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Moussaoui" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054260v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rahm&#233;" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Piquet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054150v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Blanchet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02053902v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Espinosa" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-01997698v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054152v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02053899v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439768v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Ch&#233;rif" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02182187v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440508v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Ladonne" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves K'Nevez" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cahuc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187147v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194353v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Pessoles" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Rubio" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Max Redonnet" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362384v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05413753v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2025.111661" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05413874v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Pottier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Landon" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17973/MMSJ.2025_11_2025136" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04725578v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Pomarat" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Faupin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17483107.2024.2406450" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837970v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Frutos Taravillo" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Paroissien" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Schwartz" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fressinet" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4066979" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04766857v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Masson" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. El Nahas" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sauceau" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2024.126335" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736267v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmapro.2024.09.110" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738610v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2024.08.038" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04383335v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14763141.2023.2294724" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292258v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Andr&#233; Rey" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-023-12539-y" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217560v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna-Carla Araujo" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40313-023-01039-9" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03999085v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/p-04tr68" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03887017v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2022.03.072" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03644109v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09544054221100320" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03218917v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2021.03.105" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-03155225v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Texier" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ffe.13441" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-03337160v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cirpj.2021.08.007" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04590665v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Daidie" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2019-01-1861" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037409v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rahm&#233;" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Moussa" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lachaud" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2019.105731" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-02384414v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Gilblas" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2019.105322" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04590619v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Blanchet" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJMMM.2020.111351" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02001421v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lestine Voegel" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Durban" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bertron" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Erable" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09593330.2019.1567610" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020530v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Travieso-Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lluma-Fuentes" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02050058v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lacombe" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6036/8900" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01737079v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmachtools.2018.03.003" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-01820115v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleksii Shtehin" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Seguy" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Wagner" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10910344.2017.1382515" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020476v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Travieso-Rodriguez" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622231v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gu&#233;na&#235;l Germain" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2017.10.017" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950750v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rahme" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-01819519v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-016-9656-3" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830678v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Xu" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yicha Zhang" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cie.2017.09.046" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135080v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Le Dref" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2015078" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04592309v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Segonds" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Mousseigne" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Lagarrigue" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/095440540321700804" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/M70-V3KK63Z0-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950769v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rahme" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2015110" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950777v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022515v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Cherif" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves K&#8217;nevez" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020455v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-01951223v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-01952578v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bois" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944573v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Eyma" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Etienne Denaud" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMR.698.59" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138245v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMR.698.107" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944576v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmachtools.2012.10.001" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138250v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Pessoles" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-012-4151-y" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-7WH66QGP-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02143369v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJMMM.2011.042191" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138265v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-010-2773-5" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/89A54C204128652135A16F6260987FE79FAF4174/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138256v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Benezech" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMR.423.1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138276v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJMMM.2010.036142" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00466700v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-009-2236-z" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04592261v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cad.2008.02.007" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B4QDJVN1-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913408v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Monies" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-007-1022-z" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/55B8A9C00C0974742DAD59DB8BC9D8C59B3263F1/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04592225v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJMMM.2008.020966" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194264v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2008-01-2301" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04592265v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Segonds" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bes" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cohen" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmachtools.2007.05.002" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WX43D8RD-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04592273v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Segonds" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJMMM.2006.010658" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03832299v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cohen" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04592289v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian B&#232;s" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-004-2159-7" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-G2WLLCPQ-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04592295v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lascoumes" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmachtools.2003.12.001" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-130ZVFCD-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04592301v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mousseigne" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lagarrigue" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-003-1657-3" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-MQTFZXDL-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03832305v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00366281v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Villeneuve" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Legoff" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>